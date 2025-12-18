--- v0 (2025-12-15)
+++ v1 (2025-12-18)
@@ -1,2328 +1,9353 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A629AF" w:rsidRDefault="00A629AF" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00166DB4" w:rsidRPr="00A53D25" w:rsidRDefault="00166DB4" w:rsidP="00166DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A629AF">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>блыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00A64BA5" w:rsidRPr="00A629AF" w:rsidRDefault="00A629AF" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00166DB4" w:rsidRPr="00A53D25" w:rsidRDefault="00166DB4" w:rsidP="00166DB4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>амқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="001A758A" w:rsidRDefault="001A758A" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00A53D25" w:rsidRPr="00166DB4" w:rsidRDefault="00A53D25" w:rsidP="00A53D25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A53D25">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х</w:t>
+      </w:r>
+      <w:r w:rsidR="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...13 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>АБАРЛАНДЫРУ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E684E" w:rsidRDefault="001E684E" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00166DB4" w:rsidRPr="00A53D25" w:rsidRDefault="00166DB4" w:rsidP="00A53D25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AC5F9F" w:rsidRDefault="00FB733B" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00A53D25" w:rsidRPr="00BB6A72" w:rsidRDefault="00A53D25" w:rsidP="00BB6A72">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2017 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шілдедегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 355 (01.03.2023 ж. № 56 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өзгерістермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәртібінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) 8-тармағын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандандырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A72" w:rsidRPr="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдар</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ында</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A72" w:rsidRPr="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қосымша білім беру ұйымдары</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB6A72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қамқоршылық кеңестерді қалыптастыру бойынша жұмыстар жүргізілуде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A81E21" w:rsidRPr="003C0374" w:rsidRDefault="00A53D25" w:rsidP="00A53D25">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қағидалардың 10-тармағына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта білім беру ұйымдарының, оның ішінде мамандандырылған және арнайы білім беру ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қамқоршылық кеңесінің құрамына:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00A81E21" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z224"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00B80BDC" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы білім беру ұйымындағы білім алушылардың ата-аналары немесе заңды өкілдері (әрбір сынып параллелінен осы білім беру ұйымындағы білім алушылардың бір ата-анасы немесе заңды өкілі) – 11 адамнан аспайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z132"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) педагогикалық еңбек ардагерлері (бар болса) – 1 адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z133"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) жергілікті өкілді</w:t>
+      </w:r>
+      <w:r w:rsidR="002616D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және/немесе атқарушы, және/немесе құқық қорғау органдарының өкілдері – 1-3 адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z134"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) үкіметтік емес (коммерциялық емес) ұйымдардың өкілдері – 1-2 адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z135"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) қайырымдылық жасаушылар және/немесе меценаттар (бар болса) – 1-2 адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00ED0878" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z136"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      6) бұқаралық ақпарат құралдарының өкілдері (бар болса) – 1 адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B80BDC" w:rsidRPr="00166DB4" w:rsidRDefault="00B80BDC" w:rsidP="00B80BDC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z137"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оқушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002616D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="_Hlk144740540"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кеңесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="00ED0878" w:rsidRDefault="00DD1A7D" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z534"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әкімшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аумағында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>орналасқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қорғаншылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E91726" w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="00ED0878" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z402"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үкіметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>табылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тұлғадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кеңеске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сайлана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="00ED0878" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z403"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z404"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z405"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z406"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құқықтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өңірлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>уәкіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z407"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z408"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алдын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00162CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>механизмнің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қатысушысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z409"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жасаушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>меценаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z410"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бұқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құралдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91726" w:rsidRPr="003C0374" w:rsidRDefault="00E91726" w:rsidP="00E91726">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z411"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="00DD1A7D" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="z544"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidR="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003C0374" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>әрбі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тобынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тәрбиеленушісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-анасынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>топтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>санына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кедергі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>келтірмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ардагерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үкіметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жасаушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>меценаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003C0374" w:rsidRPr="003C0374" w:rsidRDefault="003C0374" w:rsidP="003C0374">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бұқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құралдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004A0A91" w:rsidRPr="003C0374" w:rsidRDefault="00827534" w:rsidP="004A0A91">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C2016D">
-[...230 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Мектептен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру</w:t>
+      </w:r>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кеңесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004A0A91" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="00367FAF" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...61 lines deleted...]
-        <w:t>входят:</w:t>
+      <w:bookmarkStart w:id="20" w:name="z310"/>
+      <w:r w:rsidRPr="009254EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мектептен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алушыларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-аналары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="00A81E21" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z224"/>
-      <w:r w:rsidRPr="00A81E21">
+      <w:bookmarkStart w:id="21" w:name="z311"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81E21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 1) родители или иные законные представители обучающихся в данной организации образования (по одному родителю или иному законному представителю обучающихся в данной организации образования от каждой параллели классов) – не более 11 человек;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ардагерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="00A81E21" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z225"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A81E21">
+      <w:bookmarkStart w:id="22" w:name="z312"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81E21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 2) ветераны педагогического труда (при наличии) – 1 человек;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жергілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>атқарушы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="008C1FD5" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z226"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="23" w:name="z313"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>   </w:t>
-[...17 lines deleted...]
-        <w:t>3) представители местных представительных, и/или исполнительных, и/или правоохранительных органов – 1-3 человека;</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>үкіметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>коммерциялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="00A81E21" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z227"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A81E21">
+      <w:bookmarkStart w:id="24" w:name="z314"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81E21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 4) представители неправительственных (некоммерческих) организаций – 1-2 человека;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қайырымдылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жасаушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>меценаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="00A81E21" w:rsidP="008C1FD5">
+    <w:p w:rsidR="009254EE" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="009254EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z228"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00A81E21">
+      <w:bookmarkStart w:id="25" w:name="z315"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A81E21">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> 5) благотворители и/или меценаты (при наличии) – 1-2 человека;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бұқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аралы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ақпарат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құралдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="00A81E21" w:rsidRDefault="008C1FD5" w:rsidP="008C1FD5">
+    <w:p w:rsidR="004A0A91" w:rsidRPr="003C0374" w:rsidRDefault="009254EE" w:rsidP="00E91726">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z229"/>
-[...1 lines deleted...]
-      <w:r>
+      <w:bookmarkStart w:id="26" w:name="z316"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="009254EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>    </w:t>
-[...18 lines deleted...]
-      </w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>оқушылардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басқару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>органдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өкілдері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1-2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>адам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
     </w:p>
-    <w:p w:rsidR="00A81E21" w:rsidRPr="001E684E" w:rsidRDefault="00A81E21" w:rsidP="008C1FD5">
-[...30 lines deleted...]
-    <w:p w:rsidR="00DD1A7D" w:rsidRPr="001E684E" w:rsidRDefault="00DD1A7D" w:rsidP="008C1FD5">
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="003C0374" w:rsidRDefault="00563CD3" w:rsidP="00E16BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001E684E">
-[...62 lines deleted...]
-        <w:t>входят:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тармағына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Үміткерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кеңесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сайлау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құрамы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хабарламада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мерзімде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E16BE5" w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD1A7D" w:rsidRPr="00DD1A7D" w:rsidRDefault="00DD1A7D" w:rsidP="008C1FD5">
-[...864 lines deleted...]
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="003C0374" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...21 lines deleted...]
-        <w:t>Кандидаты в сроки, указанные в объявлении об избрании Попечительского совета и приеме предложений по его составу, представляют Комиссии следующие документы:</w:t>
+      <w:bookmarkStart w:id="27" w:name="z125"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтіні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00162CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>еркін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="003C0374" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="26" w:name="z527"/>
-      <w:r w:rsidRPr="00FC42F1">
+      <w:bookmarkStart w:id="28" w:name="z126"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="00166DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC42F1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 1) заявление (в произвольной форме);</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="003C0374" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="27" w:name="z528"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC42F1">
+      <w:bookmarkStart w:id="29" w:name="z127"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="00166DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC42F1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 2) копию документа, удостоверяющего личность кандидата;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тілдеріндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>түйіндеме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="00ED0878" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="28" w:name="z529"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC42F1">
+      <w:bookmarkStart w:id="30" w:name="z128"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="00166DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC42F1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> 3) резюме на казахском или русском языках;</w:t>
+      <w:r w:rsidRPr="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>імі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="00ED0878" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z129"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>прокуратурасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>статистика</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>комитетінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>аумақтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бө</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>імшелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>соттылығының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жемқорлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құқық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бұзушылықтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>жоқтығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="00E16BE5" w:rsidRPr="00ED0878" w:rsidRDefault="00E16BE5" w:rsidP="00E16BE5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Үміткерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өздерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қоғамдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00563CD3" w:rsidRPr="00BA0091" w:rsidRDefault="00FC42F1" w:rsidP="00563CD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="29" w:name="z530"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC42F1">
+      <w:bookmarkStart w:id="32" w:name="z531"/>
+      <w:r w:rsidRPr="00166DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> 4) копию документа о наличии образования (при наличии);</w:t>
+        <w:t>    </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Жоғарыда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>айтылғандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Қамқоршылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кеңестің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>құрамына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>кіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>төменде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>деректері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жүгіну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Ұсыныстарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ағымдағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>жылдың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED0878">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қыркүйегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>аралығында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00563CD3" w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00BA0091" w:rsidRPr="00BA0091">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0028691E" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
+    <w:p w:rsidR="00E10DB6" w:rsidRPr="00166DB4" w:rsidRDefault="00563CD3" w:rsidP="005A1F58">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="30" w:name="z531"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FC42F1">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>     </w:t>
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="30"/>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>беріледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00166DB4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0091" w:rsidRPr="00BA0091">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0091">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Анықтама телефоны</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA7C88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA0091">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 871823</w:t>
+      </w:r>
+      <w:r w:rsidR="003C0374">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01497</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="33" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="33"/>
     </w:p>
-    <w:p w:rsidR="00FC42F1" w:rsidRPr="00FC42F1" w:rsidRDefault="00FC42F1" w:rsidP="008C1FD5">
-[...445 lines deleted...]
-    <w:sectPr w:rsidR="00E10DB6" w:rsidSect="002179BA">
+    <w:sectPr w:rsidR="00E10DB6" w:rsidRPr="00166DB4" w:rsidSect="002179BA">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2332,52 +9357,52 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="0C5967C3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0094693A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2482,649 +9507,428 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="67917113"/>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="4A1A19E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1C14809A"/>
-    <w:lvl w:ilvl="0" w:tplc="F88CA8B0">
+    <w:tmpl w:val="FB72030E"/>
+    <w:lvl w:ilvl="0" w:tplc="44606472">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1833" w:hanging="1125"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:color w:val="000000"/>
-        <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FB733B"/>
     <w:rsid w:val="0009442D"/>
     <w:rsid w:val="00121A9B"/>
-    <w:rsid w:val="00137DF9"/>
+    <w:rsid w:val="00125D81"/>
     <w:rsid w:val="001567F9"/>
+    <w:rsid w:val="00162CAC"/>
+    <w:rsid w:val="00166DB4"/>
     <w:rsid w:val="00174FCE"/>
     <w:rsid w:val="001A4FCF"/>
     <w:rsid w:val="001A758A"/>
-    <w:rsid w:val="001E3CC9"/>
-    <w:rsid w:val="001E684E"/>
+    <w:rsid w:val="001B6025"/>
     <w:rsid w:val="002179BA"/>
     <w:rsid w:val="002313BC"/>
+    <w:rsid w:val="002616D7"/>
     <w:rsid w:val="0028691E"/>
     <w:rsid w:val="002F35E2"/>
     <w:rsid w:val="00347959"/>
     <w:rsid w:val="00354993"/>
+    <w:rsid w:val="0036582B"/>
     <w:rsid w:val="00367FAF"/>
     <w:rsid w:val="003A64C1"/>
+    <w:rsid w:val="003C0374"/>
     <w:rsid w:val="003E28FC"/>
     <w:rsid w:val="004166BC"/>
     <w:rsid w:val="004205E9"/>
     <w:rsid w:val="00490393"/>
+    <w:rsid w:val="004A0A91"/>
     <w:rsid w:val="004B5B0C"/>
     <w:rsid w:val="00557698"/>
     <w:rsid w:val="0056148E"/>
+    <w:rsid w:val="00563CD3"/>
     <w:rsid w:val="00586C1D"/>
+    <w:rsid w:val="005A1F58"/>
     <w:rsid w:val="005B1C70"/>
     <w:rsid w:val="00657358"/>
     <w:rsid w:val="00694B1C"/>
+    <w:rsid w:val="006A7058"/>
     <w:rsid w:val="006F4279"/>
     <w:rsid w:val="00712F0A"/>
     <w:rsid w:val="00745F11"/>
     <w:rsid w:val="00786D5A"/>
     <w:rsid w:val="007A1839"/>
     <w:rsid w:val="007B7843"/>
+    <w:rsid w:val="00827534"/>
+    <w:rsid w:val="00844745"/>
     <w:rsid w:val="0086267C"/>
-    <w:rsid w:val="008C1FD5"/>
+    <w:rsid w:val="00894A34"/>
+    <w:rsid w:val="009254EE"/>
     <w:rsid w:val="009447E0"/>
     <w:rsid w:val="009552AB"/>
-    <w:rsid w:val="00972BFE"/>
+    <w:rsid w:val="009704AE"/>
     <w:rsid w:val="009A300E"/>
     <w:rsid w:val="00A2435C"/>
     <w:rsid w:val="00A45232"/>
+    <w:rsid w:val="00A53D25"/>
     <w:rsid w:val="00A629AF"/>
     <w:rsid w:val="00A64BA5"/>
     <w:rsid w:val="00A81E21"/>
     <w:rsid w:val="00AC5F9F"/>
     <w:rsid w:val="00AD2EAC"/>
-    <w:rsid w:val="00B00917"/>
     <w:rsid w:val="00B07355"/>
     <w:rsid w:val="00B33B61"/>
     <w:rsid w:val="00B41580"/>
+    <w:rsid w:val="00B80BDC"/>
     <w:rsid w:val="00B938AC"/>
+    <w:rsid w:val="00BA0091"/>
     <w:rsid w:val="00BA0369"/>
+    <w:rsid w:val="00BB6A72"/>
     <w:rsid w:val="00C2016D"/>
-    <w:rsid w:val="00DA22C2"/>
+    <w:rsid w:val="00CA7C88"/>
     <w:rsid w:val="00DA22CC"/>
-    <w:rsid w:val="00DA71A0"/>
     <w:rsid w:val="00DD1A7D"/>
     <w:rsid w:val="00DE48E7"/>
     <w:rsid w:val="00DF066E"/>
     <w:rsid w:val="00E10DB6"/>
+    <w:rsid w:val="00E16BE5"/>
     <w:rsid w:val="00E26FDA"/>
     <w:rsid w:val="00E631D8"/>
     <w:rsid w:val="00E77841"/>
     <w:rsid w:val="00E809F2"/>
+    <w:rsid w:val="00E91726"/>
     <w:rsid w:val="00EB2513"/>
+    <w:rsid w:val="00ED0878"/>
+    <w:rsid w:val="00ED462A"/>
     <w:rsid w:val="00FB733B"/>
     <w:rsid w:val="00FB7499"/>
     <w:rsid w:val="00FC42F1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="455449F8"/>
-  <w15:docId w15:val="{888C1328-A6DE-4620-AF2E-F5E7261C28EF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FB733B"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
@@ -3221,61 +10025,251 @@
     <w:semiHidden/>
     <w:rsid w:val="00FB733B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00AC5F9F"/>
     <w:rPr>
       <w:color w:val="800080" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="001E3CC9"/>
+    <w:rsid w:val="003C0374"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="274022498">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="550775557">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3322,51 +10316,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="883834211">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3612,71 +10606,71 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4282</Characters>
+  <Pages>2</Pages>
+  <Words>719</Words>
+  <Characters>4102</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5023</CharactersWithSpaces>
+  <CharactersWithSpaces>4812</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>