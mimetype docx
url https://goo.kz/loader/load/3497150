--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -2,17844 +2,8142 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="001F4BA9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r w:rsidR="0075034F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">имени Бауыржана Момышулы </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность учителя</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4572">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00DF6949">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>информатики</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00456389">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+        <w:t xml:space="preserve"> с казахским языком обучения</w:t>
       </w:r>
-      <w:r w:rsidR="00A668A3">
+      <w:r w:rsidR="00FD3568">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Бауыржан Момышұлы</w:t>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00873C6B">
+      <w:r w:rsidR="00DF6949">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> атындағы</w:t>
+        <w:t>16</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00275F05">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+        <w:t xml:space="preserve"> часов)</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00DF6949">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+      <w:r w:rsidR="00DF6949">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(временно, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на период отпуска основного работни</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка по уходу за ребенком до </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t>01</w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00DF6949" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF6949">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">қазақ  тілінде оқытатын </w:t>
+        <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="0037124B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00DF6949" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">информатика </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> года)</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
-[...152 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00ED71C8" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A668A3">
+              <w:t>Бауыржана Момышулы</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бауыржан Момышұлы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> атындағы </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Чокина, 27</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">8 (7182) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00A668A3">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7-11-77,  8 (7182)67-09-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
+      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>электрондық пошта</w:t>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00A668A3">
+          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>momyshuly@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00ED71C8" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="004E6101" w:rsidP="00580548">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00DF6949">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6949">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>информатики</w:t>
+            </w:r>
+            <w:r w:rsidR="00456389">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с казахским языком обучения</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6949">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="00552BF6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">қазақ тілінде оқытатын </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0037124B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF6949">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>информатика</w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+              <w:t>16 часов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00ED71C8" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...20 lines deleted...]
-              <w:t>;</w:t>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пециальное образование( min): </w:t>
             </w:r>
             <w:r w:rsidR="0075034F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>221,577</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>221,557</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> теңге;</w:t>
+              <w:t xml:space="preserve"> тенге;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="0075034F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="0075034F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="0075034F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>266,913</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>266,913</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00ED71C8" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+          <w:p w:rsidR="000B74EC" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
+            <w:r w:rsidR="000B74EC" w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+          <w:p w:rsidR="00276140" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+            <w:r w:rsidR="00276140" w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
-[...9 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="008D234C" w:rsidRPr="008D234C" w:rsidRDefault="00275F05" w:rsidP="003E43ED">
             <w:pPr>
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>07.11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A668A3">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="003E43ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="004E6101">
+              <w:t>7.11</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>-1</w:t>
+            </w:r>
+            <w:r w:rsidR="003E43ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>7.11</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD3568">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00834BCF" w:rsidRPr="001F4BA9">
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="003E43ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="008D234C" w:rsidRPr="008D234C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00ED71C8" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
             <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заявление </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z224"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z225"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) заполненный личный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z226"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> 4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">копии документов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z227"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) копию документа, подтверждающую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z228"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>о состоянии здоровья по форме</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="5" w:name="z229"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="6" w:name="z230"/>
+            <w:bookmarkEnd w:id="5"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="7" w:name="z231"/>
+            <w:bookmarkEnd w:id="6"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="8" w:name="z232"/>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t> 10) для кандидатов на занятие должности педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="9" w:name="z233"/>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="10" w:name="z234"/>
+            <w:bookmarkEnd w:id="9"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) заполненный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:bookmarkStart w:id="11" w:name="z235"/>
+            <w:bookmarkEnd w:id="10"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 13) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>самопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020349">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="008D234C" w:rsidRPr="003E43ED" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...2673 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E6101" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E6101" w:rsidRPr="001F4BA9" w:rsidRDefault="004E6101" w:rsidP="006E759A">
+          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E6101" w:rsidRPr="001F4BA9" w:rsidRDefault="004E6101" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="0075034F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E6101" w:rsidRPr="001F4BA9" w:rsidRDefault="004E6101" w:rsidP="00ED71C8">
+          <w:p w:rsidR="008D234C" w:rsidRPr="0075034F" w:rsidRDefault="00DF6949" w:rsidP="00DF6949">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>уақытша</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+              <w:t>временно, на период отпуска по уходу за ре</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бенком основного работника, до </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="004E6101">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.202</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-            <w:r w:rsidR="00ED71C8">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="12" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="12"/>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...202 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...524 lines deleted...]
-    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+    <w:p w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z178"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:tbl>
-[...585 lines deleted...]
-          <w:b/>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00785C62">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00785C62" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...124 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...9 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...106 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="004F0789" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...37 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="004F0789" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...7 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...106 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...34 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="004F0789" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...61 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...232 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...46 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...148 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...13 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="004F0789" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...5 lines deleted...]
-          <w:sz w:val="27"/>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...5 lines deleted...]
-          <w:sz w:val="27"/>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...5 lines deleted...]
-          <w:sz w:val="27"/>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="004F0789" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...49 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRPr="00785C62" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...5 lines deleted...]
-          <w:sz w:val="20"/>
+    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00580548" w:rsidRDefault="00580548" w:rsidP="00580548">
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00785C62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...48 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...519 lines deleted...]
-        <w:t>болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5955"/>
+        <w:gridCol w:w="4110"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003E43ED" w:rsidRPr="000F025B" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="000F025B" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="000F025B" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Правилам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="000F025B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E43ED" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="000F025B" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E43ED" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственный</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>объявивший</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z342"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00150E3B" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00150E3B" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z343"/>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z344"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00150E3B" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00150E3B" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00150E3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10248" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="447"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="2746"/>
+        <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidTr="00472BDB">
+      <w:tr w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidTr="00472BDB">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00574C31" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00574C31">
-[...5 lines deleted...]
-              <w:t>№</w:t>
+            <w:r w:rsidRPr="00080F62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00574C31" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00574C31">
-[...5 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+            <w:r w:rsidRPr="00080F62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00574C31" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00574C31">
-[...163 lines deleted...]
-              <w:t xml:space="preserve">  саны</w:t>
+            <w:r w:rsidRPr="00080F62">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580548" w:rsidRPr="00ED71C8" w:rsidTr="00472BDB">
+      <w:tr w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidTr="00472BDB">
         <w:trPr>
-          <w:trHeight w:val="1045"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...448 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...9 lines deleted...]
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...1685 lines deleted...]
-              <w:ind w:left="40" w:right="134"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
-[...1853 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2127" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="2746" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...12 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F962E3">
-[...88 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...379 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580548" w:rsidRPr="00ED71C8" w:rsidTr="00472BDB">
+    </w:tbl>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z345"/>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: ________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080F62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Дата: ____ « _______________» 20____г.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Подпись ___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10955" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="222"/>
+        <w:gridCol w:w="10733"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003E43ED" w:rsidRPr="00B25802" w:rsidTr="00472BDB">
         <w:trPr>
-          <w:trHeight w:val="2131"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="447" w:type="dxa"/>
+            <w:tcW w:w="222" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4679 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3685" w:type="dxa"/>
+            <w:tcW w:w="10733" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00580548" w:rsidRPr="00574C31" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...596 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...13 lines deleted...]
-          <w:p w:rsidR="00580548" w:rsidRPr="00574C31" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...23 lines deleted...]
-            </w:r>
           </w:p>
-        </w:tc>
-[...7 lines deleted...]
-          <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblCellSpacing w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="6470"/>
+              <w:gridCol w:w="4047"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="00472BDB">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Приложение 16</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>к Правилам назначения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>на должности, освобождения</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>от должностей первых</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>руководителей и педагогов</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>государственных организаций</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:br/>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="00472BDB">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+                <w:tblCellSpacing w:w="0" w:type="auto"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="7780" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="4600" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Форма</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="18" w:name="z348"/>
+            <w:r w:rsidRPr="001F6778">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F6778">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F6778">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>_________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F6778">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblW w:w="10121" w:type="dxa"/>
+              <w:tblBorders>
+                <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+                <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              </w:tblBorders>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="420"/>
+              <w:gridCol w:w="2501"/>
+              <w:gridCol w:w="2539"/>
+              <w:gridCol w:w="3734"/>
+              <w:gridCol w:w="927"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>№</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Критерии</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Подтверждающий документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кол-во баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>(от 1 до 20)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:b/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Оценка</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>1.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Уровень образования</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Техническое</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>и профессиональное = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшее</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Магистр = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Ученая/академическая степень</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Копии </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>диплома об образовании и приложения к диплому</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>PHD-доктор = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Доктор наук = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Кандидат наук = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>3.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Резу</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">льтаты прохождения сертификации </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>для кандидатов без стажа</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Сертификат</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="1585"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>4.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Квалификационная категория </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Удостоверение, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>иной документ</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>2 категория = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>1 категория = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Высшая категория = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-модератор = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-эксперт = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-исследователь = 7 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Педагог-мастер = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>5.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Опыт административной и методической деятельности </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Методист (стаж в должности не менее 2 лет) = 1 балл </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>6.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Для педагогов, впервые поступающих на работу </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Приложение к диплому об образовании</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Результаты </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>педагогической/ профессиональной практики</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "отлично" = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>"хорошо" = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>7.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>/</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="kk-KZ"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">учебное заведение по последнему месту работы/учебы) </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>8.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Показатели профессиональных достижений</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>- государственная награда</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>научных проектов = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>обладатель медали "</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Қазақстан</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>еңбек</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сіңірген</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>ұстазы</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>" = 10 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>9.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Методическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>-авторские работы и публикации</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Scopus</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> = 3 балла</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>10.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Общественно-педагогическая деятельность</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Документ, подтверждающий общественно-педагогическую деятельность </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>наставник = 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>руководство МО = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>11.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Курсовая подготовка</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>-</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>сертификаты предметной подготовки;</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> -</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">сертификат на цифровую грамотность, </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>КАЗТЕСТ,  IELTS;  TOEFL; DELF;</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Goethe</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Zertifikat</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>обучение по программам</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> "Основы программирования в </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Python</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">", "Обучение работе с </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Microsoft</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">" </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Курсера</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Международные курсы:</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00004C27">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TEFL Cambridge "CELTA</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">(Certificate </w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>in Teaching English to Speakers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00004C27">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>of Other Languages)"CELT-P (Certificate in English Language Teaching – Primary)DELTA (Diploma in Teaching English to Speakers of Other Languages)CELT-S (Certificate in English Language Teaching – Secondary)"</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TKTTeaching</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Knowledge </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Test"Certificate</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)"TESOL"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Certificate in teaching English for young </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>learnersInternational</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> House Certificate in Teaching English as a Foreign Language (IHC)IHCYLT - International House Certificate In Teaching Young Learners and </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TeenagersBecoming</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> a Better Teacher: Exploring Professional Development</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Maths</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TeachingOnline</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Teaching for Educators: Development and Delivery</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Educational </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>ManagementKey</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Ideas in Mentoring Mathematics Teachers</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:sz w:val="20"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>Курсы</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>на</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                    </w:rPr>
+                    <w:t>платформе</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Coursera</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">, </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>Futute</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>learnTeaching</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Mathematics with </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>TechnologySpecial</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> Educational Needs</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="18"/>
+                      <w:lang w:val="en-US"/>
+                    </w:rPr>
+                    <w:t>"Developing expertise in teaching chemistry"</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>курсы ЦПМ НИШ, "</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Өрлеу</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>"</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>= 0,5 балла</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> курсы </w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+                  </w:r>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>= 0,5 балла (каждый отдельно)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="429" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>12.</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2542" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Выпускник организации высшего и послевузо</w:t>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">вского образования, обучившийся  </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>Серп</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>i</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>н</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2584" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+                  <w:pPr>
+                    <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">Сертификат обладателя государственного образовательного гранта, </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>договор</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3857" w:type="dxa"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>плюс 3 балла</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidTr="003E43ED">
+              <w:trPr>
+                <w:trHeight w:val="30"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="2971" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="001F6778">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                      <w:color w:val="000000"/>
+                      <w:sz w:val="20"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t>Итого:</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="6441" w:type="dxa"/>
+                  <w:gridSpan w:val="2"/>
+                  <w:tcMar>
+                    <w:top w:w="15" w:type="dxa"/>
+                    <w:left w:w="15" w:type="dxa"/>
+                    <w:bottom w:w="15" w:type="dxa"/>
+                    <w:right w:w="15" w:type="dxa"/>
+                  </w:tcMar>
+                  <w:vAlign w:val="center"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="709" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w:rsidR="003E43ED" w:rsidRPr="001F6778" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+                  <w:pPr>
+                    <w:spacing w:after="20"/>
+                    <w:ind w:left="20"/>
+                    <w:jc w:val="both"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                    </w:rPr>
+                  </w:pPr>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003E43ED" w:rsidRPr="00B25802" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00580548" w:rsidRPr="00F962E3" w:rsidRDefault="00580548" w:rsidP="00580548">
-[...11 lines deleted...]
-    <w:p w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidRDefault="00B67487" w:rsidP="001F4BA9">
+    <w:p w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidRDefault="00B67487" w:rsidP="003E43ED">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidSect="00B67487">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="737" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
@@ -18202,282 +8500,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="229D1A41"/>
-[...230 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18546,51 +8612,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -18659,51 +8725,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18753,79 +8819,73 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="5"/>
-[...4 lines deleted...]
-  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="117"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
@@ -18839,374 +8899,373 @@
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
+    <w:rsid w:val="001573A0"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
+    <w:rsid w:val="0022311F"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
+    <w:rsid w:val="00275F05"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
-    <w:rsid w:val="0037124B"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
+    <w:rsid w:val="003E43ED"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
-    <w:rsid w:val="0043001E"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
+    <w:rsid w:val="00456389"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
-    <w:rsid w:val="004E6101"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005472B7"/>
+    <w:rsid w:val="00552BF6"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
-    <w:rsid w:val="00580548"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
-    <w:rsid w:val="0061189F"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006E759A"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="0075034F"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="008540D3"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
-    <w:rsid w:val="00866E07"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B4572"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
@@ -19258,50 +9317,51 @@
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A668A3"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD1DD9"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
+    <w:rsid w:val="00AD7433"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
@@ -19369,133 +9429,136 @@
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
+    <w:rsid w:val="00DD6871"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
+    <w:rsid w:val="00DF6949"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
+    <w:rsid w:val="00EC4925"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
-    <w:rsid w:val="00ED71C8"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
+    <w:rsid w:val="00FD3568"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -19526,51 +9589,50 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -19793,172 +9855,93 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="aa">
-[...76 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -20179,128 +10162,50 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...76 lines deleted...]
-      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -20607,78 +10512,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6DFA4F00-09EC-4C7A-980D-BBF34855059A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{61ED93A2-673D-427A-81A8-1E1864DEBBDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>10310</Characters>
+  <Pages>6</Pages>
+  <Words>1832</Words>
+  <Characters>10445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
+  <Lines>87</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12094</CharactersWithSpaces>
+  <CharactersWithSpaces>12253</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>