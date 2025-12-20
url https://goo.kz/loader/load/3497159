--- v0 (2025-12-12)
+++ v1 (2025-12-20)
@@ -1,7778 +1,3033 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00713158" w:rsidRDefault="00713158" w:rsidP="00080C93">
+    <w:p w:rsidR="00E6524F" w:rsidRPr="00D50A3C" w:rsidRDefault="00080C93" w:rsidP="00045035">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Протокол</w:t>
+      </w:r>
+      <w:r w:rsidR="009346B8" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>№43 ЖОББМ</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4BA2" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>КММ</w:t>
+        </w:rPr>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00713158" w:rsidRDefault="00713158" w:rsidP="00080C93">
+    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00080C93" w:rsidP="00080C93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00713158">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>қамқоршылық</w:t>
-[...41 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">заседания попечительского Совета </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00713158" w:rsidP="00080C93">
+    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00740B95" w:rsidP="00080C93">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">№ 1 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00713158">
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="00080C93" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>хаттамасы</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">ГУ «СОШ № </w:t>
+      </w:r>
+      <w:r w:rsidR="007236D9" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>43</w:t>
+      </w:r>
+      <w:r w:rsidR="00080C93" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00713158" w:rsidP="00080C93">
+    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00CB74BF" w:rsidP="00080C93">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2023 </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D50A3C">
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00080C93" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00D50A3C">
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00740B95" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB74BF" w:rsidRPr="00D50A3C">
+        <w:t>сентября 202</w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00080C93" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>26</w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> г.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00713158" w:rsidP="002F6518">
+    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00080C93" w:rsidP="002F6518">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1161"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Қатысқандар</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Присутствовали</w:t>
       </w:r>
       <w:r w:rsidR="002F6518" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15 (</w:t>
-[...33 lines deleted...]
-        <w:t>15</w:t>
+        <w:t>15 (руководитель школы,15</w:t>
       </w:r>
       <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> членов ПС </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00121CDB" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> секретарь</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00045035" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00713158" w:rsidP="002F6518">
+    <w:p w:rsidR="00080C93" w:rsidRPr="00D50A3C" w:rsidRDefault="00080C93" w:rsidP="002F6518">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1161"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...6 lines deleted...]
-        <w:t>Қатыспағандар</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсутствовали</w:t>
       </w:r>
       <w:r w:rsidR="002F6518" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00740B95" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="00713158" w:rsidP="007E000C">
+    <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1161"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Күн</w:t>
-[...29 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Повестка дня:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F6518" w:rsidRPr="00D50A3C" w:rsidRDefault="002F6518" w:rsidP="002F6518">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1161"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
+        <w:t xml:space="preserve">1) Выступление руководителя школы - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мектеп</w:t>
+        <w:t>Молдабекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> К.К.</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) </w:t>
+        <w:t xml:space="preserve">2) Отчет председателя Попечительского совета школы о проделанной работе – </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Мектептің</w:t>
+        <w:t>Шайнуровой</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...197 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Е.В.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) </w:t>
+        <w:t xml:space="preserve">3) Ознакомление о внесении изменений и дополнений в приказ Министра образования и науки Республики Казахстан от 27 июля 2017 года № 355 "Об утверждении Типовых правил организации работы Попечительского совета и порядка его избрания в организациях образования» – ЗРВР </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қамқоршылық</w:t>
+        <w:t>Шакенова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00713158" w:rsidRPr="00713158">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...561 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> Б.М.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">4) </w:t>
-[...139 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>4) Выборы нового состава в Попечительский совет школы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="007E000C" w:rsidP="007E000C">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">5) </w:t>
-[...50 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>5) Разное.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E3066" w:rsidRDefault="001E3066" w:rsidP="00BD77BE">
+    <w:p w:rsidR="004877EA" w:rsidRPr="00D50A3C" w:rsidRDefault="004877EA" w:rsidP="007E000C">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1440"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Слушали</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004877EA" w:rsidRPr="00D50A3C" w:rsidRDefault="004877EA" w:rsidP="00BD77BE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1161"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Молдабекова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...126 lines deleted...]
-        <w:t>№ 43 мектептің басшысы жазғы кезеңде мектепті жөндеу қорытындылары, материалдық-техникалық базасы және жалпы мектептің оқу-тәрбие үдерісі туралы айтып берді. Жалпыға бірдей оқыту бойынша мемлекет бөлген бюджет қаражаты туралы есеп берді.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–.</w:t>
+      </w:r>
+      <w:r w:rsidR="00045035" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководитель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы № 43 рассказал об итогах ремонта школы в летний период, о материально-технической базе и, в целом, об учебно-воспитательном процессе школы. Отчитался о бюджетных средствах, выделенные государством по Всеобучу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD5843" w:rsidRPr="00D50A3C" w:rsidRDefault="004877EA" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Е.В.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="001E3066" w:rsidRPr="001E3066">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>Шайнурову</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Е.В.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-председателя ПС. Рассказа</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1EA1" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ла о проделанной работе за </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1EA1" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="001E3066" w:rsidRPr="00D50A3C">
-[...6 lines deleted...]
-        <w:t>Шайнуров</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уч</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="001E3066">
-[...271 lines deleted...]
-        <w:t>бі</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.: «…Одним из важных направлений </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деятельности  ПС</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
-[...113 lines deleted...]
-        <w:t>жағ</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> стала благотворительность. Это </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t>дай</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оказание  материальной</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
-[...104 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> помощи семьям, оказавшихся в трудной жизненной ситуации. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="00C379D4" w:rsidP="0092254C">
+    <w:p w:rsidR="007E000C" w:rsidRPr="00D50A3C" w:rsidRDefault="00AD5843" w:rsidP="0092254C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">ПК </w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Немаловажной </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">была </w:t>
+      </w:r>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> роль</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПС и в управлении школой. Члены попечительского совета участвовали в </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t>мектепті</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проверк</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C379D4">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации горячего питания детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и  р</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t>басқарудағы</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>абот</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьной столовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. С целью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контроля здорового питания школьников вели анализ и статистик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посещаемости </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учащимися  школьной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>столовой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002520E2" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> У</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...15 lines deleted...]
-        <w:t>өлі</w:t>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тверждали</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> де </w:t>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидатуру  детей на новогодние утренники, организованных </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C379D4">
-[...5 lines deleted...]
-        <w:t>маңызды</w:t>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акиматом</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C379D4">
-[...798 lines deleted...]
-      </w:r>
       <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> города и области; принимали участие в педагогических советах</w:t>
+      </w:r>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="004877EA" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">провели 4 рабочих заседаний. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AB1EA1" w:rsidRPr="00D50A3C" w:rsidRDefault="00AB1EA1" w:rsidP="0092254C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Б.М.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C379D4">
+        <w:t>Шакенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.М.-ЗДВР. </w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ознакомила с</w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00D50A3C">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>изменениями  и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнениями в приказе Министра образования и науки Республики Казахстан от 27 июля 2017 года № 355 "Об утверждении Типовых правил организации работы Попечительского совета и порядка его избрания в организациях образования»</w:t>
+      </w:r>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ш</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с истечением срока действия прежнего </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>состава  п</w:t>
+      </w:r>
       <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...14 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>редложила</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> полностью поменять состав попечительского совета </w:t>
+      </w:r>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из числа присутствующих родителей </w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>с выбором нового председателя</w:t>
+      </w:r>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007E000C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...792 lines deleted...]
-        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="00AB1EA1" w:rsidP="007455CC">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0092254C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00121CDB" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Путем голосования был избран новый состав </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>попсовета</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007455CC" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...181 lines deleted...]
-        <w:t>:</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и его председатель:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="007455CC">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Махаббат</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пшембаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Ертышевна</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Махаббат</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00C379D4">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00C379D4" w:rsidRPr="00D50A3C">
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Пшембаева</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ертышевна</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="007455CC">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Елена Радиславовна </w:t>
-[...8 lines deleted...]
-        <w:t>Пархамчук</w:t>
+        <w:t xml:space="preserve">Пархамчук Елена Радиславовна      </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Татьяна Владимировна</w:t>
-[...17 lines deleted...]
-        <w:t>Шуравина</w:t>
+        <w:t>Шуравина Татьяна Владимировна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Н</w:t>
-[...73 lines deleted...]
-        <w:t>а</w:t>
+        <w:t>Даирова Нургуль Аманжоловна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Екатерина Николаевна</w:t>
-[...17 lines deleted...]
-        <w:t>Меньшикова</w:t>
+        <w:t>Меньшикова Екатерина Николаевна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Светлана Ивановна</w:t>
-[...17 lines deleted...]
-        <w:t>Казачкова</w:t>
+        <w:t>Казачкова Светлана Ивановна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Татьяна Александровна</w:t>
-[...17 lines deleted...]
-        <w:t>Лазарева</w:t>
+        <w:t>Лазарева Татьяна Александровна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Вера Владимировна</w:t>
-[...17 lines deleted...]
-        <w:t>Фот</w:t>
+        <w:t>Фот Вера Владимировна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Наталья Игоревна</w:t>
-[...17 lines deleted...]
-        <w:t>Мыскина</w:t>
+        <w:t>Мыскина Наталья Игоревна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="002520E2">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Елена Геннадьевна</w:t>
-[...17 lines deleted...]
-        <w:t>Титова</w:t>
+        <w:t>Титова Елена Геннадьевна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007455CC" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="007455CC">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Людмила Александровна</w:t>
-[...17 lines deleted...]
-        <w:t>Лисичкина</w:t>
+        <w:t>Лисичкина Людмила Александровна</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="007455CC">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-      </w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Хотянович</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Зинаида Васильевна</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00D50A3C" w:rsidRPr="00D50A3C" w:rsidRDefault="007455CC" w:rsidP="00D50A3C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t>Тлек</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жумалиханов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00577B13">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тлек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00577B13">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-        <w:t>малиханов</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Казбекович</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w:rsidR="00631212" w:rsidRPr="00D50A3C" w:rsidRDefault="00631212" w:rsidP="00D50A3C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Б.М.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00577B13">
+        <w:t>Шакенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.М.-ЗДВР.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00D50A3C">
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ознакомила родителей с комплексной программой воспитания на 2023-2024 учебный год</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Ш</w:t>
-[...10 lines deleted...]
-        <w:t>ә</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00D50A3C">
-[...6 lines deleted...]
-        <w:t>кенова</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біртұтас</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00D50A3C">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D50A3C">
-[...26 lines deleted...]
-      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
-[...5 lines deleted...]
-        <w:t>Ата-аналарды</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
-[...613 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
-[...5 lines deleted...]
-        <w:t>ай</w:t>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единая программа воспитания» МП РК. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>«Единая программа воспитания»</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00577B13">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>основана на национальных, общечеловеческих ценностях казахского народа. В</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-67"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>этом документе определены цель и задачи воспитания, которые должны быть реализованы в воспитательной работе</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций образования. Наша цель – воспитать добросовестного гражданина, впитавшего в себя общечеловеческие и</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>национальные</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ценности и освоившего</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>передовое</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мировое</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образование</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рассказала о целях и задачах данной программы. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предложила внести корректировку в годовой </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитательный план </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
-[...222 lines deleted...]
-      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00577B13" w:rsidRPr="00577B13">
-[...375 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00577B13" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="006B0BB0" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>:</w:t>
+        </w:rPr>
+        <w:t>Решили:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00BD77BE" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принять к сведению </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отчет  </w:t>
+      </w:r>
+      <w:r w:rsidR="00045035" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителя</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...5 lines deleted...]
-        <w:t>Жаппай</w:t>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Молдабекова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...213 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> К.К. по освоению бюджетных средств по Всеобучу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00BD77BE" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2.</w:t>
-[...14 lines deleted...]
-        <w:t>Педагогикалық кеңес төрағасы Е.В. Шайнурованың 2021-2023 оқу жылы үшін жұмысы мақұлдансын.</w:t>
+        <w:t>2.О</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">добрить работу председателя ПС </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шайнуровой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.В.. за </w:t>
+      </w:r>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2021</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67013" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>-202</w:t>
+      </w:r>
+      <w:r w:rsidR="00631212" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебный год</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E11778" w:rsidRPr="000D765F" w:rsidRDefault="00BD77BE" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00E11778" w:rsidRPr="00D50A3C" w:rsidRDefault="00BD77BE" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...12 lines deleted...]
-        <w:t>Қамқоршылық кеңестің жаңа құрамы бекітілсін.</w:t>
+      <w:r w:rsidR="00E11778" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Утвердить новы</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50A3C" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>й состав попечительского совета.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50A3C" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00D50A3C">
+    <w:p w:rsidR="00D50A3C" w:rsidRPr="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00D50A3C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4.С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">огласно целям и задачам программы МП </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>РК</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біртұтас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бағдарламасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="000D765F" w:rsidRPr="000D765F">
-[...7 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">внести корректировку в годовой воспитательный план </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>школы .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00D50A3C" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00D50A3C" w:rsidRPr="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="000D765F" w:rsidRDefault="000D765F" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00F73151" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">Итоги голосования: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="000D765F" w:rsidRDefault="000D765F" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00F73151" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      <w:r w:rsidR="007927C1" w:rsidRPr="000D765F">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">За    </w:t>
+      </w:r>
+      <w:r w:rsidR="007927C1" w:rsidRPr="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D50A3C" w:rsidRPr="000D765F">
+      <w:r w:rsidR="00D50A3C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="000D765F" w:rsidRDefault="000D765F" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00F73151" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-        <w:t>__________0___</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>против__________0___</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="000D765F" w:rsidRDefault="000D765F" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00F73151" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>воздержались__0_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50A3C" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D50A3C" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D50A3C" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
+    <w:p w:rsidR="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00BD77BE">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BD77BE" w:rsidRPr="000D765F" w:rsidRDefault="000D765F" w:rsidP="000D765F">
+    <w:p w:rsidR="00BD77BE" w:rsidRPr="00D50A3C" w:rsidRDefault="00F73151" w:rsidP="00BD77BE">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">председатель </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПС:_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BD77BE" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Пшембаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BD77BE" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> М.Е.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F6518" w:rsidRPr="00D50A3C" w:rsidRDefault="00D50A3C" w:rsidP="00D50A3C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...20 lines deleted...]
-      </w:r>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                           </w:t>
+      </w:r>
+      <w:r w:rsidR="00F73151" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сек</w:t>
+      </w:r>
+      <w:r w:rsidR="009873F8" w:rsidRPr="00D50A3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ретарь ПС: ____________________</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...28 lines deleted...]
-        <w:t xml:space="preserve">                           </w:t>
+        </w:rPr>
+        <w:t>Шакенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б.М.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002F6518" w:rsidRPr="000D765F" w:rsidRDefault="00D50A3C" w:rsidP="00D50A3C">
-[...93 lines deleted...]
-    <w:sectPr w:rsidR="002F6518" w:rsidRPr="000D765F" w:rsidSect="00314BA4">
+    <w:sectPr w:rsidR="002F6518" w:rsidRPr="00D50A3C" w:rsidSect="00314BA4">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0DEE18DE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="37D2C3E8"/>
     <w:lvl w:ilvl="0" w:tplc="7D6E4F3C">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -7818,51 +3073,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="15743208"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2781E8C"/>
     <w:lvl w:ilvl="0" w:tplc="5D6A4844">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -7904,51 +3159,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16015E29"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AC720610"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -7993,51 +3248,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="162C4E6F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E5406BC8"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8082,51 +3337,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1CE66215"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8B804B7C"/>
     <w:lvl w:ilvl="0" w:tplc="027A402E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8168,51 +3423,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F7212F1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C2EEB316"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2148" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8281,51 +3536,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6468" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7188" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22507E83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB585660"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8370,51 +3625,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="24A91E31"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0E2ADE9A"/>
     <w:lvl w:ilvl="0" w:tplc="A37C604E">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -8459,51 +3714,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CB839CC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="19EA852E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8581,51 +3836,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D2C1DBC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E9D6682C"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8694,51 +3949,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="36EC49E3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="45B6D684"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8815,51 +4070,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41EB2614"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FA8C5312"/>
     <w:lvl w:ilvl="0" w:tplc="0419000B">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8928,51 +4183,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F2D4918"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F3676F0"/>
     <w:lvl w:ilvl="0" w:tplc="6888869C">
       <w:start w:val="2"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -9114,126 +4369,120 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="11"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004A30A4"/>
     <w:rsid w:val="00007FF4"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="00011A72"/>
     <w:rsid w:val="00014EBA"/>
     <w:rsid w:val="00017F2E"/>
     <w:rsid w:val="00020C47"/>
     <w:rsid w:val="00027137"/>
     <w:rsid w:val="00027A1E"/>
     <w:rsid w:val="000309D8"/>
     <w:rsid w:val="00032BC7"/>
     <w:rsid w:val="00033A94"/>
     <w:rsid w:val="0003629E"/>
     <w:rsid w:val="00040B12"/>
     <w:rsid w:val="000412D4"/>
     <w:rsid w:val="00041C18"/>
     <w:rsid w:val="000439F4"/>
     <w:rsid w:val="00045035"/>
     <w:rsid w:val="00045127"/>
     <w:rsid w:val="0004642A"/>
     <w:rsid w:val="00056651"/>
     <w:rsid w:val="000637FB"/>
     <w:rsid w:val="00063B60"/>
     <w:rsid w:val="00065516"/>
     <w:rsid w:val="000740A2"/>
     <w:rsid w:val="00080C93"/>
     <w:rsid w:val="0008338C"/>
     <w:rsid w:val="00084453"/>
     <w:rsid w:val="000914EB"/>
     <w:rsid w:val="000A2011"/>
     <w:rsid w:val="000A7BB7"/>
     <w:rsid w:val="000C0D8D"/>
     <w:rsid w:val="000C4DF0"/>
-    <w:rsid w:val="000D765F"/>
     <w:rsid w:val="000D7C1B"/>
     <w:rsid w:val="000E3DE1"/>
     <w:rsid w:val="00102F04"/>
     <w:rsid w:val="001121F7"/>
     <w:rsid w:val="001154C0"/>
     <w:rsid w:val="00121CDB"/>
     <w:rsid w:val="00123F47"/>
     <w:rsid w:val="001318F3"/>
     <w:rsid w:val="00135C26"/>
     <w:rsid w:val="001360FB"/>
     <w:rsid w:val="0018031E"/>
     <w:rsid w:val="0018121A"/>
     <w:rsid w:val="001827C5"/>
     <w:rsid w:val="0018359D"/>
     <w:rsid w:val="00183761"/>
     <w:rsid w:val="0018505F"/>
     <w:rsid w:val="00194131"/>
     <w:rsid w:val="001966DF"/>
     <w:rsid w:val="00197122"/>
     <w:rsid w:val="001A6359"/>
     <w:rsid w:val="001B0C99"/>
     <w:rsid w:val="001B7998"/>
     <w:rsid w:val="001C0DE3"/>
     <w:rsid w:val="001C51DA"/>
     <w:rsid w:val="001C601C"/>
     <w:rsid w:val="001D1350"/>
     <w:rsid w:val="001D3C41"/>
     <w:rsid w:val="001D5B1C"/>
-    <w:rsid w:val="001E3066"/>
     <w:rsid w:val="001E5D58"/>
     <w:rsid w:val="001E7192"/>
     <w:rsid w:val="001F0103"/>
     <w:rsid w:val="001F1559"/>
     <w:rsid w:val="001F4C87"/>
     <w:rsid w:val="0020586E"/>
     <w:rsid w:val="00210DF4"/>
     <w:rsid w:val="0022067B"/>
     <w:rsid w:val="00220BA4"/>
     <w:rsid w:val="0022126D"/>
     <w:rsid w:val="00221DDE"/>
     <w:rsid w:val="0023418B"/>
     <w:rsid w:val="00251D5A"/>
     <w:rsid w:val="002520E2"/>
     <w:rsid w:val="00255197"/>
     <w:rsid w:val="00257DFE"/>
     <w:rsid w:val="00261EC1"/>
     <w:rsid w:val="00270067"/>
     <w:rsid w:val="00274F8B"/>
     <w:rsid w:val="0027593C"/>
     <w:rsid w:val="00285F76"/>
     <w:rsid w:val="00290224"/>
     <w:rsid w:val="002A7A1B"/>
     <w:rsid w:val="002B5302"/>
     <w:rsid w:val="002C05AB"/>
@@ -9311,51 +4560,50 @@
     <w:rsid w:val="004A30A4"/>
     <w:rsid w:val="004A4F48"/>
     <w:rsid w:val="004A57E9"/>
     <w:rsid w:val="004B3D43"/>
     <w:rsid w:val="004C117E"/>
     <w:rsid w:val="004C4CD1"/>
     <w:rsid w:val="004E13A9"/>
     <w:rsid w:val="004E191A"/>
     <w:rsid w:val="004E2C26"/>
     <w:rsid w:val="004E36C0"/>
     <w:rsid w:val="004E4758"/>
     <w:rsid w:val="005012FA"/>
     <w:rsid w:val="00503E04"/>
     <w:rsid w:val="00506CA7"/>
     <w:rsid w:val="005107BC"/>
     <w:rsid w:val="00520100"/>
     <w:rsid w:val="005210A0"/>
     <w:rsid w:val="00535509"/>
     <w:rsid w:val="005429AF"/>
     <w:rsid w:val="00542D53"/>
     <w:rsid w:val="005459EF"/>
     <w:rsid w:val="00547498"/>
     <w:rsid w:val="00555230"/>
     <w:rsid w:val="00564384"/>
     <w:rsid w:val="005717DD"/>
-    <w:rsid w:val="00577B13"/>
     <w:rsid w:val="0058553B"/>
     <w:rsid w:val="005858F3"/>
     <w:rsid w:val="005859AE"/>
     <w:rsid w:val="00590AB0"/>
     <w:rsid w:val="005914FD"/>
     <w:rsid w:val="00591C49"/>
     <w:rsid w:val="00594680"/>
     <w:rsid w:val="005953FA"/>
     <w:rsid w:val="00596532"/>
     <w:rsid w:val="005B37F6"/>
     <w:rsid w:val="005B691E"/>
     <w:rsid w:val="005C0AD0"/>
     <w:rsid w:val="005C2868"/>
     <w:rsid w:val="005C2E1A"/>
     <w:rsid w:val="005D2CAB"/>
     <w:rsid w:val="005D555C"/>
     <w:rsid w:val="005E5E8C"/>
     <w:rsid w:val="005F3182"/>
     <w:rsid w:val="005F671A"/>
     <w:rsid w:val="0060289D"/>
     <w:rsid w:val="0061199A"/>
     <w:rsid w:val="00612415"/>
     <w:rsid w:val="00614A15"/>
     <w:rsid w:val="00624C5F"/>
     <w:rsid w:val="00625AE9"/>
@@ -9369,51 +4617,50 @@
     <w:rsid w:val="0064759F"/>
     <w:rsid w:val="00647CAA"/>
     <w:rsid w:val="00663170"/>
     <w:rsid w:val="006640B2"/>
     <w:rsid w:val="0067482B"/>
     <w:rsid w:val="00675B76"/>
     <w:rsid w:val="00685B78"/>
     <w:rsid w:val="0068672C"/>
     <w:rsid w:val="00692967"/>
     <w:rsid w:val="006929C6"/>
     <w:rsid w:val="006A290D"/>
     <w:rsid w:val="006A3186"/>
     <w:rsid w:val="006A4A3D"/>
     <w:rsid w:val="006A506F"/>
     <w:rsid w:val="006B0BB0"/>
     <w:rsid w:val="006B4BA2"/>
     <w:rsid w:val="006C56EB"/>
     <w:rsid w:val="006D5E87"/>
     <w:rsid w:val="006E4487"/>
     <w:rsid w:val="006F6015"/>
     <w:rsid w:val="007000BE"/>
     <w:rsid w:val="00702215"/>
     <w:rsid w:val="007031BC"/>
     <w:rsid w:val="00704989"/>
     <w:rsid w:val="00707E92"/>
-    <w:rsid w:val="00713158"/>
     <w:rsid w:val="00717055"/>
     <w:rsid w:val="00717858"/>
     <w:rsid w:val="007236D9"/>
     <w:rsid w:val="00726BB4"/>
     <w:rsid w:val="00727EBA"/>
     <w:rsid w:val="00736B63"/>
     <w:rsid w:val="0073702B"/>
     <w:rsid w:val="00737C25"/>
     <w:rsid w:val="00740B95"/>
     <w:rsid w:val="00742020"/>
     <w:rsid w:val="007455CC"/>
     <w:rsid w:val="00750E85"/>
     <w:rsid w:val="00752A89"/>
     <w:rsid w:val="0075467A"/>
     <w:rsid w:val="00767BE6"/>
     <w:rsid w:val="00780D33"/>
     <w:rsid w:val="00782CA3"/>
     <w:rsid w:val="007861E9"/>
     <w:rsid w:val="00787F84"/>
     <w:rsid w:val="00792148"/>
     <w:rsid w:val="007927C1"/>
     <w:rsid w:val="00795AC2"/>
     <w:rsid w:val="00796775"/>
     <w:rsid w:val="007A0C84"/>
     <w:rsid w:val="007A1045"/>
@@ -9445,51 +4692,50 @@
     <w:rsid w:val="00870830"/>
     <w:rsid w:val="00873174"/>
     <w:rsid w:val="008A2C7D"/>
     <w:rsid w:val="008A423C"/>
     <w:rsid w:val="008B40E0"/>
     <w:rsid w:val="008B476C"/>
     <w:rsid w:val="008C22C4"/>
     <w:rsid w:val="008C6E69"/>
     <w:rsid w:val="008D1632"/>
     <w:rsid w:val="008D4BE5"/>
     <w:rsid w:val="008D5347"/>
     <w:rsid w:val="008D5E36"/>
     <w:rsid w:val="008F2828"/>
     <w:rsid w:val="00900AB1"/>
     <w:rsid w:val="00900B5E"/>
     <w:rsid w:val="009112C4"/>
     <w:rsid w:val="00912076"/>
     <w:rsid w:val="00920912"/>
     <w:rsid w:val="0092254C"/>
     <w:rsid w:val="00922C41"/>
     <w:rsid w:val="0092434E"/>
     <w:rsid w:val="00927B8B"/>
     <w:rsid w:val="009346B8"/>
     <w:rsid w:val="00934D83"/>
     <w:rsid w:val="009418E2"/>
-    <w:rsid w:val="009421A8"/>
     <w:rsid w:val="00953D94"/>
     <w:rsid w:val="0095400A"/>
     <w:rsid w:val="00965119"/>
     <w:rsid w:val="00965E87"/>
     <w:rsid w:val="009873F8"/>
     <w:rsid w:val="009A2A1C"/>
     <w:rsid w:val="009A4709"/>
     <w:rsid w:val="009B0AB0"/>
     <w:rsid w:val="009B35ED"/>
     <w:rsid w:val="009D457C"/>
     <w:rsid w:val="009D7BD5"/>
     <w:rsid w:val="009E1934"/>
     <w:rsid w:val="009E34D3"/>
     <w:rsid w:val="009E543B"/>
     <w:rsid w:val="009E6822"/>
     <w:rsid w:val="009E7062"/>
     <w:rsid w:val="009F4577"/>
     <w:rsid w:val="00A07E99"/>
     <w:rsid w:val="00A1004A"/>
     <w:rsid w:val="00A2382D"/>
     <w:rsid w:val="00A32156"/>
     <w:rsid w:val="00A37AE2"/>
     <w:rsid w:val="00A42929"/>
     <w:rsid w:val="00A5090D"/>
     <w:rsid w:val="00A509C5"/>
@@ -9542,51 +4788,50 @@
     <w:rsid w:val="00BC5B39"/>
     <w:rsid w:val="00BD0E83"/>
     <w:rsid w:val="00BD185E"/>
     <w:rsid w:val="00BD44B5"/>
     <w:rsid w:val="00BD4815"/>
     <w:rsid w:val="00BD59A6"/>
     <w:rsid w:val="00BD66A2"/>
     <w:rsid w:val="00BD77BE"/>
     <w:rsid w:val="00BE176E"/>
     <w:rsid w:val="00BF1FFF"/>
     <w:rsid w:val="00C03246"/>
     <w:rsid w:val="00C04019"/>
     <w:rsid w:val="00C10B17"/>
     <w:rsid w:val="00C11833"/>
     <w:rsid w:val="00C13FC5"/>
     <w:rsid w:val="00C20655"/>
     <w:rsid w:val="00C214D3"/>
     <w:rsid w:val="00C2342D"/>
     <w:rsid w:val="00C254FC"/>
     <w:rsid w:val="00C25F6C"/>
     <w:rsid w:val="00C30893"/>
     <w:rsid w:val="00C30D21"/>
     <w:rsid w:val="00C32FE7"/>
     <w:rsid w:val="00C332C6"/>
     <w:rsid w:val="00C37986"/>
-    <w:rsid w:val="00C379D4"/>
     <w:rsid w:val="00C45956"/>
     <w:rsid w:val="00C560FE"/>
     <w:rsid w:val="00C6397F"/>
     <w:rsid w:val="00C64020"/>
     <w:rsid w:val="00C65D5E"/>
     <w:rsid w:val="00C76CDA"/>
     <w:rsid w:val="00C84A06"/>
     <w:rsid w:val="00C95ECD"/>
     <w:rsid w:val="00C9666F"/>
     <w:rsid w:val="00C9784B"/>
     <w:rsid w:val="00CA06AE"/>
     <w:rsid w:val="00CA43B5"/>
     <w:rsid w:val="00CA49B6"/>
     <w:rsid w:val="00CB3344"/>
     <w:rsid w:val="00CB33E6"/>
     <w:rsid w:val="00CB6B33"/>
     <w:rsid w:val="00CB74BF"/>
     <w:rsid w:val="00CB77C2"/>
     <w:rsid w:val="00CB78C3"/>
     <w:rsid w:val="00CC5A5A"/>
     <w:rsid w:val="00CC7BF3"/>
     <w:rsid w:val="00CD0434"/>
     <w:rsid w:val="00CD4F8C"/>
     <w:rsid w:val="00CF3EC8"/>
     <w:rsid w:val="00CF4D17"/>
@@ -9693,496 +4938,448 @@
     <w:rsid w:val="00FF7E27"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:docId w15:val="{B66652A7-6FCE-4133-9348-DCAA98192BA8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...281 lines deleted...]
-    <w:qFormat/>
+    <w:rsid w:val="00C2342D"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -10263,51 +5460,51 @@
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00D50A3C"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="256404181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="305552806">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10455,51 +5652,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1784418287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10748,66 +5945,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>588</Words>
-  <Characters>3355</Characters>
+  <Words>575</Words>
+  <Characters>3278</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3936</CharactersWithSpaces>
+  <CharactersWithSpaces>3846</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>