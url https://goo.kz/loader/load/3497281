--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -8,140 +8,141 @@
   <Default Extension="xlsx" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="002E7477" w:rsidRDefault="002E7477">
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="001062E3" w:rsidRDefault="001062E3" w:rsidP="00794083">
+      <w:pPr>
+        <w:pStyle w:val="ctr"/>
+        <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="36"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:caps/>
           <w:noProof/>
-          <w:sz w:val="36"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:object w:dxaOrig="225" w:dyaOrig="225">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;margin-left:-29.6pt;margin-top:0;width:497.35pt;height:642.45pt;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" wrapcoords="-33 0 -33 21575 21600 21575 21600 0 -33 0">
+          <v:shape id="_x0000_s1026" type="#_x0000_t75" style="position:absolute;left:0;text-align:left;margin-left:-49.75pt;margin-top:16.4pt;width:517.3pt;height:692.2pt;z-index:251659264;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text" wrapcoords="-97 0 -97 21525 21600 21525 21600 0 -97 0">
             <v:imagedata r:id="rId8" o:title=""/>
             <w10:wrap type="through"/>
           </v:shape>
-          <o:OLEObject Type="Embed" ProgID="FoxitReader.Document" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1760356818" r:id="rId9"/>
+          <o:OLEObject Type="Embed" ProgID="FoxitReader.Document" ShapeID="_x0000_s1026" DrawAspect="Content" ObjectID="_1760357342" r:id="rId9"/>
         </w:object>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-        <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r w:rsidR="00E33910">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00367640" w:rsidRPr="00476AC2" w:rsidRDefault="001062E3" w:rsidP="001062E3">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00367640" w:rsidRPr="00476AC2">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Содержание</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidR="00677161" w:rsidRPr="00677161">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:caps/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мазмұны</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0023797B" w:rsidRDefault="0010410A" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="ctr"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00476AC2" w:rsidRPr="00BA41CB" w:rsidRDefault="00476AC2" w:rsidP="00794083">
@@ -163,134 +164,143 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="200" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8413"/>
         <w:gridCol w:w="851"/>
       </w:tblGrid>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00655E87">
+          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="00655E87">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Пояснительная записка</w:t>
+              <w:t>Түсіндірме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00626409" w:rsidP="00655E87">
+          <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="00655E87">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Паспорт программы </w:t>
+              <w:t>Бағдарлама паспорты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00AA55B1" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655E87">
               <w:rPr>
@@ -309,96 +319,151 @@
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00626409" w:rsidP="00794083">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="540"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655E87">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Аналитический блок</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t>Аналити</w:t>
+            </w:r>
+            <w:r w:rsidR="00677161">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>калы</w:t>
+            </w:r>
+            <w:r w:rsidR="00677161">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
             <w:r w:rsidRPr="00655E87">
               <w:rPr>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00677161">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бөлім</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00677161" w:rsidRDefault="00677161" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00677161">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК туралы ақпараттық анықтама</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="00794083">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="0" w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-ның ішкі даму факторларын талдау және сыртқы ортаны</w:t>
+            </w:r>
+            <w:r w:rsidR="00E42FB5" w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E42FB5" w:rsidRPr="00655E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SWOT</w:t>
             </w:r>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – анализ внутренних факторов развития УПК и анализ внешней среды</w:t>
+              <w:t xml:space="preserve"> талдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00655E87" w:rsidRDefault="00655E87" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00AA55B1" w:rsidP="0013606A">
             <w:pPr>
@@ -438,5635 +503,4010 @@
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00626409" w:rsidP="00794083">
+          <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="00794083">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұжырымдама бөлімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00595CD2" w:rsidRPr="00F33ABD" w:rsidRDefault="00677161" w:rsidP="00F33ABD">
             <w:pPr>
               <w:pStyle w:val="a3"/>
-              <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
-[...20 lines deleted...]
-              <w:ind w:left="0" w:right="0"/>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00655E87">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ожидаемые результаты реализации Программы развития</w:t>
+              <w:t>Мектепті дамыту</w:t>
+            </w:r>
+            <w:r w:rsidR="00F33ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00677161">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тұжырымдамасы (дамудың негізгі бағыттары)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F33ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F33ABD">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Даму бағдарламасын іске асырудан күтілетін нәтижелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AA55B1" w:rsidRPr="00655E87" w:rsidRDefault="00AA55B1" w:rsidP="0013606A">
+          <w:p w:rsidR="00AA55B1" w:rsidRPr="00F33ABD" w:rsidRDefault="00AA55B1" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0023797B" w:rsidRPr="00655E87" w:rsidRDefault="00AA55B1" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00655E87">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0013606A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="385"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0013606A" w:rsidRDefault="007E05D8" w:rsidP="0013606A">
+          <w:p w:rsidR="0013606A" w:rsidRDefault="00677161" w:rsidP="00677161">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:ind w:left="0" w:firstLine="540"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00677161">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Миссия, система ценностей, цели, задачи</w:t>
+              <w:t>Миссия, құндылықтар жүйесі, мақсаттары, міндеттері</w:t>
             </w:r>
             <w:r w:rsidR="0013606A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
+          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="0013606A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0013606A">
-[...11 lines deleted...]
-              <w:t>аправления Программы развития УПК</w:t>
+            <w:r w:rsidRPr="00677161">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК дамыту бағдарламасының бағыттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="411"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="007E05D8" w:rsidP="0013606A">
+          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="00677161" w:rsidP="0013606A">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
-[...4 lines deleted...]
-              <w:t>Желаемый образ УПК и модель выпускника УПК</w:t>
+            <w:r w:rsidRPr="00677161">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-ның қалаған бейнесі және ОӨК түлегінің үлгісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="417"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0013606A" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
-[...31 lines deleted...]
-              <w:t>Критерии достижения цели по Программе развития УПК</w:t>
+          <w:p w:rsidR="00A90A3C" w:rsidRDefault="00A90A3C" w:rsidP="0013606A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A90A3C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Даму бағдарламасын іске асыру кезеңдері мен мерзімдері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="00A90A3C" w:rsidP="0013606A">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A90A3C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК дамыту бағдарламасы бойынша мақсатқа қол жеткізу талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="00476AC2" w:rsidP="00794083">
-            <w:pPr>
+          <w:p w:rsidR="00C01C1B" w:rsidRPr="00C01C1B" w:rsidRDefault="00C01C1B" w:rsidP="00C01C1B">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
-              <w:rPr>
+              <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:right="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01C1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-            </w:pPr>
-[...9 lines deleted...]
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+              <w:t>Басқару бөлімі. ОӨК дамыту Бағдарламасын басқару тетіктері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C01C1B" w:rsidRDefault="00C01C1B" w:rsidP="00C01C1B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00C01C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Содержание и механизмы управления реализацией Программы развития</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+              <w:t>Даму бағдарламасын іске асырудың мазмұны мен басқару тетіктері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00C01C1B" w:rsidRDefault="00C01C1B" w:rsidP="00C01C1B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00C01C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Контроль и оценка эффективности выполнения Программы развития</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+              <w:t>Даму бағдарламасын іске асыру тиімділігін бақылау және бағалау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="00C01C1B" w:rsidP="00C01C1B">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
-              <w:ind w:right="0"/>
+              <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00C01C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Критерии и показатели оценки.</w:t>
+              <w:t>Бағалау талаптары мен көрсеткіштері</w:t>
+            </w:r>
+            <w:r w:rsidR="00595CD2" w:rsidRPr="00655E87">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007E05D8" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00655E87" w:rsidRPr="00655E87" w:rsidTr="0013606A">
         <w:trPr>
           <w:trHeight w:val="684"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8413" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="00476AC2" w:rsidP="00794083">
+          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="00C01C1B" w:rsidP="00C01C1B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00C01C1B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Проективный блок. Программа поэтапного развития по направлениям.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00595CD2" w:rsidP="00794083">
+              <w:t>Проективтік бөлім. Бағыттар бойынша кезең-кезеңімен дамыту бағдарламасы</w:t>
+            </w:r>
+            <w:r w:rsidR="00476AC2" w:rsidRPr="00655E87">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00595CD2" w:rsidRPr="00655E87" w:rsidRDefault="00C01C1B" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a3"/>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00655E87">
+            <w:r w:rsidRPr="00C01C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Мероприятия по реализации Программы развития</w:t>
+              <w:t>Даму бағдарламасын іске асыру жөніндегі іс-шаралар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="00987077" w:rsidP="0013606A">
+          <w:p w:rsidR="00476AC2" w:rsidRPr="00655E87" w:rsidRDefault="0013606A" w:rsidP="0013606A">
             <w:pPr>
               <w:pStyle w:val="ctr"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1026"/>
               </w:tabs>
               <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="0" w:right="34"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>20</w:t>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="0023797B" w:rsidRPr="00BA41CB" w:rsidRDefault="0023797B" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="ctr"/>
         <w:spacing w:before="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0010410A" w:rsidRPr="00BA41CB" w:rsidRDefault="0010410A" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051B1E" w:rsidRDefault="00051B1E" w:rsidP="00794083">
+    <w:p w:rsidR="00051B1E" w:rsidRPr="00B24FC6" w:rsidRDefault="00B24FC6" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ПОЯСНИТЕЛЬНАЯ ЗАПИСКА</w:t>
+        <w:t>ТҮСІНДІРМЕ ХАТ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00CC69E3" w:rsidRDefault="00CC69E3" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004A5671" w:rsidRDefault="00783981" w:rsidP="00794083">
+    <w:p w:rsidR="007014FF" w:rsidRDefault="007014FF" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...37 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даму бағдарламасы оқу-өндірістік комбинаттың ағымдағы және болашақтағы қызметін ұйымдастыруға арналған жұмыс құжаты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110C7" w:rsidRPr="004A5671" w:rsidRDefault="003110C7" w:rsidP="00794083">
+    <w:p w:rsidR="003110C7" w:rsidRPr="004A5671" w:rsidRDefault="007014FF" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> задач:</w:t>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Даму бағдарламасы үш маңызды міндетті өзара байланысты шешуді көздейді</w:t>
+      </w:r>
+      <w:r w:rsidR="003110C7" w:rsidRPr="004A5671">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110C7" w:rsidRPr="004A5671" w:rsidRDefault="003110C7" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="003110C7" w:rsidRPr="007014FF" w:rsidRDefault="007014FF" w:rsidP="007014FF">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> и тем самым определить точку отсчета для дальнейших шагов к развитию.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК қызметінің қол жеткізілген деңгейін бекіту және сол арқылы одан әрі даму қадамдарының бастапқы нүктесін анықтау</w:t>
+      </w:r>
+      <w:r w:rsidR="003110C7" w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110C7" w:rsidRPr="004A5671" w:rsidRDefault="003110C7" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="003110C7" w:rsidRPr="007014FF" w:rsidRDefault="007014FF" w:rsidP="007014FF">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...21 lines deleted...]
-        <w:t>, параметры его функционирования, соответствующие потребностям, ценностям и возможностям учреждения и социума.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-ның болашақта күтілетін жағдайын, мекеме мен қоғамның қажеттіліктеріне, құндылықтарына және мүмкіндіктеріне сәйкес жұмыс істеу параметрлерін анықтау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003110C7" w:rsidRPr="004A5671" w:rsidRDefault="003110C7" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="003110C7" w:rsidRPr="007014FF" w:rsidRDefault="007014FF" w:rsidP="007014FF">
+      <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-        <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...5 lines deleted...]
-        <w:t>Определить стратегию и тактику перехода от достигнутого состояния к желаемому будущему.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қол жеткен жағдайдан қалаған болашаққа көшудің стратегиясы мен тактикасын анықтау</w:t>
+      </w:r>
+      <w:r w:rsidR="003110C7" w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRDefault="009E4C7A" w:rsidP="00794083">
+    <w:p w:rsidR="007014FF" w:rsidRDefault="007014FF" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A5671">
-[...77 lines deleted...]
-        <w:t>на базе УПК с 7 по 11 класс.</w:t>
+      <w:r w:rsidRPr="007014FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК дамыту бағдарламасының негізгі идеясы «Мектеп оқушыларына инновациялық кәсіптік бағдар беру: сабақтастық, әлеуметтік серіктестік, тәжірибеге бағдар беру» идеясы болып табылады. Сабақтастық, осы тұрғыда, мектеп мұғалімі мен психологтың 1-7-сынып аралығында өткізілген жұмысын 7-11 сынып аралығында ОӨК-ның негізінде жалғастырып оқушыларға ерте кәсіптік бағдар беру деп түсініледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRDefault="0047148E" w:rsidP="00794083">
+    <w:p w:rsidR="00541038" w:rsidRDefault="00541038" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00541038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Әлеуметтік әріптестік оқушылардың кәсіби өзін – өзі анықтауын қолдаудың бірыңғай процесін қамтамасыз етудегі олардың нақты міндеттерін анықтай отырып, барлық деңгейдегі білім беру ұйымдарынан да, жұмыс беруші ұйымдар мен кәсіпорындардан да әртүрлі кәсіптік бейіндегі мамандарды мектеп оқушыларының кәсіби анықтамасын сүйемелдеуге қосуды көздейді, яғни  оның қалауы мен аймақтық еңбек нарығының қажеттіліктеріне сәйкес мүмкіндіктерін ескере отырып барлық ықпал ету факторларын </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...102 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс істейтін</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...477 lines deleted...]
-        <w:t xml:space="preserve">труда. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00541038">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бір жүйеге біріктіру .</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A11AE" w:rsidRDefault="003C1047" w:rsidP="00794083">
+    <w:p w:rsidR="004C3E37" w:rsidRDefault="004C3E37" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004C3E37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-да іске асырылатын оқушылардың кәсіби өзін-өзі анықтауын ұйымдастырушылық-педагогикалық сүйемелдеудің қазіргі заманғы процесінің моделі оқушылармен жұмыстың нақты кәсіби ортаға, нақты кәсіби қызметке батыру тәжірибесін қалыптастыратын практикалық-бағдарланған форматын қамтамасыз етуді жалғастырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004D707F">
-[...840 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00D26C53" w:rsidRPr="004A5671" w:rsidRDefault="00D26C53" w:rsidP="00794083">
+    <w:p w:rsidR="00E63FF4" w:rsidRDefault="00E63FF4" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="405"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> системы УПК, которые в дальнейшем будут конкретизированы в планах мероприятий и годовых планах работы УПК.</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E63FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кәсіптік-еңбек контексті білім алушылардың санасына тікелей әсер етуге, олардың таңдауын айқындауға мүмкіндік береді, сондықтан тәжірибеге бағытталған іс-шаралар (кәсіптік сынамалар) бейіндік курстардың барлық білім беру бағдарламаларына енгізіледі, сондай-ақ бұл жаңа бейіндік курстардың бағдарламаларын әзірлеуде жалғасады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00051B1E" w:rsidRDefault="00051B1E" w:rsidP="00794083">
+    <w:p w:rsidR="00051B1E" w:rsidRDefault="00E63FF4" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E63FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Даму бағдарламасын ОӨК-ның жұмыс тобы дайындады. Бағдарламада ОӨК-ның кәсіптік бағдар беру жүйесін дамытудың негізгі бағыттары көзделген, олар бұдан әрі іс-шаралар жоспарларында және ОӨК-ның жылдық жұмыс жоспарларында нақтыланатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E63FF4" w:rsidRPr="00E63FF4" w:rsidRDefault="00E63FF4" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00633966" w:rsidRDefault="00633966" w:rsidP="00794083">
+    <w:p w:rsidR="00633966" w:rsidRPr="00E63FF4" w:rsidRDefault="00633966" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008A0BA1" w:rsidRDefault="004D39D7" w:rsidP="00794083">
+    <w:p w:rsidR="004C3E37" w:rsidRPr="00E63FF4" w:rsidRDefault="004C3E37" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F06154">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF381C" w:rsidRPr="00332FE3" w:rsidRDefault="00DF381C" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidR="00EE4EB1" w:rsidRPr="00F06154">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008A0BA1" w:rsidRDefault="007760AE" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>П</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00F06154">
+      </w:pPr>
+      <w:r w:rsidRPr="007760AE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>рограммы</w:t>
+        <w:t>БАҒДАРЛАМА ПАСПОРТЫ</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2657"/>
         <w:gridCol w:w="6913"/>
       </w:tblGrid>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="004C3E37" w:rsidP="004C3E37">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Наименование Программы </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағдарламаның атауы</w:t>
+            </w:r>
+            <w:r w:rsidR="00262BDE" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00D11B39">
-[...152 lines deleted...]
-              <w:t xml:space="preserve"> годы. </w:t>
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="00D11B39">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Павлодар қаласының оқу-өндірістік ком</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бинаты»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ – нің 2021-2026 жылдарға арналған даму бағдарламасы ОӨК даму тұжырымдамасын және оны іске асыру жөніндегі қызметтің 2021-2026 жылдарға арналған негізгі бағыттарын айқындайды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EE118D" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EE118D" w:rsidRPr="00BA41CB" w:rsidRDefault="00EE118D" w:rsidP="00794083">
+          <w:p w:rsidR="00EE118D" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК Дамыту бағдарламасын әзірлеу туралы шешім қабылданған күн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6946" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A16FED" w:rsidRDefault="004C3E37" w:rsidP="00794083">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...17 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Желтоқсан</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16FED">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w:rsidR="00EE118D" w:rsidRPr="00BA41CB" w:rsidRDefault="00A16FED" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16FED">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00EE118D" w:rsidRPr="00BA41CB" w:rsidRDefault="004C3E37" w:rsidP="004C3E37">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>приказ № 114 от 29.12.2020г</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 жылғы 29 желтоқсандағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 114 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бұйрық</w:t>
+            </w:r>
+            <w:r w:rsidR="00A16FED">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Основание для разработки</w:t>
+              <w:t>Әзірлеу үшін негіз</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="007760AE">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:ind w:firstLine="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Программа развития </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C20AE3" w:rsidRPr="00BA41CB">
+              <w:t>ОӨК дамыту бағдарламасы ҚР «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>УПК</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00BA41CB">
+              <w:t>Білім туралы</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00BA41CB">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="004D5FED" w:rsidRPr="00BA41CB">
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...267 lines deleted...]
-              <w:t>.</w:t>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ына, білім беруді дамытудың 2020-2025 жылдарға арналған мемлекеттік бағдарламасына, ОӨК-ның жарғысына, ОӨК-ның 2015-2025 жылдарға арналған даму стратегиясына, 2022-2025 жылдарға арналған Қазақстан Республикасы білім алушыларының кәсіби өзін-өзі анықтауын ұйымдастырушылық-педагогикалық сүйемелдеу тұжырымдамасының жобасына сәйкес әзірленді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Разработчик Программы</w:t>
+              <w:t>Бағдарлама әзірлеушісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00406B20" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="007760AE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
-[...32 lines deleted...]
-              <w:t xml:space="preserve"> УПК</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу-өндірістік комбинат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ-нің басшысы, ОӨК-ның педагогикалық ұжымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00973A34" w:rsidRPr="00973A34" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001E42F2" w:rsidRPr="00D11B39" w:rsidRDefault="001E42F2" w:rsidP="00794083">
+          <w:p w:rsidR="001E42F2" w:rsidRPr="00D11B39" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D11B39">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Миссия </w:t>
+              <w:t>Миссия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00783DF6" w:rsidRPr="00D11B39" w:rsidRDefault="00783DF6" w:rsidP="00D11B39">
+          <w:p w:rsidR="00783DF6" w:rsidRPr="00D11B39" w:rsidRDefault="007760AE" w:rsidP="00D11B39">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D11B39">
-[...4 lines deleted...]
-              <w:t>Инновационная профориентация школьников: непрерывность, социальное партнёрство, практикоориентированность</w:t>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мектеп оқушыларына инновациялық кәсіптік бағдар беру: сабақтастық, әлеуметтік серіктестік, тәжірибеге бағдар беру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007749CA" w:rsidRPr="007749CA" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="007749CA" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="007749CA" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007749CA">
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Цель</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> программы</w:t>
+              <w:t>Бағдарламаның мақсаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="001B1EE3" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="001B1EE3" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B1EE3">
-[...4 lines deleted...]
-              <w:t>создание единой образовательной среды, способствующей эффективному формированию  профессионального самоопределения старшеклассников, социализации личности с учетом потребностей регионального рынка труда.</w:t>
+            <w:r w:rsidRPr="007760AE">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жоғары сынып оқушыларының кәсіби өзін-өзі анықтауын тиімді қалыптастыруға, өңірлік еңбек нарығының қажеттіліктерін ескере отырып, тұлғаны әлеуметтендіруге ықпал ететін бірыңғай білім беру ортасын құру</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="001B1EE3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="007760AE" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="007760AE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Задачи </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">программы </w:t>
+              <w:t>Бағдарламаның міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00973A34" w:rsidRPr="00315C86" w:rsidRDefault="00973A34" w:rsidP="00794083">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00DF381C" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="34" w:firstLine="326"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315C86">
-[...20 lines deleted...]
-              </w:numPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-да мектеп оқушыларына тиімді кәсіптік бағдар беру үшін жағдай жасау</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003D65E5" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="34" w:firstLine="326"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315C86">
-[...20 lines deleted...]
-            <w:r w:rsidR="003D65E5" w:rsidRPr="00315C86">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қала мектептерінің оқушылары арасында «ҚР жаңа мамандықтар атласы» жобасын жүзеге асыру</w:t>
+            </w:r>
+            <w:r w:rsidR="00973A34" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00973A34" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жаңа міндеттерді ескере отырып, кәсіби бағдар беру жүйесін түзету</w:t>
+            </w:r>
+            <w:r w:rsidR="00973A34" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00973A34" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-ның оқушыларына кәсіби өзін-өзі анықтауда психологиялық-педагогикалық қолдау көрсетуді қамтамасыз ету</w:t>
+            </w:r>
+            <w:r w:rsidR="00973A34" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A309E6" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>оқушылардың білім беру қажеттіліктері мен өңірдің сұранысын ескере отырып, жаңа бейіндік курстар ұйымдастыру</w:t>
+            </w:r>
+            <w:r w:rsidR="00A309E6" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005D13F6" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кәсіби бағдар беру бойынша ОӨК-ның жұмысының </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>көп жылдық тәжірибесін жинақтау және тарату</w:t>
+            </w:r>
+            <w:r w:rsidR="00675061" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE6A96" w:rsidRPr="00DF381C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00315C86">
-[...27 lines deleted...]
-              </w:numPr>
+          </w:p>
+          <w:p w:rsidR="00FC431A" w:rsidRPr="00DF381C" w:rsidRDefault="00DF381C" w:rsidP="00DF381C">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:ind w:left="34" w:firstLine="326"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...174 lines deleted...]
-            <w:r w:rsidR="00FC431A">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әлеуметтік әріптестікті кеңейту</w:t>
+            </w:r>
+            <w:r w:rsidR="00F06154" w:rsidRPr="00DF381C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00FC431A" w:rsidRPr="00DF381C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00FC431A">
+            <w:r w:rsidR="00FC431A" w:rsidRPr="00DF381C">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E136F" w:rsidRPr="00696851" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="005E136F" w:rsidRPr="00696851" w:rsidRDefault="005E136F" w:rsidP="00794083">
+          <w:p w:rsidR="005E136F" w:rsidRPr="00696851" w:rsidRDefault="00B93A3A" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00696851">
+            <w:r w:rsidRPr="00B93A3A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Направления реализации Программы развития</w:t>
+              <w:t>Даму бағдарламасын іске асыру бағыттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A5724C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«Внутренн</w:t>
-[...6 lines deleted...]
-              <w:t>и</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93A3A" w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ішкі</w:t>
             </w:r>
             <w:r w:rsidRPr="00A5724C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>е»:</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+              <w:t>»:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...7 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның кәсі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>би</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдар беру жүйесі</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...7 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік курстар</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...7 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтардың кәсіби құзыреттілігі</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...7 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие процесін ресурстық қамтамасыз ету</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="17"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие процесін ақпараттандыру</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00A5724C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Информатизация учебно-воспитательного процесса.</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сыртқы</w:t>
+            </w:r>
             <w:r w:rsidRPr="00A5724C">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>«Внешн</w:t>
-[...16 lines deleted...]
-          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+              <w:t>»:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001B1EE3" w:rsidRPr="00A5724C" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...7 lines deleted...]
-          <w:p w:rsidR="005E136F" w:rsidRPr="00696851" w:rsidRDefault="001B1EE3" w:rsidP="00794083">
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Павлодар қаласында кәсіби бағдар беру орталығы ретінде ОӨК-ның оң имиджін құру</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005E136F" w:rsidRPr="00696851" w:rsidRDefault="00B93A3A" w:rsidP="00B93A3A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A5724C">
-[...4 lines deleted...]
-              <w:t>Развитие системы внешних связей.</w:t>
+            <w:r w:rsidRPr="00B93A3A">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сыртқы байланыстар жүйесін дамыту</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1EE3" w:rsidRPr="00A5724C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00370089" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Сроки реализации</w:t>
+              <w:t>Іске асыру мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D57F48" w:rsidRPr="00BA41CB" w:rsidRDefault="00D57F48" w:rsidP="00794083">
+          <w:p w:rsidR="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бағдарламаны іске асыру 2021-2026 жылдарға арналған.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92C9B" w:rsidRDefault="004D5FED" w:rsidP="00794083">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
-                <w:sz w:val="28"/>
-[...44 lines deleted...]
-              <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00302999" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+            <w:r w:rsidR="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>этап</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезең</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қаңтар </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD6732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD6732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r w:rsidR="00CB0361">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>январь</w:t>
+              <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>20</w:t>
-[...69 lines deleted...]
-              <w:t>подготовительный – разработка, принятие и внедрение программы.</w:t>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B" w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дайындық-бағдарламаны әзірлеу, қабылдау және енгізу.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D57F48" w:rsidRPr="00BA41CB" w:rsidRDefault="004D5FED" w:rsidP="00794083">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> этап</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезең</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
-            <w:r w:rsidR="00CF77E8">
-[...4 lines deleted...]
-              <w:t>сентябрь</w:t>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
             </w:r>
             <w:r w:rsidR="00B63950">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD6732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB0361">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпна</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>20</w:t>
             </w:r>
+            <w:r w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r w:rsidR="00CD6732">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...6 lines deleted...]
-              <w:t>1</w:t>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B" w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>негізгі-бағдарламаны іске асыру</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...51 lines deleted...]
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="000229D2" w:rsidP="00794083">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="000229D2" w:rsidP="00D92C9B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
-            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+            <w:r w:rsidR="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t xml:space="preserve">этап </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>кезең</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="005F3474">
+            <w:r w:rsidR="00D92C9B">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>март</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>наурыз</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92C9B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">маусым </w:t>
             </w:r>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> - июнь 202</w:t>
+              <w:t>202</w:t>
             </w:r>
             <w:r w:rsidR="00CD6732">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00D57F48" w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA41CB">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> заключительный - </w:t>
-[...33 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00406B20" w:rsidRPr="00BA41CB">
-[...11 lines deleted...]
-              <w:t>, цели и задачи на следующий период, разработка стратегии дальнейшего развития образовательного учреждения.</w:t>
+            <w:r w:rsidR="00D92C9B" w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қорытынды-даму бағдарламасын енгізу бойынша жұмыс тиімділігінің мониторингі, ОӨК болашағын, келесі кезеңдегі мақсаттар мен міндеттерді айқындау, білім беру мекемесін одан әрі дамыту стратегиясын әзірлеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidRDefault="00132D37" w:rsidP="00794083">
+          <w:p w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Исполнители Программы</w:t>
+              <w:t>Бағдарламаны Орындаушылар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidRDefault="00132D37" w:rsidP="00794083">
-[...45 lines deleted...]
-              <w:t>чебно-производственный комбинат»</w:t>
+          <w:p w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу-өндірістік комбинаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КММ-нің педагогикалық ұжымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Источники финансирования</w:t>
+              <w:t>Қаржыландыру көздері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00262BDE" w:rsidP="00794083">
-[...11 lines deleted...]
-              <w:t>Местный бюджет, спонсорские средства</w:t>
+          <w:p w:rsidR="00262BDE" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жергілікті</w:t>
+            </w:r>
+            <w:r w:rsidR="00262BDE" w:rsidRPr="00BA41CB">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бюджет, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>демеушілік қаражат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A85855" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A85855" w:rsidRPr="00BA41CB" w:rsidRDefault="00132D37" w:rsidP="00794083">
+          <w:p w:rsidR="00A85855" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Контроль за исполнение</w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> Программы</w:t>
+              <w:t>Бағдарламаның орындалуын бақылау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00132D37" w:rsidRPr="00BA41CB" w:rsidRDefault="00132D37" w:rsidP="00794083">
-[...49 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00D92C9B" w:rsidRPr="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Барлық бөлімшелердің жылдық есебі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008B2DFD" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК директорының жыл сайынғы ашық баяндамасы.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B91DDB" w:rsidRPr="00BA41CB" w:rsidTr="00225859">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91DDB" w:rsidRPr="00BA41CB" w:rsidRDefault="00B91DDB" w:rsidP="00794083">
+          <w:p w:rsidR="00B91DDB" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00794083">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA41CB">
+            <w:r w:rsidRPr="00D92C9B">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Ожидаемые результаты</w:t>
+              <w:t>Күтілетін нәтижелер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6946" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B91DDB" w:rsidRPr="00BA41CB" w:rsidRDefault="00B91DDB" w:rsidP="00794083">
-[...71 lines deleted...]
-              <w:t>Расширение сферы образовательных услуг (бюджетных, платных).</w:t>
+          <w:p w:rsidR="00D92C9B" w:rsidRPr="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұзақ мерзімді даму бағдарламасы негізінде ОӨК-ның тұрақты жұмысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92C9B" w:rsidRPr="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Стратегиялық және ағымдағы жоспарлаудың өзара байланысы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92C9B" w:rsidRPr="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әлеуметтік әріптестіктің шеңберін кеңейту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00D92C9B" w:rsidRPr="00D92C9B" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-ның кәсіптік бағдар берудің тиімді жүйесі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B91DDB" w:rsidRPr="00BA41CB" w:rsidRDefault="00D92C9B" w:rsidP="00D92C9B">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D92C9B">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білім беру қызметтерінің көлемін кеңейту (бюджеттік, ақылы).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00D56B01" w:rsidRDefault="00D56B01" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D56B01" w:rsidRDefault="00D56B01" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0010410A" w:rsidRPr="00315C86" w:rsidRDefault="001C1430" w:rsidP="00794083">
+    <w:p w:rsidR="006C637E" w:rsidRDefault="006C637E" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0010410A" w:rsidRPr="00315C86" w:rsidRDefault="001C1430" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00315C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Ι. </w:t>
       </w:r>
       <w:r w:rsidR="006662D0" w:rsidRPr="00315C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Аналитический </w:t>
+        <w:t>Аналити</w:t>
+      </w:r>
+      <w:r w:rsidR="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалық</w:t>
+      </w:r>
+      <w:r w:rsidR="006662D0" w:rsidRPr="00315C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлім</w:t>
       </w:r>
       <w:r w:rsidRPr="00315C86">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> блок. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A15FBA" w:rsidRPr="00AA55B1" w:rsidRDefault="00A15FBA" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C1430" w:rsidRPr="00AA55B1" w:rsidRDefault="001C1430" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    <w:p w:rsidR="00332FE3" w:rsidRPr="00332FE3" w:rsidRDefault="00332FE3" w:rsidP="00332FE3">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...30 lines deleted...]
-        <w:t>государственное учреждение «Учебно-производственный комбинат города Павлодара»</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жарғыға сәйкес білім беру мекемесінің толық атауы: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар қаласының оқу-өндірістік комбинаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коммуналдық мемлекеттік мекемесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C1430" w:rsidRPr="00AA55B1" w:rsidRDefault="009305C1" w:rsidP="00794083">
-[...100 lines deleted...]
-    <w:p w:rsidR="00A15FBA" w:rsidRPr="00AA55B1" w:rsidRDefault="00A15FBA" w:rsidP="00794083">
+    <w:p w:rsidR="00A15FBA" w:rsidRPr="00AA55B1" w:rsidRDefault="00332FE3" w:rsidP="00332FE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заңды және нақты мекенжайы: Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, Лермонтов көшесі, 50.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00DC287D" w:rsidRPr="00AA55B1" w:rsidRDefault="00DC287D" w:rsidP="00794083">
+    <w:p w:rsidR="00332FE3" w:rsidRDefault="00332FE3" w:rsidP="00332FE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Основная задача деятельности УПК - создать условия учащимся общеобразовательных школ города для профессионального самоопределения, осознанного выбора профессии, дать представления о мире профессий, условиях труда, содержания деятельности в профессии, индивидуально помочь выбрать профессию с учетом личностных особенностей ученика. </w:t>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК қызметінің негізгі мақсаты – қаланың жалпы білім беретін мектеп оқушыларының кәсіби өзін-өзі анықтау, мамандықты саналы түрде таңдау үшін жағдай жасау, мамандықтар әлемі, еңбек жағдайлары, мамандықтың мазмұны туралы түсінік беру, оқушының жеке ерекшеліктерін ескере отырып, мамандық таңдауға жеке көмек көрсету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00370B8B" w:rsidRDefault="00332FE3" w:rsidP="00332FE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00332FE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жыл сайын ОӨК-да қаланың жалпы білім беретін мектептерінің 7-11 сынып оқушылары оқиды. Соңғы 5 жылда контингент жыл сайын 2,5 мыңнан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A0B8C" w:rsidRDefault="002A0B8C" w:rsidP="002A0B8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>астам оқушыны құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C637E" w:rsidRPr="002A0B8C" w:rsidRDefault="006C637E" w:rsidP="002A0B8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00491588" w:rsidRDefault="00B74929" w:rsidP="002A0B8C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...63 lines deleted...]
-      <w:r w:rsidR="00B74929" w:rsidRPr="00B74929">
+      <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B74929">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="25B2B27C" wp14:editId="53760794">
             <wp:extent cx="6162261" cy="2574235"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Диаграмма 1"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
                 <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId10"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491588" w:rsidRDefault="00491588" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="006C637E" w:rsidRDefault="006C637E" w:rsidP="006C637E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="20"/>
-[...13 lines deleted...]
-      </w:r>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00543CC9" w:rsidRDefault="00543CC9" w:rsidP="006C637E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...54 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2007 жылдан бастап </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№1 мамандандырылған б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алабақша-мектеп-интернат кешені</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ-мен әлеуметтендіру мақсатында көпжылдық ынтымақтастығы жалғасты (МИ-1).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00543CC9" w:rsidRPr="00543CC9" w:rsidRDefault="00543CC9" w:rsidP="006C637E">
       <w:pPr>
         <w:pStyle w:val="a6"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:ind w:right="252"/>
+        <w:ind w:right="252" w:firstLine="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Водитель транспортных средств категории В </w:t>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2020-2021 оқу жылы оқу-тәрбие процесі кәсіби бағыттағы 8 бейіндік курс және таңдау бойынша 2 курс бойынша ұйымдастырылды (БҒМ-мен енгізілген)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00543CC9" w:rsidRPr="00543CC9" w:rsidRDefault="00543CC9" w:rsidP="00543CC9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Младшая медсестра-массажист </w:t>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В санатындағы көлік құралдарының жүргізушісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00543CC9" w:rsidP="00543CC9">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кіші</w:t>
+      </w:r>
+      <w:r w:rsidR="00491588" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мед</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бике</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-массаж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шы</w:t>
+      </w:r>
+      <w:r w:rsidR="00491588" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Педагог-психолог </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00543CC9" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Офис-менеджер </w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кеңсе</w:t>
+      </w:r>
+      <w:r w:rsidR="00491588" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-менеджер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00491588" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Графический дизайн</w:t>
+        <w:t>Графи</w:t>
+      </w:r>
+      <w:r w:rsidR="00543CC9">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>калық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дизайн</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00543CC9" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...3 lines deleted...]
-        <w:t>Менеджер по маркетингу</w:t>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Маркетинг жөніндегі м</w:t>
+      </w:r>
+      <w:r w:rsidR="00491588" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енеджер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00543CC9" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Швейное дело </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тігін ісі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00F577F5" w:rsidP="00794083">
+    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00543CC9" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Парикмахер-визажист</w:t>
+        <w:t>Шаштараз</w:t>
+      </w:r>
+      <w:r w:rsidR="00F577F5" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-визажист</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00F577F5" w:rsidP="00794083">
+    <w:p w:rsidR="00543CC9" w:rsidRDefault="00543CC9" w:rsidP="00543CC9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...5 lines deleted...]
-        <w:t>Основы предпринимательства и бизнеса</w:t>
+      <w:r w:rsidRPr="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіпкерлік және бизнес негіздері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00F577F5" w:rsidP="00794083">
+    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00F577F5" w:rsidP="00543CC9">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Графика и проектирование</w:t>
+        <w:t xml:space="preserve">Графика </w:t>
+      </w:r>
+      <w:r w:rsidR="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00543CC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00491588" w:rsidRPr="00AA55B1" w:rsidRDefault="00491588" w:rsidP="00794083">
+    <w:p w:rsidR="00491588" w:rsidRDefault="009840D6" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Все профильные курсы разработаны педагогическим коллективом, имеют рецензии, каждый профильный курс имеет четкую ориентацию на формирование конкретных профессиональных умений. </w:t>
+      <w:r w:rsidRPr="009840D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Барлық бейіндік курстарды педагогикалық ұжым әзірлеген, рецензиялары бар, әрбір бейіндік курстың нақты кәсіби дағдыларды қалыптастыруға арналған нақты бағдары бар. Бейіндік курсты таңдау оқушылардың қызығушылықтары бойынша жүзеге асырылады</w:t>
       </w:r>
       <w:r w:rsidR="00D57C83" w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Выбор профильного курса осуществляется по интересам учащихся:</w:t>
-      </w:r>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0043095C" w:rsidRPr="00AA55B1" w:rsidRDefault="0043095C" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00A15FBA" w:rsidRPr="00A5724C" w:rsidRDefault="00A15FBA" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="10029" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="817"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="710"/>
         <w:gridCol w:w="992"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="708"/>
         <w:gridCol w:w="708"/>
       </w:tblGrid>
       <w:tr w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidTr="003D5313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="003D5313" w:rsidP="009840D6">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:rPr>
                 <w:color w:val="FF0000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="009840D6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу жылы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="709" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="009840D6" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>КҚ жүргізушісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="009840D6" w:rsidP="009840D6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кіші медбике</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t>/мед</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аға</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t xml:space="preserve"> –массаж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="009840D6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
-              <w:t>Учебный год</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
+              <w:t>Компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="009840D6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D55B5B">
+              <w:t xml:space="preserve"> дизай</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="009840D6" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
-            </w:pPr>
-[...40 lines deleted...]
-              <w:t>Офис-менеджер</w:t>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кеңсе</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t>-менеджер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:t>Педагог-психолог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
+          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="009840D6" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r w:rsidRPr="00D55B5B">
-              <w:t xml:space="preserve">Швея </w:t>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тігінші</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:t xml:space="preserve">Журналист </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:t xml:space="preserve">Автослесарь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
+          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="009840D6" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Шаштараз</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t xml:space="preserve">-визажист </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="009840D6" w:rsidP="009840D6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Маркетинг жөніндегі м</w:t>
+            </w:r>
+            <w:r w:rsidR="003D5313" w:rsidRPr="00D55B5B">
+              <w:t xml:space="preserve">енеджер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="009840D6" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="708" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="003D5313" w:rsidRPr="009840D6" w:rsidRDefault="00F1182F" w:rsidP="009840D6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
-              <w:t xml:space="preserve">Парикмахер-визажист </w:t>
-[...10 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Графика </w:t>
+            </w:r>
+            <w:r w:rsidR="009840D6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
             <w:r w:rsidRPr="00D55B5B">
-              <w:t>Менеджер по маркетингу</w:t>
-[...25 lines deleted...]
-              <w:t>Графика и проектирование</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009840D6">
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жобалау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidTr="003D5313">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:t>2016-2017</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -6868,1962 +5308,3342 @@
             <w:tcW w:w="708" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="003D5313" w:rsidRPr="00D55B5B" w:rsidRDefault="003D5313" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00D55B5B">
               <w:t>118</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D33B54" w:rsidRPr="00AA55B1" w:rsidRDefault="0064757E" w:rsidP="00794083">
-[...21 lines deleted...]
-    <w:p w:rsidR="00F577F5" w:rsidRPr="00AA55B1" w:rsidRDefault="00F577F5" w:rsidP="00794083">
+    <w:p w:rsidR="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F9235E" w:rsidRPr="00AA55B1" w:rsidRDefault="00F9235E" w:rsidP="00794083">
+    <w:p w:rsidR="009840D6" w:rsidRDefault="009840D6" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009840D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-ның педагогикалық ұжымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
+      <w:r w:rsidRPr="0043095C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Качественный состав учителей на начало года - из 8 учителей (8 человек) имеют высшее образование, т.е. 100%, имеют высшую квалификационную категорию – 2 учителей, первую категорию – 1 учитель, вторую категорию– 0 учителей, без категории – 1 учитель, педагог-исследователь -4 учитель. </w:t>
+        <w:t>2020-2021 оқу жылы оқу-тәрбие процесін педагогикалық ұжым жүзеге асырды: 8 мұғалім, 5 өндірістік оқытудың шебері, 1 кітапханашы, 1 психолог-кәсіби кеңесші.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9235E" w:rsidRPr="00AA55B1" w:rsidRDefault="00F9235E" w:rsidP="00794083">
+    <w:p w:rsidR="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жыл басындағы мұғалімдердің сапалық құрамы-8 мұғалімнің (8 адам) жоғары білімі бар, яғни 100%, жоғары біліктілік санатты – 2 мұғалім, бірінші санатты – 1 мұғалім, екінші санатты – 0 мұғалім, санаты жоқ – 1 мұғалім, педагог-зерттеуші-4 мұғалім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F9235E" w:rsidRPr="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA55B1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0043095C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Доля педагогов, имеющих квалификационную категорию "педагог-исследователь " от общего количества педагогов:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтардың жалпы санынан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> біліктілік санаты бар педагогтардың үлесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9235E" w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F9235E" w:rsidRPr="00AA55B1" w:rsidRDefault="00F9235E" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2019-2020 уч.год – 8%   (1 из 12)</w:t>
+        <w:t xml:space="preserve">2019-2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 8% (1</w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-ден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F9235E" w:rsidRPr="00AA55B1" w:rsidRDefault="00F9235E" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AA55B1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>2020-2021 уч.год – 40% (4 из 10)</w:t>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу жылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 40% (</w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-нан </w:t>
+      </w:r>
+      <w:r w:rsidR="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E50D95" w:rsidRPr="00AA55B1" w:rsidRDefault="00E50D95" w:rsidP="00794083">
-[...31 lines deleted...]
-    <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+    <w:p w:rsidR="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осылайша, педагог қызметкерлердің тұрақты құрамы, жеткілікті сапалы құрам, курстарда 100% жоспарлы түрде біліктілігін арттырады. Мұғалімдердің барлығы кәсіптік (техникалық, медициналық және т.б.) білімі, практикалық білімі және жұмыс тәжірибесі бар мамандар және олардың 78%-ының педагогикалық білімі бар. Әдістемелік кеңес құрылып жұмыс істейді. Мұғалімнің біліктілігі мен кәсіби шеберлігін арттыру жүйесі бар. Семинар-практикумдар, шеберлік сыныптары, семинар-тренингтер, дөңгелек үстелдер өткізіледі. Жоспар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0043095C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімдер біліктілік санатын арттырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0043095C" w:rsidRDefault="0043095C" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E05F48" w:rsidRDefault="00E05F48" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-6"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA55B1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B633AC" w:rsidRPr="0043095C" w:rsidRDefault="00EC54F6" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Ресурсное обеспечение учебно-воспитательного процесса.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC54F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесін ресурстық қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="9753" w:type="dxa"/>
         <w:tblInd w:w="-6" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9753"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidTr="00B633AC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00EC54F6" w:rsidP="00794083">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...7 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+            <w:r w:rsidRPr="00EC54F6">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие процесі 10 оқу кабинетінде жүзеге асырылады</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00EC54F6" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...7 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Авто</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ісі</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейіні</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 2 </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, 30 планшет</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (15  кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ке</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>), интер</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> панель</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="001E1C08">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>профиль «Медицина» - 1 учебный кабинет, оснащен 15 планшетов, 15 тонометров, глейкометров, робот для реанимации – 2шт, симуляторы инъекций, ран, шины, интерактивная панель;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+              <w:t>«Медицина»</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейіні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 15 </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>планшет</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, 15 тонометр, глейкометр, </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C" w:rsidRPr="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реанимацияға арналған робот </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>– 2</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дана</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>инъекциялық тренажерлар, жаралар, шиналар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>интер</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:r w:rsidR="004A0E1C" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> панель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="001E1C08">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>профиль «Графический дизайн»-1 кабинет (компьютерный класс), оснащен 20 компьютерами (на 20 учащихся в группе), интерактивной панелью, оргтехникой;</w:t>
+              <w:t>«Графи</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дизайн»</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейіні </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-1 кабинет (компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>), 20 компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>топтағы 20 оқушыға</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>), интербелсенді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> панель</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, оргтехник</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>асымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>профиль «Педагог-психолог» - 1 учебный кабинет (компьютерный класс – 15 компьютеров), интерактивная доска;</w:t>
+              <w:t xml:space="preserve">«Педагог-психолог» </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейіні</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 15 компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>), интер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>белсенді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тақта</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>профиль «Основы предпринимательства и бизнеса» – 1 учебный кабинет, оснащен интерактивной панелью, 16 ноутбуками;</w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіпкерлік және бизнес негіздері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бейіні </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">– 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, интербелсенді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> панель</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, 16 ноутбук</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>профиль «Менеджер по маркетингу» - 1 учебный кабинет, осмнащен проектором, компьютером;</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>аркетинг</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жөніндегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енеджер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» - 1 </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинет</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>проектор</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="001E1C08">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Бьюти-студия – 2учебных кабинета – профиль Швейное дело и Парикмахер-визажист, оснащены швейными машинами, телевизором, компьютером, проектором, ноутбуком, специализированным оборудованием; </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+              <w:t>Бьюти-студия</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кабинеті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тігін ісі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және Шаштараз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-визажист</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бейіні</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тігін машиналарымен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, теле</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дидармен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, компьютер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, проектор</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, ноутбук</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пен арнайы жабдықпен жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="001E1C08">
             <w:pPr>
               <w:pStyle w:val="a8"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="20"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>VR-класс, оборудован автотренажерами – 3шт, VR-очками с компьютерами – 10.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+              <w:t>VR-</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сыныбы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көлік </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тренажер</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лармен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дана</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08" w:rsidRPr="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>VR көзілдірігі бар компьютерлермен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 10</w:t>
+            </w:r>
+            <w:r w:rsidR="001E1C08">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жабдықталған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BF7CB1" w:rsidRDefault="00BF7CB1" w:rsidP="00794083">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...7 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+            <w:r w:rsidRPr="00BF7CB1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОӨК бойынша компьютерлік техниканың жиыны: интербелсенді тақталар-2, интербелсенді панельдер-4, интербелсенді модуль – 1, Тач – 1, LED панель – 1, Ноутбуктер – 20, планшеттер – 46, компьютерлер – 61 дана, оның ішінде 2020 ж. жаңа сатып алынған 30 компьютер </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00BF7CB1" w:rsidP="00794083">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00AA55B1">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапхана залы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 (</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA55B1">
-[...7 lines deleted...]
-          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="00B633AC" w:rsidP="00794083">
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 103 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ш</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.м.) 45 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орынға арналған</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапхана қоры</w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 4378, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оның ішінде мемлекеттік тілде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B633AC" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 237. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B633AC" w:rsidRPr="00AA55B1" w:rsidRDefault="0007610C" w:rsidP="0007610C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="318"/>
                 <w:tab w:val="left" w:pos="459"/>
               </w:tabs>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...4 lines deleted...]
-              <w:t>Ресурсное обеспечение в части учебно-методического направления состоит в основе из нормативной документации, разработанной на уровне УПК, принятой педагогическим советом, регламентирующих деятельность учебно-производственных комбинатов документов на уровне государства нет, за исключением параграфа 5 в приказе МОН №595 от 30.10.2018г.( Типовые правила деятельности учебно-производственных комбинатов).  Методическое обеспечение профильных курсов (учебники, учебно-методические пособия для учителей) отсутствуют, книжный фонд не отражает  направления работы УПК, в основном художественная литература.</w:t>
+            <w:r w:rsidRPr="0007610C">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Оқу-әдістемелік бағыт бөлігінде ресурстық қамтамасыз ету БҒМ 2018 жылғы 30 қазандағы  №595 бұйрығының 5-параграфын қоспағанда, педагогикалық кеңес қабылдаған, оқу-өндірістік комбинаттардың қызметін реттейтін ОӨК деңгейінде әзірленген нормативтік құжаттамадан тұрады (оқу-өндірістік комбинаттар қызметінің үлгілік қағидалары). Бейіндік курстарды әдістемелік қамтамасыз ету (оқулықтар, мұғалімдерге арналған оқу-әдістемелік құралдар) жоқ, кітап қоры ОӨК жұмысының бағытын көрсетпейді, негізінен көркем әдебиеттен тұрады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
+    <w:p w:rsidR="00E05F48" w:rsidRDefault="00E05F48" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00794083">
+    <w:p w:rsidR="000D44ED" w:rsidRPr="0007610C" w:rsidRDefault="0007610C" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-6"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AA55B1">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>Социальное партнерство</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік әріптестік</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-6" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9576"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidTr="000D44ED">
+      <w:tr w:rsidR="000D44ED" w:rsidRPr="001062E3" w:rsidTr="000D44ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00794083">
+          <w:p w:rsidR="004A6B06" w:rsidRDefault="00E05F48" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...11 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E05F48">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жалпы білім беретін мектептермен ынтымақтастық жүйелі өзара іс-қимылда жалғастырылды. Директорлар деңгейінде-ынтымақтастық туралы шарттар жасалады, оқу қорытындыларымен жарты жылда бір рет хаттар жіберіледі; директордың орынбасарлары деңгейінде - барлық ұйымдастыру және үйлестіру жұмыстары, сабаққа қатысу және үлгерім, алдын ала </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E05F48">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">сотрудничестве, отправляются письма раз в полугодие с итогами обучения; на уровне заместителей директора - вся организационная и координирующая работа, посещаемость и успеваемость, письма с предварительными итогами, письма по учащимся, имеющим большое количество пропусков; на уровне учителей – работа по каждому учащемуся в группе,  создание чатов с  классными руководителями, учащимися, посещение родительских собраний в школах. Вместе с тем, со стороны школ контроль за посещаемостью учащимися упк часто носит формальный характер, в основном это реакция на итоги в конце полугодия. года, которые отправляются в школы. </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00794083">
+              <w:t>қорытындылары бар хаттар, сабаққа көп қатыспаған оқушылар туралы хаттар; мұғалімдер деңгейінде-топтағы әрбір оқушы бойынша жұмыс, сынып жетекшілерімен, оқушылармен чаттар құру, мектептердегі ата-аналар жиналысына қатысу.</w:t>
+            </w:r>
+            <w:r w:rsidR="004A6B06">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004A6B06" w:rsidRPr="004A6B06">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сонымен қатар, мектептер тарапынан оқушылардың ОӨК-дағы сабақтарына қатысуын бақылау көбінесе формальды сипатқа ие, бұл негізінен мектептерге жартыжылдықтың, жылдың соңында жолданатын нәтижелерге реакция. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000D44ED" w:rsidRDefault="004A6B06" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...7 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004A6B06">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-да қаланың оқу орындарымен, ұйымдармен кәсіби бағдар беру мәселелерінде ынтымақтастық тәжірибесі бар. Қаланың 25 колледжімен келісімшарттар жасалды, мамандық өкілдерімен кездесулер мен экскурсиялар ұйымдастыру үшін қаланың ұйымдары мен кәсіпорындарына хаттар жолдау. Жыл сайын әлеуметтік ынтымақтастық аясын кеңейтеді, өткен оқу жылы -21 ұйым мен кәсіпорын.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009573DB" w:rsidRDefault="009573DB" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="009573DB" w:rsidRPr="004A6B06" w:rsidRDefault="009573DB" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
+    <w:p w:rsidR="00B74929" w:rsidRPr="004A6B06" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00794083">
+    <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="004A6B06" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AA55B1">
+      <w:r w:rsidRPr="004A6B06">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Информатизация учебно-воспитательного процесса.</w:t>
+        <w:t>Оқу-тәрбие процесін ақпараттандыру</w:t>
+      </w:r>
+      <w:r w:rsidR="000D44ED" w:rsidRPr="00AA55B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-6" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9576"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidTr="008A135B">
+      <w:tr w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidTr="00C84F52">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9895" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00655E87">
+          <w:p w:rsidR="006C61A9" w:rsidRDefault="006C61A9" w:rsidP="00655E87">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...7 lines deleted...]
-          <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000D44ED" w:rsidP="00655E87">
+            <w:r w:rsidRPr="006C61A9">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-ның барлық 10 оқу кабинеті, қызметкерлер кабинеттері кең жолақты интернетке қосылған. АКТ және цифрлық білім беру ресурстарын міндетті түрде қолдана отырып, бейіндік курстар санының бейіндік курстардың жалпы санына арақатынасы 75% құрайды. АКТ-ын оқушыларды оқыту барысында қолданылатын мұғалімдер саны-100%.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000D44ED" w:rsidRPr="00AA55B1" w:rsidRDefault="000A4BCC" w:rsidP="001B1047">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AA55B1">
-[...29 lines deleted...]
-            <w:r w:rsidRPr="00AA55B1">
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОТП цифрландыру: оқушылардың деректер базасы, Фаворит жүйесі, ҰБДҚ, ОӨК-ның сайты, Instagram, әлеуметтік желілер, фойедегі сенсорлық кесте, enbek.kz электрондық еңбек биржасы, өтініштерінің E-Otinish электрондық жүйесі, ОӨК педагог қызметкерлерінің Е-портфолиосы. БАҚ-та ОӨК-ның сайтында, ОӨК-ның Instagram-да, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Proforientir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іс-шараларды жариялау белсенділігі (2019-20 оқу жылымен салыстырғанда) артып келеді.</w:t>
+            </w:r>
+            <w:r w:rsidR="000D44ED" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ОӨК-ның сайтындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «Кәсіптік бағдар беру сөздігі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ПрофГид</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айдарында ай сайын өзін-өзі кәсіби анықтау бойынша материал орналастырылады.</w:t>
+            </w:r>
+            <w:r w:rsidR="000D44ED" w:rsidRPr="00AA55B1">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Сайтта кәсіби мерекелер туралы, ай</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лар бойынша ақпарат түзетілді. «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мамандық таңдау бойынша психологтың ұсыныстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айдарына материал қосылды.  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жаңа мамандықтар атласы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жаңа айдары қосылды, мұнда республикалық Атлас бойы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нша материалдар орналастырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000A4BCC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA55B1">
-[...44 lines deleted...]
-            <w:r w:rsidR="00A15FBA" w:rsidRPr="00AA55B1">
+            <w:r w:rsidR="000D44ED" w:rsidRPr="00AA55B1">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA55B1">
-[...105 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidR="001B1047" w:rsidRPr="001B1047">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кәсіби білім беру мақсатында интербелсенді алаң шеңберінде оқушыларға арналған кәсіптік бағдар беру материалдары жарияланған ОӨК сайтының, ОӨК-ның Instagram парақшасының, кітапхананың, </w:t>
+            </w:r>
+            <w:r w:rsidR="001B1047">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA55B1">
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> публиковался профориентационный материал для учащихся. </w:t>
+            <w:r w:rsidR="001B1047" w:rsidRPr="001B1047">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Proforientir</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1047">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="001B1047" w:rsidRPr="001B1047">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, психологтар мен кітапханашының Google  сыныптарының электрондық ресурстары пайдаланылды.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w:rsidR="009573DB" w:rsidRDefault="009573DB" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009573DB" w:rsidRDefault="009573DB" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE12AE" w:rsidRDefault="00BE12AE" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE12AE" w:rsidRDefault="00BE12AE" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BE12AE" w:rsidRDefault="00BE12AE" w:rsidP="00794083">
+    <w:p w:rsidR="009573DB" w:rsidRPr="001B1047" w:rsidRDefault="009573DB" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F577F5" w:rsidRDefault="008347A1" w:rsidP="00794083">
+    <w:p w:rsidR="00F577F5" w:rsidRDefault="00E42FB5" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00726BE6">
+      <w:r w:rsidRPr="00677161">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-ның ішкі даму факторларын талдау және сыртқы ортаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00655E87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>SWOT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00726BE6">
+      <w:r w:rsidRPr="00677161">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – анализ внутренних факторов развития УПК и анализ внешней среды</w:t>
+        <w:t xml:space="preserve"> талдау</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4785"/>
         <w:gridCol w:w="4785"/>
       </w:tblGrid>
       <w:tr w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidTr="00206DE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00206DE3" w:rsidP="00794083">
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00E42FB5" w:rsidP="00794083">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008347A1">
+            <w:r w:rsidRPr="00E42FB5">
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Сильные стороны:</w:t>
+              <w:t>Күшті жақтары</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="008347A1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00206DE3" w:rsidP="00794083">
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00E42FB5" w:rsidP="00794083">
             <w:pPr>
               <w:ind w:left="426"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008347A1">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            </w:r>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әлсіз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жақтары</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="008347A1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00206DE3" w:rsidRPr="001062E3" w:rsidTr="00206DE3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00E42FB5" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– Қала мектептерімен ұзақ мерзімді тұрақты ынтымақтастық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42FB5" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Педагог қызметкерлердің тұрақты құрамы, жеткілікті сапалы құрам, курстарда 100% жоспарлы түрде біліктілігін арттырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>– Мұғалім – оқушылар үшін ақпарат пен өмір тәжірибесінің сауатты көзі, кәсіби (техникалық, медициналық және т.б.) білімі бар, практикалық білімі мен жұмыс тәжірибесі бар маман.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Бейіндік курстардың бағдарламаларын ОӨК-ның педагогтары құрастырды, мерзімді түрде жаңартылып отырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42FB5" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Кадрлық және материалдық ресурстардың бір мекемеде (ОӨК) шоғырлануы мектептерге бейін алдындағы даярлық пен бейіндік оқытуды жүзеге асыруға жұмсалатын қаржылық шығындарды үнемдеуге мүмкіндік береді</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42FB5" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Кәсіби бағдар беру бойынша педагогикалық ұжымның көп жылдық тәжірибесі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E42FB5" w:rsidRPr="00E42FB5" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Қаланың оқу орындарымен, ұйымдармен кәсіби бағдар беру мәселелерінде ынтымақтастық тәжірибесі бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00E42FB5" w:rsidP="00E42FB5">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42FB5">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Орналасқан жері-қала орталығы, жақсы көлік айырбасы қаланың кез-келген ауданынан еркін қол жетімділікті қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00894B17" w:rsidRDefault="00894B17" w:rsidP="00894B17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00894B17">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Қала мектептерімен келісім-шарт бойынша тапсыратын 7-9-сынып оқушыларының санын қысқарту тенденциясы, бұл орта техникалық білім алуды жоспарлаған оқушылардың негізгі контингентін саналы түрде мамандық таңдау мәселелерінде «шамадан тыс» қалдырады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="001157C8" w:rsidRDefault="00894B17" w:rsidP="00894B17">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001157C8" w:rsidRPr="001157C8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіптік бағдар беру мәселелерінде қала мектептерінің психологтарымен өзара байланыстың болмауы (оқушылар кәсіптік өзін-өзі анықтаудың алдыңғы сатыларынан өтті ме, қандай деңгейде, балалардың жеке ерекшеліктері, олардың қабілеттері мен бейімділігі).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="001157C8" w:rsidRDefault="001157C8" w:rsidP="001157C8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001157C8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қазақстанның оқу-өндірістік комбинаттары бойынша нормативтік-реттеуші құжаттаманың болмауы</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="001157C8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001157C8" w:rsidRDefault="001157C8" w:rsidP="001157C8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001157C8">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Сағатты қысқарту (оқу жоспары бойынша 1 сағатқа дейін немесе элективті курстар, таңдау курстар сағаттарының толық болмауы), аптасына 1 рет бару әр оқушыға жеке көзқарас мүмкіндігін азайтады.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="001157C8" w:rsidRDefault="001157C8" w:rsidP="001157C8">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00974480" w:rsidRPr="00974480">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Соңғы жылдары республикада мектепаралық оқу комбинаттарының саны айтарлықтай қысқарды, бұл ОӨК "бір-бірден" қалдырды, тәжірибе алмасуға мүмкіндік жоқ.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="001157C8" w:rsidRDefault="00206DE3" w:rsidP="00794083">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidTr="00206DE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00206DE3" w:rsidP="00794083">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="009D4597" w:rsidP="00794083">
+            <w:pPr>
               <w:ind w:left="426"/>
-              <w:jc w:val="both"/>
-[...19 lines deleted...]
-              </w:numPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Тәуекелдер</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="008347A1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4785" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="009D4597" w:rsidP="00794083">
+            <w:pPr>
               <w:ind w:left="426"/>
-              <w:jc w:val="both"/>
-[...274 lines deleted...]
-            </w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мүмкіндіктер</w:t>
+            </w:r>
+            <w:r w:rsidR="00206DE3" w:rsidRPr="008347A1">
+              <w:rPr>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidTr="00206DE3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00206DE3" w:rsidP="00794083">
-[...17 lines deleted...]
-              <w:t>Риски:</w:t>
+          <w:p w:rsidR="009D4597" w:rsidRPr="009D4597" w:rsidRDefault="009D4597" w:rsidP="009D4597">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Жыл сайын контингентті қалыптастыру, мектептердің ынтымақтастық туралы шешіміне тәуелділік.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="009D4597" w:rsidP="009D4597">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-БҒМ деңгейіндегі өзгерістер республиканың оқу-өндірістік комбинаттарының ерекшелігін ескермейді.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00206DE3" w:rsidRPr="008347A1" w:rsidRDefault="00206DE3" w:rsidP="00794083">
-[...34 lines deleted...]
-              <w:ind w:left="426"/>
+          <w:p w:rsidR="009D4597" w:rsidRPr="009D4597" w:rsidRDefault="009D4597" w:rsidP="009D4597">
+            <w:pPr>
+              <w:pStyle w:val="56"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="193" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008347A1">
-[...14 lines deleted...]
-              <w:ind w:left="426"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның жастар саясатын іске асыру, кәсіби бағдар беру саласында әлеуеті бар.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="009D4597" w:rsidRPr="009D4597" w:rsidRDefault="009D4597" w:rsidP="009D4597">
+            <w:pPr>
+              <w:pStyle w:val="56"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:right="193" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008347A1">
-[...29 lines deleted...]
-              <w:ind w:left="460" w:right="193"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушыларға кәсіптік бағдар беру мәселелерінде оқу орындарымен, ұйымдармен әлеуметтік әріптестікті кеңейтуге ашықтық.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00206DE3" w:rsidRPr="009D4597" w:rsidRDefault="009D4597" w:rsidP="009D4597">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008347A1">
-[...49 lines deleted...]
-              <w:t>Участие в социальных проектах по вопросам профессиональной ориентации</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D4597">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби бағдар беру мәселелері бойынша әлеуметтік жобаларға қатысу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008347A1" w:rsidRDefault="008347A1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001907B4" w:rsidRDefault="001907B4" w:rsidP="00794083">
+    <w:p w:rsidR="00732372" w:rsidRDefault="00732372" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA41CB">
+    </w:p>
+    <w:p w:rsidR="00AD0B0D" w:rsidRDefault="001907B4" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidR="00363980" w:rsidRPr="00BA41CB">
+      </w:pPr>
+      <w:r w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Программы развития УПК</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00746B6F">
+        <w:t xml:space="preserve">ΙΙ. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0B0D" w:rsidRPr="00AD0B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t>Тұжырымдама бөлімі</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0B0D" w:rsidRPr="00AD0B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК дамыту бағдарламасының теориялық негіздемесі.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00443DE1" w:rsidRDefault="00D57C83" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443DE1" w:rsidRPr="00B74929" w:rsidRDefault="00443DE1" w:rsidP="00794083">
+    <w:p w:rsidR="00AD0B0D" w:rsidRDefault="00443DE1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Тезис 1. Конечная цель профориентационной работы – это человек, способный к самостоятельному, свободному и ответственному выбору. Выбор профессии, образования, повышения квалификации, должности, карьерной позиции в современном мире совершается неоднократно. Подготовка к такому выбору – серьёзная образовательная задача и в то же время длительный, непрерывный процесс. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+        <w:t xml:space="preserve">Тезис 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0B0D" w:rsidRPr="00AD0B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіптік бағдар беру жұмысының түпкі мақсаты-өз бетінше, еркін және жауапты таңдау жасай алатын адам. Қазіргі әлемде мамандықты, білім беруді, біліктілікті арттыруды, лауазымды, мансаптық позицияны таңдау бірнеше рет жасалады. Мұндай таңдауға дайындық-бұл маңызды білім беру міндеті және сонымен бірге ұзақ, үздіксіз процесс. Осылайша, кәсіптік бағдар беру бүгінде ерте (мектепке дейінгі егде) жастан бастап зейнетке шығуға дейін адамның кәсіби өзін-өзі анықтауын үздіксіз сүйемелдеу түріне ие болады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>, начиная с раннего (старшего дошкольного) возраста и заканчивая выходом на пенсию. А значит, привычные разовые, "мероприятийные" форматы организации профориентационной работы – "дни профессий", "дни открытых дверей", соревнования, фестивали, ярмарки – должны уйти в прошлое. От мероприятий необходимо продвигаться к продолжительным, преемственным программам сопровождения профессионального самоопределения детей, молодёжи, взрослого населения.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0B0D" w:rsidRPr="00AD0B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сонымен, кәсіптік бағдар беру жұмысын ұйымдастырудың әдеттегі бір реттік, "іс – шаралар" форматтары – "мамандықтар күндері", "ашық есік күндері", байқаулар, фестивальдар, жәрмеңкелер-өткенге айналуы керек. Балалардың, жастардың және ересек тұрғындардың кәсіби өзін-өзі анықтауын қолдау үшін іс-шаралардан ұзақ мерзімді, дәйекті бағдарламаларға көшу қажет.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443DE1" w:rsidRPr="00B74929" w:rsidRDefault="00443DE1" w:rsidP="00794083">
+    <w:p w:rsidR="00443DE1" w:rsidRPr="002426F9" w:rsidRDefault="00443DE1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD0B0D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB59EC" w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тезис 2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95C2F" w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі әлемде адамның кәсіби таңдауы осы таңдаудың нәтижелеріне мүдделі барлық субъектілер арасындағы әлеуметтік келісімнің мәні болып табылады. Келісімнің негізгі қатысушылары мектеп оқушыларымен кәсіптік бағдар беру жұмысының үш басты игілігі болып табылады: біріншіден, жұмыс берушілер, екіншіден, мектеп оқушыларының өздері және үшіншіден, олардың ата-аналары.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB59EC" w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95C2F" w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОӨК және мектеп бұл процесте түпкілікті тапсырыс берушілердің мүдделерін білдіретін "білікті делдалдар" немесе провайдерлер рөлін атқарады. Олардың міндеті – "жұмыс беруші – оқушы-ата-ана" өзара іс-қимылын кәсіби бағдар беру мән мәтінінде ұйымдастыру.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB59EC" w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95C2F" w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осылайша, заманауи кәсіптік бағдар беру мектеп, жұмыспен қамту қызметі, кәсіптік консультант кабинеті шеңберінен шығып, кәсіптік бағдар беру желісінің формасына ие бола отырып, желілік үдеріске айналады. Мұндай жұмыстың құралы енді өзін-өзі анықтауға арналған кәсіптік бағдар беру бағдарламалары емес, желілік бағдарламалар болуы керек.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95C2F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002426F9" w:rsidRPr="002426F9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...11 lines deleted...]
-        <w:t>. Инструментом такой работы должны стать уже не просто программы профориентационного сопровождения самоопределения, а сетевые программы. Участниками сетей, реализующих такие программы, могут быть разные типы образовательных организаций: школы, организации дополнительного образования детей, колледжи, вузы, работодатели (представленные, как правило, учебными подразделениями и кадровыми службами), а также специализированные организации, оказывающие профориентационные услуги.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұндай бағдарламаларды іске асыратын желілердің қатысушылары әртүрлі типтегі білім беру ұйымдары болуы мүмкін: мектептер, балаларға арналған қосымша білім беру ұйымдары, колледждер, университеттер, жұмыс берушілер (әдетте білім беру бөлімдері мен кадр қызметтерімен ұсынылған), сондай-ақ кәсіптік бағдар беру қызметтерін ұсынатын мамандандырылған ұйымдар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00443DE1" w:rsidRPr="00B74929" w:rsidRDefault="00443DE1" w:rsidP="00794083">
+    <w:p w:rsidR="00074F56" w:rsidRDefault="00443DE1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE43AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тезис 3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00732372" w:rsidRPr="00BE43AC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазіргі кәсіптік бағдарды дамытудағы негізгі бағыты – «кабинеттік-диагностикалық» - мектеп оқушыларымен жұмыстың тәжірибеге бағытталған форматтарына дейін. «Өзін-өзі анықтауға оқыту + кәсіби ақпарат + кәсіби таңдауды тәжірибеге бағытталған қолдау» формуласымен көрсетілген мектеп оқушыларымен жүйелі кәсіптік бағдар беру жұмысының үлгісі.</w:t>
+      </w:r>
+      <w:r w:rsidR="00732372">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00732372" w:rsidRPr="00732372">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Егер осы модельдің барлық үш элементі сәтті жүзеге асырылса, онда </w:t>
+      </w:r>
+      <w:r w:rsidR="00732372" w:rsidRPr="00732372">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>модели успешно реализованы, то </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+        <w:t xml:space="preserve">кәсіптік кеңес беру медициналық қызметтерге ұқсас «қосымша нұсқалар» санатына ауысады: ол тек базалық үлгіден өткеннен кейін кәсіптік білім беру </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00074F56" w:rsidRDefault="00074F56" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00465E00" w:rsidRDefault="00732372" w:rsidP="00074F56">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB59EC" w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00732372">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">туралы шешім қабылдай алмаған оқушыларға қажет. </w:t>
+      </w:r>
+      <w:r w:rsidR="00465E00" w:rsidRPr="00465E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық үш компонент маңызды рөл атқарады, бірақ мектеп оқушысымен кәсіптік бағдар беру жұмысының практикалық-бағдарланған кезеңі әлі де шешуші мәнге ие, бұл нақты кәсіби ортаға, нақты кәсіби іс-әрекетке ену тәжірибесін қалыптастыруды қамтамасыз етеді, бұл ОӨК-ның негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00465E00" w:rsidRPr="00465E00" w:rsidRDefault="00AB59EC" w:rsidP="00465E00">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00AB59EC" w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00465E00" w:rsidRPr="00465E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылармен заманауи тәжірибеге бағытталған форматтар кешені өте кең</w:t>
+      </w:r>
+      <w:r w:rsidR="00443DE1" w:rsidRPr="00465E00">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>Комплекс современных практикоориентированных форматов со школьниками достаточно широк. Он включает в себя: организацию профориентационных практических и исследовательских проектов; конкурсы профессионального мастерства для школьников; интерактивные профориентационные экскурсии или экспедиции; ученические фирмы и бизнес-инкубаторы; программы предпрофессионального и профессионального обучения школьников; профессиональные пробы.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00465E00" w:rsidRPr="00BE43AC" w:rsidRDefault="00465E00" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="110" w:right="102" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оған мыналар кіреді: кәсіптік бағдар берудің практикалық және ғылыми жобаларын ұйымдастыру; мектеп оқушыларына арналған кәсіби шеберлік байқаулары; кәсіби бағдар беру бойынша интербелсенді экскурсиялар немесе экспедициялар; оқушылар фирмалары мен бизнес-инкубаторлар; мектеп оқушыларын кәсіпке дейінгі және кәсіптік оқыту бағдарламалары; кәсіби сынақтар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:left="110" w:right="102" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Организационно-педагогическое</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>сопровождение</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:szCs w:val="28"/>
@@ -9006,63 +8826,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>личностно-общественного,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00794083" w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>медицинского</w:t>
       </w:r>
       <w:r w:rsidR="00794083">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...11 lines deleted...]
-        <w:t>психолого-педагогического</w:t>
+        <w:t>, психолого-педагогического</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="110" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Образовательно-развивающий</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
@@ -9381,15805 +9189,11285 @@
           <w:spacing w:val="11"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>процессе</w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:spacing w:val="6"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>обучения.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA55B1" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00E05BC1" w:rsidRDefault="00E05BC1" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="110" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74929">
-[...263 lines deleted...]
-        <w:t>личность.</w:t>
+      <w:r w:rsidRPr="00E05BC1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тұлғалық-әлеуметтік аспект білім алушылардың кәсіби өзін-өзі анықтауында жеке және қоғамдық мүдделерді жүзеге асыру міндетін қояды. Бұл ретте еркін, саналы ұйымдасқан, бәсекеге қабілетті тұлғаны қалыптастыра отырып, жеке тұлғаның мүддесі мен аймақ экономикасы арасында келісімге келу өте маңызды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00E05BC1" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:ind w:left="110" w:right="103" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74929">
-[...55 lines deleted...]
-        <w:t>самоопределения:</w:t>
+      <w:r w:rsidRPr="00E05BC1">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіби өзін-өзі анықтауды қолдаудың нақты принциптері</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12B45" w:rsidRPr="00B74929">
+        <w:rPr>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
-[...656 lines deleted...]
-    <w:p w:rsidR="00794083" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00993C22" w:rsidRDefault="00993C22" w:rsidP="00993C22">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...542 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00993C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Еңбек нарығы жағдайындағы кадр саясатына сәйкес тұлғаның даму болашағы мен болжамын есепке алу </w:t>
+      </w:r>
+      <w:r w:rsidR="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Бұл қағидатты жүзеге асыру өңірлік және салалық экономикалық және әлеуметтік болжамның ұзақ мерзімді жоспарларын ескере отырып, жеке тұлғаның бейімділіктері мен қабілеттерін анықтау мен дамытуды қамтамасыз ететін жұмыстың ұзақ мерзімді әдістері мен нысандарын пайдалануға негізделген, облыстың кадр саясаты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00993C22" w:rsidRDefault="00993C22" w:rsidP="00993C22">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="785"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...553 lines deleted...]
-        <w:t>местных исполнительных органов.</w:t>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00993C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Саналылық және жеке адам мен қоғамның қажеттіліктерін сақтау принципі. Өңірдің білікті кадрларға деген қажеттілігін ескере отырып, оқущыдардың жеке қажеттіліктерін, қызығушылықтары мен қабілеттерін жүзеге асыру мүмкіндігіне бағдар беру (мамандық </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00993C22">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>таңдаудың жеке және әлеуметтік аспектілерінің арақатынасы).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00993C22" w:rsidRPr="00074F56" w:rsidRDefault="00993C22" w:rsidP="00993C22">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="785"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="103"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00074F56" w:rsidRPr="00074F56" w:rsidRDefault="00074F56" w:rsidP="00074F56">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="785"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="103"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BE43AC" w:rsidRDefault="00BE43AC" w:rsidP="00BE43AC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...719 lines deleted...]
-        <w:t>самоопределения.</w:t>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Кәсіби өзін-өзі анықтауды қолдау жүйелерінің қызметіне барлық мүдделі тараптардың белсенді қатысуын талап ететін ашықтық және әлеуметтік әріптестік қағидаты: білім алушылар мен олардың ата-аналары, барлық типтегі және деңгейдегі білім беру ұйымдары, жұмыс берушілер, қоғамдық ұйымдардың өкілдері, бұқаралық ақпарат құралдары, жергілікті атқарушы органдар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00BE43AC" w:rsidP="00BE43AC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...430 lines deleted...]
-        <w:t>потребностей.</w:t>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Әлеуметтік-кәсіптік өзін-өзі анықтаудың еркіндігі мен тәуелсіздігі қағидасы білім алушылардың қажеттіліктерін, қызығушылықтарын, бейімділіктерін, мүмкіндіктері мен қабілеттерін алдын ала анықтағаннан кейін тиісті мамандықтары немесе оқыту бағыттары ұсынылуы тиіс. Сонымен бірге білім алушылардың түпкілікті таңдау құқығы олардың өзін-өзі талдауы және кәсіптік өзін-өзі анықтаудың алған құзыреттері негізінде қалады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00BE43AC" w:rsidRDefault="00BE43AC" w:rsidP="00BE43AC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="840"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...447 lines deleted...]
-        <w:t>работодателей.</w:t>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тұлғаны дамыту </w:t>
+      </w:r>
+      <w:r w:rsidR="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Білім алушылардың біліктілігін арттыруға, мансаптық өсуге, жалақының өсуіне, сонымен қатар мәдени, әлеуметтік және рухани қажеттіліктерін қанағаттандыру мүмкіндігіне ықпал ететін мамандық таңдауға бағыттау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="00BE43AC" w:rsidRDefault="00BE43AC" w:rsidP="00BE43AC">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="957"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...804 lines deleted...]
-        <w:t>пути.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">әжірибеге бағытталған кәсіби өзін-өзі анықтау </w:t>
+      </w:r>
+      <w:r w:rsidR="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қағидаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE43AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.  Осы қағидаттың міндеті білім алушыларға кәсіптік сынамаларды жүзеге асыру үшін жағдайлар жасау, сондай-ақ тағылымдамалар, тәлімгерлік және жұмыс берушілерді корпоративтік кәсіптік бағдар берудің басқа да заманауи әдістері арқылы білім алушыларды белгілі бір мамандықтағы "күш сынамаларына" белсенді қосу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="00D12B45" w:rsidP="00794083">
+    <w:p w:rsidR="004817BD" w:rsidRDefault="004817BD" w:rsidP="004817BD">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="797"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:right="103" w:hanging="578"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00794083">
-[...702 lines deleted...]
-        <w:t>родителей.</w:t>
+      <w:r w:rsidRPr="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылардың кәсіби өзін-өзі анықтауын қолдауда қатысушылардың іс-әрекеттерінің өзара байланысы және орталықтандырылған үйлестіру қағидаты. Әртүрлі әлеуметтік институттар (отбасы, мекемелер мен ұйымдар, кәсіптік өзін-өзі анықтауды қолдау жөніндегі жұмыс жүйесіне кіретін жұмыс берушілер) жүзеге асыратын әрекеттер мен іс-әрекеттердің мақсаттылығы мен өзара тәуелділігі тұлғаның, қоғамның және мемлекеттің мүдделерін өзінің кәсіби жолын жеке тұлға ретінде анықтаған кезде келісуге мүмкіндік береді. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D12B45" w:rsidRPr="00B74929" w:rsidRDefault="00D12B45" w:rsidP="00794083">
-[...2 lines deleted...]
-        <w:ind w:left="110" w:right="103" w:firstLine="709"/>
+    <w:p w:rsidR="00D12B45" w:rsidRPr="00794083" w:rsidRDefault="004817BD" w:rsidP="004817BD">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:widowControl w:val="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="797"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:right="103"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:szCs w:val="28"/>
-[...267 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жұмыстың әртүрлі нысандары мен әдістерін оңтайлы үйлестіру қағидаты білім алушылар мен олардың ата-аналарының жасын, әлеуметтік және жеке ерекшеліктерін ескере отырып, осы жұмыстың мақсаты мен мазмұнына байланысты кәсіби өзін-өзі анықтау құзыреттерін қалыптастыру бойынша жұмыстың дәстүрлі және инновациялық нысандары мен әдістерін қолдануды қамтамасыз етуге мүмкіндік береді</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12B45" w:rsidRPr="00794083">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004817BD" w:rsidRDefault="004817BD" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Барлық аталған қағидаттарды сақтау, олардың өзара байланысы білім алушылардың кәсіби жолды дұрыс және уақтылы таңдауына ықпал етеді, бұл </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004817BD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>жеке тұлғаның еңбек қанағаттануының қажетті табиғи алғышарты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004817BD" w:rsidRDefault="004817BD" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004817BD" w:rsidRDefault="004817BD" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004817BD" w:rsidRDefault="004817BD" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="009A2E25" w:rsidRPr="00B74929" w:rsidRDefault="002111E4" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">ΙΙΙ. </w:t>
       </w:r>
-      <w:r w:rsidR="009A2E25" w:rsidRPr="00B74929">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00FF5D46" w:rsidRPr="00FF5D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Миссия, құндылықтар жүйесі, мақсаттары, міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452415" w:rsidRPr="00D11B39" w:rsidRDefault="00D225DD" w:rsidP="00794083">
+    <w:p w:rsidR="00BA4C6B" w:rsidRDefault="00FF5D46" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74929">
+      <w:r w:rsidRPr="00FF5D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Главная идея, положенная в основу концепции развития </w:t>
-[...55 lines deleted...]
-        <w:t>Инновационная профориентация школьников: непрерывность, социальное партнёрство, практикоориентированность</w:t>
+        <w:t>ОӨК дамыту тұжырымдамасының негізінде жатқан негізгі идея, оның миссиясы – мектеп оқушыларына инновациялық кәсіптік бағдар беру: сабақтастық, әлеуметтік әріптестік, тәжірибеге бағдар беру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA4C6B" w:rsidRPr="00D11B39" w:rsidRDefault="00BA4C6B" w:rsidP="00794083">
+    <w:p w:rsidR="00FF5D46" w:rsidRPr="00D11B39" w:rsidRDefault="00FF5D46" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00BA4C6B" w:rsidRPr="00D11B39" w:rsidRDefault="00D225DD" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B74929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00984DB6" w:rsidRPr="00B74929">
+      <w:r w:rsidR="00FF5D46" w:rsidRPr="00FF5D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цель </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00037DB3" w:rsidRPr="00B74929">
+        <w:t xml:space="preserve">Даму бағдарламасының мақсаты </w:t>
+      </w:r>
+      <w:r w:rsidR="00D11B39" w:rsidRPr="00D11B39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>Программы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00984DB6" w:rsidRPr="00B74929">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00984DB6" w:rsidRPr="00D11B39">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> развития</w:t>
-[...11 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00FF5D46" w:rsidRPr="00FF5D46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоғары сынып оқушыларының кәсіби өзін-өзі анықтауын тиімді қалыптастыруға, аймақтық еңбек нарығының қажеттіліктерін ескере отырып, жеке тұлғаны әлеуметтендіруге ықпал ететін біртұтас білім беру ортасын құру</w:t>
+      </w:r>
       <w:r w:rsidR="00D11B39" w:rsidRPr="00D11B39">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...29 lines deleted...]
-        <w:t>создание единой образовательной среды, способствующей эффективному формированию  профессионального самоопределения старшеклассников, социализации личности с учетом потребностей регионального рынка труда.</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002F6AFB" w:rsidRPr="00B74929" w:rsidRDefault="00037DB3" w:rsidP="00794083">
+    <w:p w:rsidR="002F6AFB" w:rsidRPr="00B74929" w:rsidRDefault="00FF5D46" w:rsidP="00794083">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74929">
+      <w:r w:rsidRPr="00FF5D46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Задачи Программы</w:t>
+        <w:t>Бағдарламаның міндеттері</w:t>
       </w:r>
       <w:r w:rsidR="000D316D" w:rsidRPr="00B74929">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="009B1338" w:rsidRDefault="009B1338" w:rsidP="009B1338">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t>создать условия для эффективной профориентации школьников в УПК</w:t>
+      <w:r w:rsidRPr="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-да оқушыларға тиімді кәсіптік бағдар беру үшін жағдай жасау</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338" w:rsidRPr="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қала ме</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ктептерінің оқушылары арасында «</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338" w:rsidRPr="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ҚР жаңа мамандықтар атласы</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338" w:rsidRPr="009B1338">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жобасын іске асыру</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="009A1663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1663" w:rsidRPr="00162EE6" w:rsidRDefault="009B1338" w:rsidP="00162EE6">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
-[...131 lines deleted...]
-          <w:numId w:val="23"/>
+          <w:numId w:val="18"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="009A1663">
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа міндеттерді ескере отырып, кәсіби бағдар беру жүйесін түзету</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1663" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="009B1338" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-ның оқушыларына кәсіби өзін-өзі анықтауда психологиялық-педагогикалық қолдау көрсетуді қамтамасыз ету</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1663" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқушылардың білім беру қажеттіліктері мен өңірдің сұранысын ескере отырып, жаңа бейіндік курстар ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009A1663" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіби бағдар беру бойынша ОӨК жұмысының көп жылдық тәжірибесін жинақтау және тарату</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA55B1" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік әріптестікті кеңейту</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009A1663">
+      <w:r w:rsidR="009A1663" w:rsidRPr="00162EE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AA55B1" w:rsidRPr="00B74929" w:rsidRDefault="00AA55B1" w:rsidP="009A1663">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D3BB0" w:rsidRPr="00B74929" w:rsidRDefault="0083266E" w:rsidP="00794083">
+    <w:p w:rsidR="004D3BB0" w:rsidRPr="00B74929" w:rsidRDefault="00162EE6" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B74929">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қойылған міндеттерді іске асыру үшін ОӨК дамыту бағдарламасының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162EE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>направления</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Программы развития УПК:</w:t>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> белгіленді</w:t>
+      </w:r>
+      <w:r w:rsidR="0083266E" w:rsidRPr="00B74929">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Внутренние»:</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ішкі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="00162EE6" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t>Система профессиональной ориентации УПК.</w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ОӨК-ның кәсіби бағдар беру жүйесі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="00162EE6" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t>Профильные курсы.</w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бейіндік курстар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="00162EE6" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Профессиональная компетентность педагогов. </w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогтардың кәсіби құзыреттілігі. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="00162EE6" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t>Ресурсное обеспечение учебно-воспитательного процесса.</w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесін ресурстық қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...5 lines deleted...]
-        <w:t>Информатизация учебно-воспитательного процесса.</w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оқу-тәрбие процесін ақпараттандыру</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="009A1663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1663">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>«Внешние»:</w:t>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00162EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сыртқы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009A1663">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
-      <w:pPr>
+    <w:p w:rsidR="00162EE6" w:rsidRPr="00162EE6" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
+      <w:pPr>
+        <w:pStyle w:val="Style10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...12 lines deleted...]
-        <w:t>Создание положительного имиджа УПК как центра профессиональной ориентации в г. Павлодаре.</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Павлодар қаласында кәсіби бағдар беру орталығы ретінде ОӨК-ның оң имиджін құру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
+    <w:p w:rsidR="009A1663" w:rsidRPr="009A1663" w:rsidRDefault="00162EE6" w:rsidP="00162EE6">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009A1663">
-[...4 lines deleted...]
-        <w:t>Развитие системы внешних связей.</w:t>
+      <w:r w:rsidRPr="00162EE6">
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сыртқы байланыстар жүйесін дамыту</w:t>
+      </w:r>
+      <w:r w:rsidR="009A1663" w:rsidRPr="009A1663">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="009A1663">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B90330" w:rsidRPr="00B74929" w:rsidRDefault="00DD6316" w:rsidP="009A1663">
+    <w:p w:rsidR="00E0354A" w:rsidRDefault="00E0354A" w:rsidP="009A1663">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...35 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD6316" w:rsidRPr="00B74929" w:rsidRDefault="00DD6316" w:rsidP="00794083">
+    <w:p w:rsidR="00B90330" w:rsidRPr="00E0354A" w:rsidRDefault="00937451" w:rsidP="009A1663">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:sz w:val="28"/>
-[...120 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ОӨК-ның қалаған бейнесі және ОӨК түлегінің үлгісі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00253A1B" w:rsidRPr="00B74929" w:rsidRDefault="00253A1B" w:rsidP="00794083">
+    <w:p w:rsidR="00DD6316" w:rsidRPr="00324ED8" w:rsidRDefault="00DD6316" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0354A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Желаемый образ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A73D0" w:rsidRPr="00B74929">
+      </w:r>
+      <w:r w:rsidR="002155B5" w:rsidRPr="00324ED8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу-өндірістік комбинат әрдайым ерекше атмосферамен ерекшеленді, кәсіби өзін-өзі анықтауды қалыптастыру процесін тиімді ұйымдастырудың қажетті алғышарттары болды</w:t>
+      </w:r>
+      <w:r w:rsidR="00253A1B" w:rsidRPr="00324ED8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA39A0" w:rsidRPr="00B74929">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00253A1B" w:rsidRPr="00324ED8" w:rsidRDefault="00253A1B" w:rsidP="00794083">
+      <w:pPr>
+        <w:pStyle w:val="Style10"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>представляет собой:</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00324ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002155B5" w:rsidRPr="00324ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Жаңа даму бағдарламасы шеңберінде ОӨК-ның қажетті бейнесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA39A0" w:rsidRPr="00324ED8">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="9889" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2660"/>
         <w:gridCol w:w="7229"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidTr="000A73D0">
+      <w:tr w:rsidR="004C79F2" w:rsidRPr="001062E3" w:rsidTr="000A73D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CA39A0" w:rsidRPr="00AA55B1" w:rsidRDefault="000A73D0" w:rsidP="00794083">
+          <w:p w:rsidR="00CA39A0" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA55B1">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-[...35 lines deleted...]
-              <w:t xml:space="preserve">профессиональному самоопределению </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқытуға және кәсіби өзін-өзі анықтауға ықпал ететін жайлы орта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidRDefault="004C79F2" w:rsidP="00794083">
+          <w:p w:rsidR="004C79F2" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="002155B5">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...15 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушылар ОӨК-ның шегінде өздерін қауіпсіз сезінеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7C3A" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...20 lines deleted...]
-          <w:p w:rsidR="002B17C7" w:rsidRPr="00AA55B1" w:rsidRDefault="002B17C7" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғимараты мен іргелес аумақтар таза, эстетикалық жағымды, жақсы жағдайда ұсталады</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7C3A" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B17C7" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-ның материалдық-техникалық базасы замануи білім беру мекемесінің талаптарына сәйкес келеді</w:t>
+            </w:r>
+            <w:r w:rsidR="002B17C7" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CB15AF" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қабаттарды дизайны мамандықтар, еңбек жағдайлары туралы білімді кеңейтуге ықпал етеді, кәсіби өзін-өзі анықтауды қалыптастыруға ықпал етеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB15AF" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A10F4" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...20 lines deleted...]
-          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу кабинеттерінде оқу бейініне сәйкес материалдық-техникалық жарақтандырудың жеткілікті деңгейі.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:t>Педагоги снабжены достаточным количеством учебной и методической литературы, принадлежностями и оборудованием для проведения уроков.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтар оқу және әдістемелік әдебиеттермен, сабақтарды өткізуге арналған құрал-жабдықтармен жеткілікті түрде қамтамасыз етілген</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7C3A" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidTr="000A73D0">
+      <w:tr w:rsidR="004C79F2" w:rsidRPr="001062E3" w:rsidTr="000A73D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+          <w:p w:rsidR="004C79F2" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA55B1">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-              <w:t>Социальная среда, побуждающая к общению и взаимодействию</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қарым-қатынас пен өзара әрекеттесуді ынталандыратын әлеуметтік орта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+          <w:p w:rsidR="002A10F4" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Өзара әрекеттесу ынталандырылады. Мұғалімдер мен оқушылар сабақ шеңберінде және сабақтан тыс жұмыстарда (бірлескен зерттеу, әлеуметтік жобалар және т.б.) белсенді қарым-қатынас жасайды</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A10F4" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00AA55B1" w:rsidRDefault="00CD7C3A" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер бір-бірімен ынтымақтасады (бірлескен педагогикалық зерттеулер жүргізу және т.б.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CD7C3A" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...15 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ата-аналар мен мұғалімдер оқушыларға мамандық таңдауға көмектесу процесінде серіктес болып табылады</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD7C3A" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidTr="000A73D0">
+      <w:tr w:rsidR="00CB15AF" w:rsidRPr="001062E3" w:rsidTr="000A73D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+          <w:p w:rsidR="00CB15AF" w:rsidRPr="00324ED8" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+          <w:p w:rsidR="00CB15AF" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> в профессиональной ориентации учащихся.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаланың оқу орындарымен ынтымақтастық жүйелі сипатқа ие, оқушылардың кәсіби бағдарлануына өзара қызығушылық негізінде құрылған</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB15AF" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidTr="000A73D0">
+      <w:tr w:rsidR="00CB15AF" w:rsidRPr="001062E3" w:rsidTr="000A73D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+          <w:p w:rsidR="00CB15AF" w:rsidRPr="00324ED8" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB15AF" w:rsidRPr="00AA55B1" w:rsidRDefault="00CB15AF" w:rsidP="00794083">
+          <w:p w:rsidR="00CB15AF" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00CA39A0" w:rsidRPr="00AA55B1" w:rsidRDefault="00CA39A0" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әрбір оқушының мамандығын таңдау мәселелері бойынша ақпаратқа, кеңеске қажеттілігі ескеріледі</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB15AF" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00CA39A0" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="005B5B30" w:rsidRPr="00AA55B1" w:rsidRDefault="00B26C6C" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-ның және мектеп психологының бірлескен жұмысы</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5B30" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005B5B30" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> города и УПК – постоянные партнеры в совместной работе по профессиональной ориентации.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұйымдар, қала кәсіпорындары және ОӨК-кәсіби бағдар беру бойынша бірлескен жұмыстағы тұрақты әріптестер</w:t>
+            </w:r>
+            <w:r w:rsidR="005B5B30" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5B30" w:rsidRPr="00AA55B1" w:rsidTr="000A73D0">
+      <w:tr w:rsidR="005B5B30" w:rsidRPr="001062E3" w:rsidTr="000A73D0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2660" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidRDefault="005B5B30" w:rsidP="00794083">
+          <w:p w:rsidR="004C79F2" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="00794083">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00AA55B1">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:i/>
-              </w:rPr>
-[...14 lines deleted...]
-              <w:t>профессиональному самоопределению</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби өзін-өзі анықтауға итермелейтін білім беру және тәрбиелеу ортасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C79F2" w:rsidRPr="00AA55B1" w:rsidRDefault="005B5B30" w:rsidP="00794083">
+          <w:p w:rsidR="004C79F2" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...14 lines deleted...]
-          <w:p w:rsidR="002B17C7" w:rsidRPr="00AA55B1" w:rsidRDefault="002B17C7" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әр сабақ-еңбекке құндылық қатынасын тәрбиелейді, мамандықта кәсіби маңызды қасиеттерді қалыптастырады, мамандықты өз бетінше таңдауда белсенділікті оятуға ықпал етеді, кәсіби сынамаларды іс жүзінде орындауды ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00C27026" w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002A10F4" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00B83418" w:rsidRPr="00AA55B1" w:rsidRDefault="00E324FD" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОӨК-ның кәсіптік бағдар беру жүйесі тиімді, оқушылар мен ата-аналардың қажеттіліктері мен үміттерін толығымен қанағаттандырады. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0354A" w:rsidRPr="00324ED8" w:rsidRDefault="002A10F4" w:rsidP="002A10F4">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00B83418" w:rsidRPr="00AA55B1" w:rsidRDefault="00B83418" w:rsidP="00794083">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00324ED8">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-кәсіптік бағдар беру мәселелерін шешуге бағытталған әлеуметтік жобалардың белсенді қатысушысы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00E0354A" w:rsidRPr="00324ED8" w:rsidRDefault="00E0354A" w:rsidP="00E0354A">
             <w:pPr>
               <w:pStyle w:val="Style10"/>
               <w:widowControl/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00E0354A" w:rsidRPr="00324ED8" w:rsidRDefault="00E0354A" w:rsidP="00E0354A">
+            <w:pPr>
+              <w:pStyle w:val="Style10"/>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B83418" w:rsidRPr="00324ED8" w:rsidRDefault="00B83418" w:rsidP="00E0354A">
+            <w:pPr>
+              <w:pStyle w:val="Style10"/>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002155B5" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="002155B5">
+            <w:pPr>
+              <w:pStyle w:val="Style10"/>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B83418" w:rsidRPr="00324ED8" w:rsidRDefault="00B83418" w:rsidP="00794083">
+            <w:pPr>
+              <w:pStyle w:val="Style10"/>
+              <w:widowControl/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="007431D1" w:rsidRPr="00C9222A" w:rsidRDefault="00B83418" w:rsidP="00794083">
+    <w:p w:rsidR="002155B5" w:rsidRPr="00324ED8" w:rsidRDefault="002155B5" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="Style10"/>
         <w:widowControl/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:i/>
-[...5 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...14 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="006708CD" w:rsidRDefault="006708CD" w:rsidP="00794083">
+    <w:p w:rsidR="00324ED8" w:rsidRPr="00DF20A7" w:rsidRDefault="00324ED8" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...58 lines deleted...]
-        <w:t>:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу-өндірістік комбинат түлегінің үлгісі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F792F" w:rsidRPr="009F792F" w:rsidRDefault="009F792F" w:rsidP="00794083">
+    <w:p w:rsidR="00324ED8" w:rsidRPr="00DF20A7" w:rsidRDefault="00324ED8" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...42 lines deleted...]
-        <w:t>квалификационное свидетельство УПК по профессии или водительское свидетельство.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тұжырымдалған миссияға сәйкес ОӨК түлегі келесі құзыреттерге ие болуы тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F792F" w:rsidRDefault="009F792F" w:rsidP="00794083">
+    <w:p w:rsidR="009F792F" w:rsidRPr="00DF20A7" w:rsidRDefault="00324ED8" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оқу-танымдық құзыреттіліг</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00D62592">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...21 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00D62592">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...73 lines deleted...]
-        <w:t xml:space="preserve"> план.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>таңдалған бейін бойынша базалық білім, нақты практикалық дағдылар жүйесі меңгерілді, мамандық, еңбек жағдайлары, мамандыққа сұраныс туралы түсініктері қалыптастырылды, алынған білімді өмірде қалай қолдануға болатынын нақты түсіну, мамандық бойынша ОӨК-ның біліктілік куәлігі немесе жүргізуші куәлігі</w:t>
+      </w:r>
+      <w:r w:rsidR="009F792F" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00666325" w:rsidRDefault="00666325" w:rsidP="00794083">
+    <w:p w:rsidR="009F792F" w:rsidRPr="00DF20A7" w:rsidRDefault="00324ED8" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Әлеуметтік-еңбек құзыреттілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00D62592">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00D62592">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>өмір бойы білім алуға (өзін-өзі тәрбиелеуге) және жасампаз еңбекке деген ұмтылыс, өзінің кәсіби жолын, мансабын жоспарлай білу, өзін-өзі таныстыру, жұмысқа орналасу кезінде сұхбаттасу кезінде өзін қалай ұстау керектігін үйрену, мамандық таңдауда белсенділіктің дербес көрінісі дамыған, жеке кәсіби жоспары бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5216" w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> необходимый перечень документов, регламентирующих трудовую деятельность (внутренний трудовой распорядок организации, должностные обязанности работника, инструкции по охране труда и технике безопасности и т.д.), о профсоюзе работников.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008541BF" w:rsidRPr="00226DD2" w:rsidRDefault="00666325" w:rsidP="00794083">
+    <w:p w:rsidR="00666325" w:rsidRPr="00DF20A7" w:rsidRDefault="00324ED8" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Құқықтық құзыреттілігі</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009F792F" w:rsidRPr="009F792F">
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00356CF1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D62592">
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...105 lines deleted...]
-        <w:t>ысказывать, аргументировать и отстаивать собственное мнение.</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ҚР Еңбек Кодексінің, әкімшілік-іс жүргізу кодексінің негіздерін біледі, қызметкердің құқықтары мен міндеттері туралы түсініктері бар, еңбек қызметін реттейтін құжаттардың қажетті тізбесін (ұйымның ішкі еңбек тәртібі, қызметкердің лауазымдық міндеттері, еңбекті қорғау және қауіпсіздік техникасы жөніндегі нұсқаулықтар және т. б.), қызметкерлер кәсіподағы туралы біледі</w:t>
+      </w:r>
+      <w:r w:rsidR="00666325" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F792F" w:rsidRDefault="009F792F" w:rsidP="00794083">
+    <w:p w:rsidR="008541BF" w:rsidRPr="00DF20A7" w:rsidRDefault="00356CF1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="009F792F">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>Информационная компетенция</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Коммуникативті құзыреттілігі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00535DED">
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:t>–</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="en-US"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D62592">
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...91 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>басқа адамдармен қарым-қатынас жасауға дайындық, адами қарым-қатынастың жоғары мәдениетін көрсете отырып, командада жұмыс істей білу, кез-келген типтегі сұхбаттасушымен (жасына, мәртебесіне, жақындық пен танысу дәрежесіне және т. б.), оның ерекшеліктерін ескере отырып, байланыста болу, қарым-қатынастың талаптары мен ережелерін сақтау, сұхбаттасушыны тыңдау, басқалардың пікіріне құрмет пен төзімділік таныту, өз пікірін айту, дәлелдеу және қорғау</w:t>
+      </w:r>
+      <w:r w:rsidR="008541BF" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006F29C6" w:rsidRDefault="008541BF" w:rsidP="00794083">
+    <w:p w:rsidR="009F792F" w:rsidRPr="00DF20A7" w:rsidRDefault="00356CF1" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008541BF">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ақпараттық құзыреттілігі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>мам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00356CF1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ндық және оны алу жолдары, мазмұны мен еңбек жағдайлары туралы жеткілікті ақпаратқа ие, ақпарат көздерін таба алады, кәсіби өзін-өзі анықтау қажеттілігін қанағаттандыру үшін ақпараттық ресурстарды қолдана алады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D62592" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD5216" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006F29C6" w:rsidRPr="00DF20A7" w:rsidRDefault="0086122C" w:rsidP="00794083">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жеке тұлғаның өзін-өзі жетілдіру құзіреттілігі – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке қасиеттерге және нарық талаптарына оңтайлы сәйкес келетін кәсіби қызмет саласын таңдау қабілеті дамиды, өз мүмкіндіктерін біледі, өз мүмкіндіктерін бағалайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663">
+    <w:p w:rsidR="009A1663" w:rsidRPr="00DF20A7" w:rsidRDefault="009A1663">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRDefault="001E7785" w:rsidP="00794083">
+    <w:p w:rsidR="009A1663" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E7785">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Этапы и с</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009A1663" w:rsidRPr="001E7785">
+        <w:t xml:space="preserve">Даму бағдарламасын іске асыру кезеңдері </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-        <w:t>роки реализации Программы развития</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мерзімдері</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="00794083">
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E7785" w:rsidRPr="001E7785" w:rsidRDefault="001E7785" w:rsidP="001E7785">
-[...82 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағдарламаны іске асыру 2021-2026 жылдарға арналған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қаңтар 2021- тамыз 2021) дайындық-бағдарламаны әзірлеу, қабылдау және енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-142" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (қыркүйек 2021 - ақпна 2026) негізгі-бағдарламаны іске асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00524A74" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E7785" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E7785">
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...20 lines deleted...]
-        <w:t>мониторинг эффективности работы по внедрению Программы развития, определение перспектив УПК, цели и задачи на следующий период, разработка стратегии дальнейшего развития образовательного учреждения.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 кезең</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (наурыз – маусым 2026) қорытынды-даму бағдарламасын енгізу бойынша жұмыс тиімділігінің мониторингі, ОӨК болашағын, келесі кезеңдегі мақсаттар мен міндеттерді айқындау, білім беру мекемесін одан әрі дамыту стратегиясын әзірлеу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7785" w:rsidRDefault="001E7785" w:rsidP="00794083">
+    <w:p w:rsidR="001E7785" w:rsidRPr="00DF20A7" w:rsidRDefault="001E7785" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001E7785" w:rsidRDefault="001E7785" w:rsidP="00794083">
+    <w:p w:rsidR="00225859" w:rsidRPr="00DF20A7" w:rsidRDefault="00524A74" w:rsidP="00524A74">
+      <w:pPr>
+        <w:pStyle w:val="a8"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ОӨК дамыту бағдарламасының мақсатына қол жеткізу талаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="00DF20A7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001E7785" w:rsidRPr="00DF20A7" w:rsidRDefault="001E7785" w:rsidP="00794083">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00225859" w:rsidRDefault="00225859" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="00225859" w:rsidRPr="00E52DD4" w:rsidRDefault="00E34CA3" w:rsidP="00E52DD4">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00F06154">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-        <w:t>Критерии  достижения  цели  Программы развития УПК:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ата-аналардың, оқушылардың, жұртшылықтың білім беру мекемесіне (оның ішінде білім беру сапасына) қанағаттануы</w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="00E52DD4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001E7785" w:rsidRPr="00F06154" w:rsidRDefault="001E7785" w:rsidP="00794083">
-[...1 lines deleted...]
-        <w:pStyle w:val="a8"/>
+    <w:p w:rsidR="00225859" w:rsidRPr="00BB01DB" w:rsidRDefault="00BB01DB" w:rsidP="00BB01DB">
+      <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="1277"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB01DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>білім беру процесінің барлық қатысушыларының эмоционалды жайлылығы</w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="00BB01DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00225859" w:rsidRPr="00225859" w:rsidRDefault="00225859" w:rsidP="001E7785">
-[...12 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00225859" w:rsidRPr="005070AD" w:rsidRDefault="00BB01DB" w:rsidP="00BB01DB">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="709"/>
-[...15 lines deleted...]
-        <w:t>удовлетворенность образовательным учреждением (в том числе качеством образования) родителей, обучающихся, общественности;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BB01DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік әріптестіктің шеңберін кеңейту</w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00225859" w:rsidRPr="00225859" w:rsidRDefault="00225859" w:rsidP="001E7785">
-[...12 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00225859" w:rsidRPr="005070AD" w:rsidRDefault="005070AD" w:rsidP="005070AD">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="709"/>
-[...15 lines deleted...]
-        <w:t>эмоциональный комфорт всех участников образовательного процесса;</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB01DB" w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОӨК-ның тиімді кәсіби бағдар беру жүйесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00525C70" w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00225859" w:rsidRPr="00225859" w:rsidRDefault="00225859" w:rsidP="001E7785">
-[...9 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="005070AD" w:rsidRPr="005070AD" w:rsidRDefault="005070AD" w:rsidP="005070AD">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>асширение рамок социального партнерства.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расширение сферы образовательных услуг (бюджетных, платных)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00225859" w:rsidRPr="00225859" w:rsidRDefault="00225859" w:rsidP="001E7785">
-[...9 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00225859" w:rsidRPr="005070AD" w:rsidRDefault="005070AD" w:rsidP="005070AD">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="709" w:hanging="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidR="00525C70">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру қызметтері саласын кеңейту (бюджеттік, ақылы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00225859" w:rsidRPr="005070AD" w:rsidRDefault="005070AD" w:rsidP="005070AD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005070AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың, ата-аналардың, педагогтардың қажеттіліктерін қамтамасыз ететін ОӨК-ның білім беру кеңестігін құру</w:t>
+      </w:r>
+      <w:r w:rsidR="00225859" w:rsidRPr="005070AD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
-      </w:r>
-[...102 lines deleted...]
-        <w:t xml:space="preserve"> потребности учащихся, родителей, педагогов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B74929" w:rsidRDefault="00B74929" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005E136F" w:rsidRPr="00F06154" w:rsidRDefault="005752BD" w:rsidP="00794083">
+    <w:p w:rsidR="005E136F" w:rsidRPr="00EA1C46" w:rsidRDefault="005752BD" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Toc293524939"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Toc293524939"/>
       <w:r w:rsidRPr="00C9222A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Ι</w:t>
       </w:r>
       <w:r w:rsidR="00F06154" w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">V. </w:t>
       </w:r>
       <w:r w:rsidR="00F06154" w:rsidRPr="00BA41CB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r w:rsidR="00EA1C46">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басқару бөлімі</w:t>
+      </w:r>
       <w:r w:rsidR="00F06154">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="005E136F" w:rsidRPr="00F06154">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00EA1C46">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:bookmarkEnd w:id="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Даму бағдарламасын басқару тетіктері</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00A5573D" w:rsidRDefault="00A5573D" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005E136F" w:rsidRDefault="005E136F" w:rsidP="00794083">
+    <w:p w:rsidR="005E136F" w:rsidRDefault="00E06872" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00212FFC">
+      <w:r w:rsidRPr="00E06872">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Система управления  направлена на создание педагогических условий эффективного достижения конечных целей Программы развития </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AD0263" w:rsidRPr="00212FFC">
+        <w:t>Басқару жүйесі ОӨК дамыту бағдарламасының түпкі мақсаттарына тиімді қол жеткізудің педагогикалық жағдайларын жасауға бағытталған. Басқарушы және басқарылатын ішкі жүйенің әрбір бөлімшесіне функцияларды тиімді орындағаны үшін құқықтар, міндеттер және жауапкершілік (моральдық, материалдық және тәртіптік) беріледі</w:t>
+      </w:r>
+      <w:r w:rsidR="005E136F" w:rsidRPr="00212FFC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>УПК</w:t>
-[...7 lines deleted...]
-        <w:t>. Каждое подразделение управляющей и управляемой подсистемы  наделены правами, обязанностями и ответственностью (моральной, материальной и дисциплинарной) за эффективное выполнение функций.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A5573D" w:rsidRPr="00212FFC" w:rsidRDefault="00A5573D" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3085"/>
         <w:gridCol w:w="6379"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
+      <w:tr w:rsidR="00B07B74" w:rsidTr="00222732">
         <w:trPr>
           <w:trHeight w:val="1523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00212FFC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Директор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRDefault="00E06872" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00212FFC">
-[...5 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00E06872">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ұжымның жұмысын оның қызметінің барлық бағыттары бойынша үйлестіреді және бағыттайды және оның жай-күйі мен нәтижелеріне жауап береді, Даму бағдарламасының іске асырылуын қамтамасыз етеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00212FFC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
+        <w:trPr>
+          <w:trHeight w:val="2032"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00B94BB3" w:rsidRDefault="00B94BB3" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...19 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогикалық кеңес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00DF20A7" w:rsidRDefault="00DF20A7" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF20A7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың айрықша құзыретіне жатпайтын педагогикалық және оқушылар ұжымы қызметінің барлық маңызды мәселелері бойынша шешімдер қабылдайды: даму бағдарламасын, білім беру бағдарламаларын және оқу жоспарларын бекітеді; нормативтік құжаттар</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00DF20A7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
-[...46 lines deleted...]
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
+      <w:tr w:rsidR="00B07B74" w:rsidTr="00222732">
         <w:trPr>
           <w:trHeight w:val="3111"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00B94BB3" w:rsidRDefault="00B94BB3" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Методический совет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00B07B74">
+          <w:p w:rsidR="00B07B74" w:rsidRDefault="00DF20A7" w:rsidP="00DF20A7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF20A7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">барлық инновациялық және әдістемелік жұмыстарды үйлестіреді, теориялық семинарлардың, практикумдардың және мұғалімдермен топтық консультациялардың мәселелері мен бағдарламасын анықтайды, ғылыми-әдістемелік қызметтің дамуын болжайды. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF20A7">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогика, дидактика және психология саласындағы жаңа зерттеулер туралы деректер банкін қалыптастырады. Даму бағдарламасының іске асырылу барысын бақылау мен тексеруді ұйымдастыруға жауапты</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00212FFC">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00E06872" w:rsidRDefault="00E06872" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың оқу-тәрбие жұмысы жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00222732" w:rsidRDefault="00222732" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00222732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқу-тәрбие процесінің жағдайы туралы ақпаратты жинақтайды және талдайды, оқу-тәрбие процесінің нысандарын, әдістерін, құралдарын және мазмұнын дамытудың қысқа және ұзақ мерзімді мақсаттарын анықтайды, оның жақын даму аймақтарын анықтайды, жоспарлауды жүзеге асырады.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00222732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқу жоспарларының, бағдарламалардың орындалуын, олардың орындалуын бақылауды және білім беру процесінің барлық бағыттарының жай-күйін бағалауды ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00222732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00222732">
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00222732">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағдарламаның уақтылы және сапалы дайындалуына және іске асырылуына жауапты, оны іске асыруға бөлінген қаражаттың тиімді пайдаланылуын қамтамасыз етеді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3085" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidRDefault="00E06872" w:rsidP="00E06872">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Директордың тәрбие жұмысы жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6379" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidRDefault="00101534" w:rsidP="00B07B74">
             <w:pPr>
               <w:ind w:firstLine="709"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...39 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001062E3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжымның кәсіби бағдары бойынша жұмысты әзірлейді, ұйымдастырады, тұлғаның танымдық қажеттіліктерін, қабілеттерін, зияткерлік, рухани әлеуетін дамытуға ықпал етеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="001062E3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001062E3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Оқушының тұлғалық өзін-өзі анықтауына және өзін-өзі дамытуына бағытталған жұмыстың кәсіби бағдарының педагогикалық негізделген және әлеуметтік маңызды жүйесін жасайды, мұғалімдерге, педагог-психологтарға тәрбие жұмысын ұйымдастыруда әдістемелік көмек көрсетеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="001062E3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00212FFC">
-[...5 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
-[...114 lines deleted...]
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
         <w:trPr>
           <w:trHeight w:val="3767"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00E06872" w:rsidRDefault="00B07B74" w:rsidP="00E06872">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00212FFC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Педагоги-психологи</w:t>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidR="00E06872">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="000645C4" w:rsidRDefault="00101534" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>осуществляют диагностирование школьников в соответствии с Программой диагностики, анализирует результаты, вырабатывает рекомендации, проводит тренинги общения с учениками, родителями, педагогами, беседы, теоретические и практические семинары, индивидуальные и групповые консультации. Разрабатывает новые формы и методы работы по формированию профессионального самоопределения, реализует работу по основным направлениям профориентации.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00101534">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>диагностика бағдарламасына сәйкес оқушылардың диагностикасын жүзеге асырады, нәтижелерді талдайды, ұсынымдар әзірлейді, оқушылармен, ата-аналармен, педагогтармен қарым-қатынас тренингтерін, әңгімелесулерді, теориялық және практикалық семинарларды, жеке және топтық консультацияларды өткізеді</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="00101534">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="000645C4" w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіби өзін-өзі анықтауды қалыптастыру бойынша жұмыстың жаңа нысандары мен әдістерін әзірлейді, кәсіптік бағдар берудің негізгі бағыттары бойынша жұмысты іске асырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
         <w:trPr>
           <w:trHeight w:val="2119"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00E06872" w:rsidRDefault="00E06872" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>Учителя</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="000645C4" w:rsidRDefault="000645C4" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>реализуют программы профильных курсов, планируют содержание урока, формирующего профессиональное самоопределение, организуют исследовательскую, проектную деятельность учащихся по изучаемой профессии, вопросам выбора профессии.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейіндік курстардың бағдарламаларын іске асырады, кәсіптік өзін-өзі анықтауды қалыптастыратын сабақтың мазмұнын жоспарлайды, оқушылардың оқытылатын мамандық, мамандық таңдау мәселелері бойынша ғылыми-зерттеу, жобалау қызметін ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B07B74" w:rsidTr="00A5573D">
+      <w:tr w:rsidR="00B07B74" w:rsidRPr="001062E3" w:rsidTr="00222732">
         <w:trPr>
           <w:trHeight w:val="1555"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="00E06872" w:rsidRDefault="00E06872" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Библиотекарь</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кітапханашы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B07B74" w:rsidRDefault="00B07B74" w:rsidP="00794083">
+          <w:p w:rsidR="00B07B74" w:rsidRPr="000645C4" w:rsidRDefault="000645C4" w:rsidP="00794083">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>регулярно подбирает литературу для учителей и учащихся в помощь выбору профессии, организует выставки, посвященные профессиям, другие формы работы по профессиональной ориентации.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдер мен оқушыларға  мамандық таңдауға көмектесетін әдебиеттерді жүйелі түрде таңдап алады, мамандықтарға арналған көрмелер мен кәсіптік бағдар берудің басқа да түрлерін ұйымдастырады</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07B74" w:rsidRPr="000645C4">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00484F69" w:rsidRDefault="005E136F" w:rsidP="00794083">
+    <w:p w:rsidR="00484F69" w:rsidRPr="000645C4" w:rsidRDefault="000645C4" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00212FFC">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000645C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="003166DB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Даму бағдарламасының іске асырылу барысын бақылау және тексеруді ұйымдастыру әдістемелік кеңеске жүктеледі. Бағдарламаны іске асыру барысы туралы аралық және жылдық есептер педагогикалық кеңесте қаралады, білім беру процесінің барлық қатысушылары үшін қолжетімді</w:t>
+      </w:r>
+      <w:r w:rsidR="005E136F" w:rsidRPr="000645C4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...24 lines deleted...]
-        <w:t>доступны для всех участников образовательного процесса.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A1663" w:rsidRDefault="009A1663" w:rsidP="00794083">
+    <w:p w:rsidR="009A1663" w:rsidRPr="000645C4" w:rsidRDefault="009A1663" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00987077" w:rsidRDefault="00987077">
+    <w:p w:rsidR="001062E3" w:rsidRDefault="001062E3">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00987077" w:rsidRDefault="00987077" w:rsidP="00794083">
+    <w:p w:rsidR="001062E3" w:rsidRDefault="001062E3" w:rsidP="00794083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="001062E3" w:rsidSect="00DF381C">
+          <w:footerReference w:type="default" r:id="rId11"/>
           <w:footnotePr>
             <w:pos w:val="beneathText"/>
           </w:footnotePr>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
-          <w:pgNumType w:start="1"/>
+          <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+    <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00987077">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35982">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">V. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00987077">
+      <w:r w:rsidRPr="00F35982">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Проективный блок. </w:t>
+        <w:t xml:space="preserve">Проективтік бөлім. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+    <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00987077">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F35982">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағыттар бойынша кезең-кезеңімен дамыту бағдарламасы.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ac"/>
-        <w:tblW w:w="15276" w:type="dxa"/>
+        <w:tblW w:w="15594" w:type="dxa"/>
+        <w:tblInd w:w="-318" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2376"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3390"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3674"/>
         <w:gridCol w:w="1743"/>
         <w:gridCol w:w="2521"/>
         <w:gridCol w:w="2694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...4 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Направление Программы</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:t>Бағдарламаның бағыты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Іске асыру бойынша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> іс-шаралар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жауапты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Система профессиональной ориентации</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:t>Күтілетін нәтиже</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...168 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>птік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағдар беру жүйесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...14 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОӨК-да мектеп оқушыларына тиімді кәсіптік бағдар беру үшін жағдай жасау; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қала мектептерінің оқушылары арасында </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ҚР жаңа мамандықтар атласы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобасын іске асыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жаңа жағдайларды ескере отырып, кәсіптік бағдар беру жүйесін түзету;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушыларға кәсіби өзін-өзі анықтауда психологиялық-педагогикалық қолдау көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...33 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Интернет-платформаларды және онлайн тестілеуді ескере отырып, кәсіби өзін-өзі анықтауға арналған диагностикалық бағдарламаны жаңарту. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қыркүйек </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2021</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби диагностикалық бағдарлама</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(оқу жылына)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-42"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...30 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-да мектеп оқушыларының өзін-өзі анықтауын педагогикалық-психологиялық қамтамасыз етуге жауапты субъектілердің өзара әрекеттесу тетігін әзірлеу.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Январь 2022</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по ВР, зам.директора по УР</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Өзара әрекеттесу механизмі, міндеттерді бөлу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-42"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қосымша курстардың бағдарламаларын, мамандық таңдау бойынша факультативтерді, кәсіптік бағдар беру сабақтарын әзірлеу және енгізу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:highlight w:val="red"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Август 2023, далее ежегодно</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамыз 2023, бұдан әрі жыл сайын</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Зам.директора по УР, методический совет, Зам.директора по ВР</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары, әдістемелік кеңес, Директордың ТЖ жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курстардың бағдарламалары, факультативтер, рецензиялар</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-42"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...24 lines deleted...]
-              <w:ind w:left="258"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік курстар сабақтарының мазмұнын жаңарту (кәсіптік бағдар беру компоненті).</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Август- сентябрь (ежегодно)</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по УР, методический совет</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Применение новых технологий, смарт-обучение и т.д</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаңа технологияларды қолдану, смарт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқыту және т.б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...4 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="-42"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-              <w:t>Организация исследовательской, проектной деятельности учащихся по профильным курсам.</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік курстар бойынша оқушылардың зерттеу, жобалау қызметін ұйымдастыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>В течение учебного года</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу жылы ішінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="4"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по УР, методический совет</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Повышение количества и качества участия учащихся в конкурсах проектов профориентационной направленности.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқушылардың кәсіптік бағдар беру байқаударына қатысу саны мен сапасын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>арттыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Профильные курсы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бейіндік курстар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...4 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...24 lines deleted...]
-              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>оқушылардың білім беру қажеттіліктері мен өңірдің сұранысын ескере отырып жаңа бейіндік курстарды ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-              <w:t>Изучение образовательных потребностей учащихся и родителей по профильной подготовке.</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Бейіндік даярлық бойынша оқушылар мен ата-аналардың білім беру қажеттіліктерін зерттеу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...113 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...10 lines deleted...]
-              </w:numPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаңа бейіндік курстардың ашылуы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-              <w:t>Анализ удовлетворенности учащихся содержанием имеющихся профильных курсов, качеством обучения.</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушылардың қолданыстағы бейіндік курстардың мазмұнына, оқыту сапасына қанағаттануын талдау.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Апрель-май (ежегодно)</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сәуір</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-ма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мыр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Педагоги-психологи</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Стабильно положительные отзывы о деятельности УПК</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның қызметі туралы тұрақты оң пікірлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-              <w:t>Разработка программ профильных курсов по выбору, факультативных курсов в соответствии с образовательными потребностями учащихся и родителей (по Атласу новых профессий).</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Таңдау бойынша бейіндік курстардың, оқушылар мен ата-аналардың білім беру қажеттіліктеріне сәйкес факультативтік курстардың бағдарламаларын әзірлеу (жаңа мамандықтар атласы бойынша).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2022, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>(далее ежегодно август)</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бұдан әрі жыл сайын тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">учителя </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Обновление программ, с рецензией до 2020 года.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағдарламаларды жаңарту, 2020 жылға дейін рецензиямен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...12 lines deleted...]
-              </w:numPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="317"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...40 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4. Оқу-тәрбие процесінің сапасына, ОӨК-ның түлегі үлгісімен айқындалған құзыреттіліктерді қалыптастыруға мониторинг жүргізу.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Постоянно </w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...15 lines deleted...]
-              <w:t>обеспечивающих успешность в выборе профессиональной деятельности</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кәсіби қызметті таңдауда табысқа жетуді қамтамасыз ететін негізгі құзыреттерді дамыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
+            <w:r w:rsidRPr="00F35982">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...6 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+              <w:t>Педагогтардың кәсіби құзыреттілігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...4 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...21 lines deleted...]
-              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ОӨК-ның педагогикалық ұжымының кәсіби құзыреттілік деңгейін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">арттыру жүйесін дамыту; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...16 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог қызметкерлердің ақпараттық, оқу-әдістемелік, білім беру қажеттіліктерін қанағаттандыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:ind w:left="176"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3390" w:type="dxa"/>
-[...6 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-              <w:t>Планирование и организация семинаров по актуальным для учителей методическим проблемам</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімдер үшін өзекті әдістемелік мәселелер бойынша семинарларды жоспарлау және ұйымдастыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарға сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>по запросу</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сұраныс бойынша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Зам.директора по УР, методический совет</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Директордың ОЖ жөніндегі орынбасары, әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...930 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="318"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:ind w:left="318" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...24 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Педагогтардың курстық дайындығын ұйымдастыру, оның ішінде қашықтықтан оқытуды </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>2023-2024гг</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарға сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Директор </w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Обновление парка учебных автомобилей</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ерспективалық жоспар, іске асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="318"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:ind w:left="318" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Приобретение книжного фонда по направлениям обучения</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтардың аттестаттауын әдістемелік сүйемелдеу. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>По мере финансирования</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарға сәйкес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Пополнить учебно-методический комплекс.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары, әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Обновление книжного фонда профильной литературой</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>"Педагог-зерттеуші", "педагог-сарапшы" санаттары бар педагогтердің үлесін 70%-ға дейін жеткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="318"/>
-[...20 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:ind w:left="318" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...24 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3. Педагогикалық ұжымның кәсіби құзыреттілігін дамытудың жеке траекториялары.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаңтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ақпан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  2023,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по УР, методический совет</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тамыз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2026</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Разработка и внедрение в учебный процесс авторских программ и учебно-методических комплектов, дополняющих, расширяющих и углубляющих основные программы по предметам.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мұғалімнің кәсіби құзыреттілік деңгейін арттыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...5 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...8 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="318" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтардың әртүрлі деңгейдегі байқаулар мен конференцияларға, семинарларға қатысуын әдістемелік сүйемелдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әр түрлі деңгейдегі кәсіби шеберлік байқаулары мен конференцияларға педагогтардың қатысу саны мен сапасын арттыру.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="32"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="318" w:hanging="284"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогтардың кәсіби құзыреттілігінің мониторингі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Социальное партнерство</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие процесін ресурстық қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>материалдық-техникалық жарақтандыруды дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу автокөліктерін сатып алу/ауыстыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023-2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жж</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу көліктерін жаңарту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="318"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...13 lines deleted...]
-              </w:numPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...66 lines deleted...]
-              <w:t>Заключение договоров о сотрудничестве. Составление планов совместной работы на учебный год.</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу бағыттары бойынша кітап қорын сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Сентябрь (ежегодно)</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қаржыландыруға қарай</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по ВР, педагоги-психологи, учителя-кураторы школ</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу-әдістемелік кешенді толықтыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...21 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кітап қорын бейіндік әдебиеттермен жаңарту</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...7 lines deleted...]
-              </w:numPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОТП оқу-әдістемелік қамтамасыз етуді дамыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылардың білім беру қажеттіліктеріне сәйкес қолданбалы курстардың, факультативтік курстардың және таңдау курстарының авторлық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бағдарламаларын әзірлеу.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Постоянно </w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Тамызға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-              <w:t>Директор, зам.директора по ВР</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік кеңес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="0"/>
+                <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Координация усилий социальных партнеров, принимающих участие в образовательном процессе.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Пәндер бойынша негізгі бағдарламаларды толықтыратын, кеңейтетін және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>тереңдететін авторлық бағдарламалар мен оқу-әдістемелік жиынтықтарды әзірлеу және оқу процесіне енгізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...5 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...50 lines deleted...]
-                <w:rFonts w:eastAsia="Calibri"/>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>конференций, круглых столов, экскурсий и т.д.)</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:t>Сыртқы байланыстар жүйесін дамыту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әлеуметтік әріптестік</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ішкі және сыртқы байланыстарды қолдана отырып, білім беру кеңістігін құру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әлеуметтік әріптестерді кәсіптік бағдар беруге тарту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ынтымақтастық туралы келісім-шарттар жасасу. Оқу жылына арналған бірлескен жұмыс жоспарларын жасау.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...14 lines deleted...]
-              <w:t>работы УПК)</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...6 lines deleted...]
-              <w:t>Зам.директора по ВР</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, учителя-кураторы школ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу орындарымен жасалған келісім-шарттардың санын ұлғайту.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...5 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...16 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="34"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:ind w:left="318"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...13 lines deleted...]
-              </w:numPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...70 lines deleted...]
-              <w:t>Проведение мероприятий, уроков посредством ИКТ-технологий.</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жаңа әлеуметтік әріптестерді іздеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Постоянно </w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="385"/>
+                <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по ВР, педагоги-психологи, учителя</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Директор, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың ТЖ жөніндегі орынбасары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
-                <w:tab w:val="left" w:pos="385"/>
+                <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Совершенствование ИКТ-компетентности педагогического коллектива УПК.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім беру процесіне қатысатын әлеуметтік әріптестердің күш-жігерін үйлестіру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...4 lines deleted...]
-              </w:numPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Активизация деятельности педагогов в сетевых сообществах.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Білім беру іс-шараларын ұйымдастыру (байқаулар, кездесулер, конференциялар, дөңгелек үстелдер, экскурсиялар және т.б.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...89 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:b/>
-[...16 lines deleted...]
-              </w:numPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-ның жұмыс жоспарында</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:spacing w:line="276" w:lineRule="auto"/>
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...13 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқушылардың кәсіби өзін-өзі анықтауына әсер ететін әлеуметтік әріптестермен тұрақты байланысты сақтау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОТП ақпараттандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...45 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>АКТ негізінде білім беру қызметінің тиімділігін арттыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:jc w:val="center"/>
-[...171 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>замануи ақпараттық қоғамның талабына сәйкес ойлаудың жаңа түрі бар оқушыларды даярлау сапасын арттыру;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="35"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
-              <w:ind w:left="176" w:hanging="176"/>
-[...19 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:ind w:left="318"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК ақпараттандыру.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...28 lines deleted...]
-              <w:t>Систематическое информационное пополнение сайта УПК, Инстраграмм.</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>АКТ-технологиялар арқылы іс-шараларды, сабақтарды өткізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Постоянно</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...27 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Повышение качества публикаций. Количества подписчиков</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мұғалімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК педагогикалық ұжымының АКТ-құзыреттілігін жетілдіру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-            <w:pPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="318"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:t>по распространению опыта работы</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалімдердің желілік қоғамдастықтардағы қызметін белсендіру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...8 lines deleted...]
-              <w:t>Постоянно</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Педагогический коллектив</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагоги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...23 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Youtube-та жеке арналары,  Instagram-да парақшалары, блогтары бар мұғалімдердің санын арттыру</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...5 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-            <w:pPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="318"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Медиаплан проектов и конкурсов с учащимися школ города, посещающими УПК</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тестілеу бағдарламалары арқылы оқушылардың ББД бақылауын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ұйымдастыру. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Ежегодно </w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2023-2024</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу жж</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Зам.директора по ВР</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Барлық бейіндік курстардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мұғалімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
-          </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Межшкольные проекты городского уровня – возможность показать результаты обучения в УПК</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Ақпараттық білім беру ресурстарын </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>пайдалану.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00987077" w:rsidRPr="00987077" w:rsidTr="00560B6A">
-[...2 lines deleted...]
-            <w:tcW w:w="2376" w:type="dxa"/>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
-                <w:sz w:val="24"/>
-[...7 lines deleted...]
-            <w:tcW w:w="2552" w:type="dxa"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-            <w:pPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="35"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...11 lines deleted...]
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="318"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Публикации в изданиях педагогического направления</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>АКТ-ны кәсіби өзін-өзі анықтау бағдарламасына енгізу.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00987077">
-[...5 lines deleted...]
-              <w:t>Постоянно</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қыркүйек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:pPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-психолог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның Павлодар қаласындағы кәсіби бағдар беру орталығы ретіндегі  оң имиджі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="36"/>
+              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:rPr>
-[...65 lines deleted...]
-            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="176" w:hanging="176"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның кәсіби бағдар беру орталығы ретіндегі  оң имиджі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н құру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...25 lines deleted...]
-              <w:t>СМИ: телевидение и газеты – трансляция деятельности УПК</w:t>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Әлеуметтік желілерде жұмыс істеу.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОӨК-ның сайтын, Instagram желісін жүйелі ақпаратпен толықтыру.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1743" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Постоянно</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2521" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Зам.директора по ВР</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагоги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="385"/>
               </w:tabs>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:t>Узнаваемость на уровне области, республики</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Басылымдардың сапасын,  жазылушылардың санын арттыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс тәжірибесін тарату мақсатында қалалық, облыстық, республикалық конференцияларда, форумдарда т.б. сөз сөйлеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагоги</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>калық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұжым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-ның оң имиджін көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ОӨК-на баратын қала мектептерінің оқушылары қатысатын жобалар мен байқаулардың медиа-жоспары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жыл сайын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Қалалық деңгейдегі мектепаралық жобалар – ОӨК-да оқу нәтижелерін көрсету мүмкіндігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық бағыттағы басылымдардағы жарияланымдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ОЖ жөніндегі орынбасары Педагогикалық ұжым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кәсіптік бағдар беру мәселелері бойынша Қазақстан Республикасының және шетелдің педагогикалық қауымдастығымен тәжірибе алмасу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidTr="004F0A79">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3674" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>БАҚ: теледидар және газеттер – ОӨК-ның қызметін көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1743" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Тұрақты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2521" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="0"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Директордың ТЖ жөніндегі орынбасары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2694" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F35982" w:rsidRPr="00F35982" w:rsidRDefault="00F35982" w:rsidP="00F35982">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="385"/>
+              </w:tabs>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F35982">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Облыс, республика деңгейінде танылу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00987077" w:rsidRPr="00987077" w:rsidRDefault="00987077" w:rsidP="00987077">
-[...6 lines deleted...]
-    <w:p w:rsidR="009A1663" w:rsidRPr="00BA41CB" w:rsidRDefault="009A1663" w:rsidP="00794083">
+    <w:p w:rsidR="009A1663" w:rsidRPr="001062E3" w:rsidRDefault="009A1663" w:rsidP="00F35982">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="009A1663" w:rsidRPr="00BA41CB" w:rsidSect="00987077">
+    <w:sectPr w:rsidR="009A1663" w:rsidRPr="001062E3" w:rsidSect="001062E3">
       <w:footnotePr>
         <w:pos w:val="beneathText"/>
       </w:footnotePr>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1701" w:right="1418" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC6B85" w:rsidRDefault="00AC6B85" w:rsidP="009A2E25">
+    <w:p w:rsidR="00103656" w:rsidRDefault="00103656" w:rsidP="009A2E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC6B85" w:rsidRDefault="00AC6B85" w:rsidP="009A2E25">
+    <w:p w:rsidR="00103656" w:rsidRDefault="00103656" w:rsidP="009A2E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
@@ -25201,105 +20489,105 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-1067251011"/>
+      <w:id w:val="-1612969332"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00987077" w:rsidRDefault="00987077">
+      <w:p w:rsidR="00F35982" w:rsidRDefault="00F35982">
         <w:pPr>
           <w:pStyle w:val="af4"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="002E7477">
+        <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>22</w:t>
+          <w:t>25</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00987077" w:rsidRDefault="00987077">
+  <w:p w:rsidR="00F35982" w:rsidRDefault="00F35982">
     <w:pPr>
       <w:pStyle w:val="af4"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AC6B85" w:rsidRDefault="00AC6B85" w:rsidP="009A2E25">
+    <w:p w:rsidR="00103656" w:rsidRDefault="00103656" w:rsidP="009A2E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AC6B85" w:rsidRDefault="00AC6B85" w:rsidP="009A2E25">
+    <w:p w:rsidR="00103656" w:rsidRDefault="00103656" w:rsidP="009A2E25">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000006"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000006"/>
     <w:name w:val="WW8Num6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -26389,50 +21677,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="233A2AC2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D31217BC"/>
+    <w:lvl w:ilvl="0" w:tplc="921250D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="241B6382"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6463FFA"/>
     <w:lvl w:ilvl="0" w:tplc="C32623C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -26504,51 +21904,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28852FB3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="54BE8120"/>
     <w:lvl w:ilvl="0" w:tplc="3A8C76F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1626" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26617,51 +22017,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5946" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6666" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="28CE1946"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6A3DC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -26706,51 +22106,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CF32374"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6A3DC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -26795,51 +22195,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F144068"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="487C2200"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -26881,51 +22281,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FA50FC1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B43032BE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -26994,51 +22394,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2FD83E40"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9BB4CAF6"/>
     <w:lvl w:ilvl="0" w:tplc="A3B62010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27107,51 +22507,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="31C33A59"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4424790A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -27193,51 +22593,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="357D3523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8356DE74"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27306,51 +22706,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="382513B3"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DAF45F46"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -27419,51 +22819,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3B6418F5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="23B8C720"/>
     <w:lvl w:ilvl="0" w:tplc="A3B62010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="896" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1616" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27532,51 +22932,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5936" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6656" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42707482"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B43032BE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -27645,51 +23045,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AB41F25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="1016816E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -27758,51 +23158,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C006C6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A101AA4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -27871,51 +23271,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F227F13"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6A3DC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -27960,51 +23360,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="55A615D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A6626920"/>
     <w:lvl w:ilvl="0" w:tplc="389C35C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -28049,51 +23449,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56E13D12"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3E5CB7AC"/>
     <w:lvl w:ilvl="0" w:tplc="3A8C76F6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1146" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1866" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -28162,51 +23562,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6186" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6906" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5A5A6A67"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2A101AA4"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -28275,51 +23675,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5DF425EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2DF6A3DC"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -28364,51 +23764,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66DB3C0B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6F741EA6"/>
     <w:lvl w:ilvl="0" w:tplc="A3B62010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -28477,51 +23877,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6AD700E7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8626EB2E"/>
     <w:lvl w:ilvl="0" w:tplc="A3B62010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="678" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1398" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -28566,51 +23966,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4998" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5718" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6438" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6B8A4CB8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E90AC136"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -28652,51 +24052,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FA56D0D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE6E277E"/>
     <w:lvl w:ilvl="0" w:tplc="A3B62010">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -28765,51 +24165,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6FF14680"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A762F3A2"/>
     <w:lvl w:ilvl="0" w:tplc="C32623C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -28857,51 +24257,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="796C6653"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6463FFA"/>
     <w:lvl w:ilvl="0" w:tplc="C32623C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -28973,51 +24373,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5A6B52"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B6463FFA"/>
     <w:lvl w:ilvl="0" w:tplc="C32623C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -29090,776 +24490,878 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="22"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="25"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="26"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="24"/>
+    <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="27"/>
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="29"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="34"/>
+    <w:abstractNumId w:val="35"/>
   </w:num>
   <w:num w:numId="18">
-    <w:abstractNumId w:val="35"/>
+    <w:abstractNumId w:val="36"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="31"/>
+    <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="20">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="21">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="22">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="23">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="23">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="26">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="35">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="26">
-[...26 lines deleted...]
-  <w:num w:numId="35">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="14"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="68"/>
+  <w:zoom w:percent="124"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:pos w:val="beneathText"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00367640"/>
     <w:rsid w:val="0001047E"/>
     <w:rsid w:val="00016BDE"/>
     <w:rsid w:val="00021CC4"/>
     <w:rsid w:val="00021DEA"/>
     <w:rsid w:val="000229D2"/>
     <w:rsid w:val="00030DEE"/>
     <w:rsid w:val="0003444A"/>
     <w:rsid w:val="000352BB"/>
     <w:rsid w:val="00037DB3"/>
     <w:rsid w:val="00051B1E"/>
     <w:rsid w:val="00051EA7"/>
     <w:rsid w:val="00051ED9"/>
     <w:rsid w:val="000621D6"/>
+    <w:rsid w:val="000645C4"/>
     <w:rsid w:val="00065BA0"/>
+    <w:rsid w:val="00074F56"/>
     <w:rsid w:val="00075385"/>
+    <w:rsid w:val="0007610C"/>
     <w:rsid w:val="00080248"/>
     <w:rsid w:val="000871D3"/>
+    <w:rsid w:val="000918AC"/>
     <w:rsid w:val="00094814"/>
     <w:rsid w:val="00096E7F"/>
+    <w:rsid w:val="000A4BCC"/>
     <w:rsid w:val="000A73D0"/>
     <w:rsid w:val="000B7363"/>
     <w:rsid w:val="000C0BE2"/>
     <w:rsid w:val="000C1C93"/>
     <w:rsid w:val="000C2419"/>
     <w:rsid w:val="000C74ED"/>
     <w:rsid w:val="000D316D"/>
     <w:rsid w:val="000D44ED"/>
     <w:rsid w:val="000D56AC"/>
     <w:rsid w:val="000E35CD"/>
     <w:rsid w:val="000E42F9"/>
     <w:rsid w:val="000E5AA6"/>
     <w:rsid w:val="000E5FB7"/>
     <w:rsid w:val="000E760B"/>
     <w:rsid w:val="000E7A71"/>
     <w:rsid w:val="000F577A"/>
     <w:rsid w:val="000F7116"/>
     <w:rsid w:val="000F7B8F"/>
+    <w:rsid w:val="00101534"/>
+    <w:rsid w:val="00103656"/>
     <w:rsid w:val="0010410A"/>
+    <w:rsid w:val="001062E3"/>
     <w:rsid w:val="00106D71"/>
     <w:rsid w:val="001108F6"/>
     <w:rsid w:val="00111158"/>
+    <w:rsid w:val="001157C8"/>
     <w:rsid w:val="001207AE"/>
     <w:rsid w:val="00121973"/>
     <w:rsid w:val="0013085F"/>
     <w:rsid w:val="00132D37"/>
     <w:rsid w:val="001343E9"/>
     <w:rsid w:val="0013517D"/>
     <w:rsid w:val="0013543F"/>
+    <w:rsid w:val="00135B41"/>
     <w:rsid w:val="0013606A"/>
     <w:rsid w:val="00151816"/>
     <w:rsid w:val="00154BF0"/>
     <w:rsid w:val="00154FF6"/>
+    <w:rsid w:val="00162EE6"/>
+    <w:rsid w:val="00165D73"/>
     <w:rsid w:val="001660A6"/>
     <w:rsid w:val="00184AF2"/>
     <w:rsid w:val="001907B4"/>
     <w:rsid w:val="001931C3"/>
     <w:rsid w:val="001957C4"/>
+    <w:rsid w:val="00196AAE"/>
     <w:rsid w:val="00196E7E"/>
     <w:rsid w:val="00197053"/>
     <w:rsid w:val="001A138E"/>
     <w:rsid w:val="001A2336"/>
     <w:rsid w:val="001A38F3"/>
     <w:rsid w:val="001A5C15"/>
+    <w:rsid w:val="001B1047"/>
     <w:rsid w:val="001B1EE3"/>
     <w:rsid w:val="001B2F43"/>
     <w:rsid w:val="001C1430"/>
     <w:rsid w:val="001C171E"/>
     <w:rsid w:val="001C24B1"/>
+    <w:rsid w:val="001E1C08"/>
     <w:rsid w:val="001E42F2"/>
     <w:rsid w:val="001E6BC2"/>
     <w:rsid w:val="001E7785"/>
-    <w:rsid w:val="0020081D"/>
     <w:rsid w:val="0020276B"/>
     <w:rsid w:val="00206DE3"/>
     <w:rsid w:val="002111E4"/>
     <w:rsid w:val="00212FFC"/>
+    <w:rsid w:val="00213F9C"/>
+    <w:rsid w:val="002155B5"/>
     <w:rsid w:val="00217F3B"/>
     <w:rsid w:val="00221886"/>
+    <w:rsid w:val="00222732"/>
     <w:rsid w:val="002255D0"/>
     <w:rsid w:val="00225859"/>
     <w:rsid w:val="00227767"/>
     <w:rsid w:val="002335CA"/>
     <w:rsid w:val="0023797B"/>
     <w:rsid w:val="002379A8"/>
     <w:rsid w:val="0024119B"/>
+    <w:rsid w:val="002426F9"/>
     <w:rsid w:val="00244768"/>
     <w:rsid w:val="00244C4B"/>
     <w:rsid w:val="002461E8"/>
     <w:rsid w:val="002518DD"/>
     <w:rsid w:val="00253116"/>
     <w:rsid w:val="002535C2"/>
     <w:rsid w:val="00253A1B"/>
     <w:rsid w:val="0025752B"/>
     <w:rsid w:val="00260800"/>
     <w:rsid w:val="0026294D"/>
     <w:rsid w:val="00262BDE"/>
     <w:rsid w:val="00272399"/>
     <w:rsid w:val="00293673"/>
+    <w:rsid w:val="002A0B8C"/>
+    <w:rsid w:val="002A10F4"/>
     <w:rsid w:val="002A4589"/>
     <w:rsid w:val="002A546B"/>
     <w:rsid w:val="002A7CA1"/>
     <w:rsid w:val="002B17C7"/>
     <w:rsid w:val="002B4F26"/>
     <w:rsid w:val="002C395B"/>
     <w:rsid w:val="002D2D85"/>
     <w:rsid w:val="002D2EE6"/>
-    <w:rsid w:val="002E7477"/>
     <w:rsid w:val="002F0638"/>
     <w:rsid w:val="002F6AFB"/>
     <w:rsid w:val="00302999"/>
     <w:rsid w:val="003110C7"/>
     <w:rsid w:val="003113D4"/>
     <w:rsid w:val="00315C86"/>
     <w:rsid w:val="003166DB"/>
     <w:rsid w:val="00317DBB"/>
+    <w:rsid w:val="00324ED8"/>
     <w:rsid w:val="00326555"/>
     <w:rsid w:val="00327246"/>
     <w:rsid w:val="00331614"/>
+    <w:rsid w:val="00332FE3"/>
     <w:rsid w:val="00334FC3"/>
     <w:rsid w:val="003438D4"/>
     <w:rsid w:val="00346BB2"/>
     <w:rsid w:val="00346F58"/>
     <w:rsid w:val="0035643F"/>
     <w:rsid w:val="00356ABA"/>
+    <w:rsid w:val="00356CF1"/>
     <w:rsid w:val="00363980"/>
     <w:rsid w:val="00363DAB"/>
     <w:rsid w:val="00365513"/>
     <w:rsid w:val="00367640"/>
     <w:rsid w:val="00370089"/>
+    <w:rsid w:val="00370B8B"/>
     <w:rsid w:val="003817A7"/>
     <w:rsid w:val="00385DF0"/>
     <w:rsid w:val="003A4756"/>
     <w:rsid w:val="003A53EB"/>
     <w:rsid w:val="003A7891"/>
     <w:rsid w:val="003B6130"/>
     <w:rsid w:val="003C1047"/>
     <w:rsid w:val="003C36AD"/>
     <w:rsid w:val="003C5429"/>
     <w:rsid w:val="003C56E8"/>
     <w:rsid w:val="003D1011"/>
     <w:rsid w:val="003D4929"/>
     <w:rsid w:val="003D5313"/>
     <w:rsid w:val="003D65E5"/>
     <w:rsid w:val="003F1669"/>
     <w:rsid w:val="003F3DB5"/>
+    <w:rsid w:val="004053E1"/>
     <w:rsid w:val="00406B20"/>
     <w:rsid w:val="00424B9E"/>
     <w:rsid w:val="00425B14"/>
+    <w:rsid w:val="0043095C"/>
     <w:rsid w:val="0043464F"/>
     <w:rsid w:val="0043474F"/>
     <w:rsid w:val="00441BAC"/>
     <w:rsid w:val="00443AF4"/>
     <w:rsid w:val="00443DE1"/>
     <w:rsid w:val="0044713B"/>
     <w:rsid w:val="0044775D"/>
     <w:rsid w:val="00452415"/>
     <w:rsid w:val="00453CDE"/>
+    <w:rsid w:val="00465E00"/>
     <w:rsid w:val="0046600F"/>
     <w:rsid w:val="00467836"/>
+    <w:rsid w:val="00470654"/>
     <w:rsid w:val="0047148E"/>
     <w:rsid w:val="00473262"/>
+    <w:rsid w:val="0047444B"/>
     <w:rsid w:val="00476724"/>
     <w:rsid w:val="00476AC2"/>
+    <w:rsid w:val="004817BD"/>
     <w:rsid w:val="0048440E"/>
     <w:rsid w:val="00484C63"/>
     <w:rsid w:val="00484F69"/>
     <w:rsid w:val="00491588"/>
     <w:rsid w:val="004A0AC6"/>
+    <w:rsid w:val="004A0E1C"/>
     <w:rsid w:val="004A1EA5"/>
     <w:rsid w:val="004A2F0F"/>
     <w:rsid w:val="004A5671"/>
+    <w:rsid w:val="004A6B06"/>
     <w:rsid w:val="004A729E"/>
     <w:rsid w:val="004B1645"/>
     <w:rsid w:val="004B7858"/>
+    <w:rsid w:val="004C3E37"/>
     <w:rsid w:val="004C79F2"/>
     <w:rsid w:val="004D256C"/>
     <w:rsid w:val="004D39D7"/>
     <w:rsid w:val="004D3BB0"/>
     <w:rsid w:val="004D5FED"/>
     <w:rsid w:val="004D71DF"/>
     <w:rsid w:val="004E17FC"/>
     <w:rsid w:val="004E2476"/>
     <w:rsid w:val="004F62D1"/>
+    <w:rsid w:val="005070AD"/>
     <w:rsid w:val="00512AF8"/>
+    <w:rsid w:val="00524A74"/>
     <w:rsid w:val="00525C70"/>
     <w:rsid w:val="00535DED"/>
     <w:rsid w:val="00540F7B"/>
+    <w:rsid w:val="00541038"/>
     <w:rsid w:val="005434CD"/>
+    <w:rsid w:val="00543CC9"/>
     <w:rsid w:val="00553C54"/>
     <w:rsid w:val="005559E0"/>
+    <w:rsid w:val="0056308D"/>
     <w:rsid w:val="00565C72"/>
     <w:rsid w:val="00566B49"/>
     <w:rsid w:val="0057118D"/>
     <w:rsid w:val="005752BD"/>
     <w:rsid w:val="0057554F"/>
     <w:rsid w:val="005773EA"/>
     <w:rsid w:val="00582DF8"/>
     <w:rsid w:val="005833CF"/>
     <w:rsid w:val="0059199C"/>
     <w:rsid w:val="00595CD2"/>
     <w:rsid w:val="00597D1B"/>
     <w:rsid w:val="005A012E"/>
     <w:rsid w:val="005A1A08"/>
     <w:rsid w:val="005A3221"/>
+    <w:rsid w:val="005A5A27"/>
     <w:rsid w:val="005A6631"/>
+    <w:rsid w:val="005A7878"/>
+    <w:rsid w:val="005B1BF4"/>
     <w:rsid w:val="005B4F67"/>
     <w:rsid w:val="005B5B30"/>
     <w:rsid w:val="005B5C97"/>
     <w:rsid w:val="005D13F6"/>
     <w:rsid w:val="005E136F"/>
     <w:rsid w:val="005F2228"/>
     <w:rsid w:val="005F3474"/>
     <w:rsid w:val="0060673F"/>
     <w:rsid w:val="0061021A"/>
     <w:rsid w:val="00611BA1"/>
     <w:rsid w:val="006141EE"/>
     <w:rsid w:val="0062139D"/>
     <w:rsid w:val="00626409"/>
     <w:rsid w:val="006332B2"/>
     <w:rsid w:val="00633966"/>
     <w:rsid w:val="00640CB6"/>
     <w:rsid w:val="00642A68"/>
     <w:rsid w:val="00643C8A"/>
     <w:rsid w:val="0064757E"/>
     <w:rsid w:val="00655E87"/>
     <w:rsid w:val="006662D0"/>
     <w:rsid w:val="00666325"/>
     <w:rsid w:val="00667732"/>
     <w:rsid w:val="006708CD"/>
     <w:rsid w:val="00675061"/>
-    <w:rsid w:val="00682FBE"/>
+    <w:rsid w:val="00677161"/>
+    <w:rsid w:val="006808AB"/>
     <w:rsid w:val="0068631C"/>
     <w:rsid w:val="00691A2A"/>
     <w:rsid w:val="00696851"/>
     <w:rsid w:val="006971B9"/>
     <w:rsid w:val="006972BE"/>
     <w:rsid w:val="006A1701"/>
+    <w:rsid w:val="006A2FD2"/>
     <w:rsid w:val="006B39E4"/>
     <w:rsid w:val="006B46B2"/>
     <w:rsid w:val="006C4B96"/>
+    <w:rsid w:val="006C61A9"/>
+    <w:rsid w:val="006C637E"/>
     <w:rsid w:val="006C6687"/>
     <w:rsid w:val="006D068F"/>
     <w:rsid w:val="006D3CBC"/>
     <w:rsid w:val="006D7590"/>
     <w:rsid w:val="006E2649"/>
     <w:rsid w:val="006E31A8"/>
     <w:rsid w:val="006E4020"/>
     <w:rsid w:val="006F29C6"/>
+    <w:rsid w:val="007014FF"/>
+    <w:rsid w:val="007131B1"/>
     <w:rsid w:val="007140FD"/>
     <w:rsid w:val="00720A99"/>
     <w:rsid w:val="007232EA"/>
     <w:rsid w:val="00723825"/>
     <w:rsid w:val="00725067"/>
     <w:rsid w:val="007252E2"/>
     <w:rsid w:val="00726BE6"/>
     <w:rsid w:val="007276C5"/>
+    <w:rsid w:val="00732372"/>
     <w:rsid w:val="007416EF"/>
     <w:rsid w:val="007431D1"/>
+    <w:rsid w:val="0074682C"/>
     <w:rsid w:val="00746B6F"/>
     <w:rsid w:val="00747A9D"/>
     <w:rsid w:val="00761526"/>
     <w:rsid w:val="00766708"/>
     <w:rsid w:val="007740FF"/>
     <w:rsid w:val="007749CA"/>
     <w:rsid w:val="00775F2B"/>
+    <w:rsid w:val="007760AE"/>
     <w:rsid w:val="00783981"/>
     <w:rsid w:val="00783DF6"/>
     <w:rsid w:val="00783ED2"/>
     <w:rsid w:val="0078409B"/>
     <w:rsid w:val="00786469"/>
     <w:rsid w:val="00786946"/>
     <w:rsid w:val="00787491"/>
     <w:rsid w:val="007903DC"/>
     <w:rsid w:val="00794083"/>
     <w:rsid w:val="007A5B29"/>
     <w:rsid w:val="007B0C14"/>
     <w:rsid w:val="007C0A04"/>
     <w:rsid w:val="007D759D"/>
     <w:rsid w:val="007E05D8"/>
     <w:rsid w:val="007E2E24"/>
     <w:rsid w:val="007F3DE5"/>
     <w:rsid w:val="00802CB3"/>
     <w:rsid w:val="0082030B"/>
     <w:rsid w:val="0083266E"/>
     <w:rsid w:val="00833BC9"/>
     <w:rsid w:val="008347A1"/>
     <w:rsid w:val="0085369C"/>
     <w:rsid w:val="008541BF"/>
     <w:rsid w:val="00857306"/>
+    <w:rsid w:val="0086122C"/>
     <w:rsid w:val="00863179"/>
     <w:rsid w:val="00865A0C"/>
     <w:rsid w:val="008678E8"/>
+    <w:rsid w:val="00874F42"/>
     <w:rsid w:val="00890074"/>
     <w:rsid w:val="0089062B"/>
     <w:rsid w:val="008947ED"/>
     <w:rsid w:val="00894AC8"/>
+    <w:rsid w:val="00894B17"/>
     <w:rsid w:val="008964DC"/>
     <w:rsid w:val="008A0BA1"/>
     <w:rsid w:val="008B0FEA"/>
     <w:rsid w:val="008B2DFD"/>
+    <w:rsid w:val="008C009E"/>
     <w:rsid w:val="008C40C1"/>
+    <w:rsid w:val="008D3817"/>
     <w:rsid w:val="008D7DC6"/>
     <w:rsid w:val="008E275B"/>
     <w:rsid w:val="008E6003"/>
     <w:rsid w:val="008E7B63"/>
     <w:rsid w:val="00907738"/>
     <w:rsid w:val="00911D98"/>
     <w:rsid w:val="00912C98"/>
     <w:rsid w:val="009138F3"/>
     <w:rsid w:val="0092057F"/>
     <w:rsid w:val="0092144B"/>
     <w:rsid w:val="009255A4"/>
     <w:rsid w:val="009305C1"/>
     <w:rsid w:val="009309FA"/>
+    <w:rsid w:val="00937451"/>
     <w:rsid w:val="009419D7"/>
     <w:rsid w:val="00942373"/>
     <w:rsid w:val="00944194"/>
     <w:rsid w:val="00945E7F"/>
     <w:rsid w:val="00946BE2"/>
     <w:rsid w:val="00946C72"/>
     <w:rsid w:val="00952639"/>
     <w:rsid w:val="00955F6F"/>
+    <w:rsid w:val="009573DB"/>
     <w:rsid w:val="00973A34"/>
     <w:rsid w:val="00973EA3"/>
     <w:rsid w:val="00974030"/>
+    <w:rsid w:val="00974480"/>
     <w:rsid w:val="009755D5"/>
     <w:rsid w:val="00984011"/>
+    <w:rsid w:val="009840D6"/>
     <w:rsid w:val="00984DB6"/>
-    <w:rsid w:val="00987077"/>
     <w:rsid w:val="009938DF"/>
+    <w:rsid w:val="00993C22"/>
     <w:rsid w:val="00994BAC"/>
     <w:rsid w:val="009A11AE"/>
     <w:rsid w:val="009A1663"/>
     <w:rsid w:val="009A2E25"/>
     <w:rsid w:val="009A6DD4"/>
+    <w:rsid w:val="009B1338"/>
+    <w:rsid w:val="009B1346"/>
     <w:rsid w:val="009B4FD9"/>
     <w:rsid w:val="009C2E56"/>
+    <w:rsid w:val="009D4597"/>
     <w:rsid w:val="009D4B86"/>
     <w:rsid w:val="009D54B3"/>
     <w:rsid w:val="009E00A9"/>
     <w:rsid w:val="009E3AB7"/>
     <w:rsid w:val="009E4C7A"/>
     <w:rsid w:val="009E5EF0"/>
     <w:rsid w:val="009F0B75"/>
     <w:rsid w:val="009F0F32"/>
     <w:rsid w:val="009F24EF"/>
     <w:rsid w:val="009F792F"/>
     <w:rsid w:val="00A15CAB"/>
     <w:rsid w:val="00A15FBA"/>
     <w:rsid w:val="00A16FED"/>
     <w:rsid w:val="00A20BB1"/>
     <w:rsid w:val="00A309E6"/>
     <w:rsid w:val="00A3324D"/>
     <w:rsid w:val="00A3636B"/>
     <w:rsid w:val="00A37612"/>
     <w:rsid w:val="00A37DF6"/>
     <w:rsid w:val="00A42575"/>
     <w:rsid w:val="00A525B9"/>
     <w:rsid w:val="00A5573D"/>
     <w:rsid w:val="00A61CF9"/>
     <w:rsid w:val="00A70356"/>
+    <w:rsid w:val="00A704BD"/>
     <w:rsid w:val="00A736CE"/>
     <w:rsid w:val="00A8035D"/>
     <w:rsid w:val="00A81C7A"/>
     <w:rsid w:val="00A821A4"/>
     <w:rsid w:val="00A84FF9"/>
     <w:rsid w:val="00A85855"/>
+    <w:rsid w:val="00A90A3C"/>
     <w:rsid w:val="00A92032"/>
     <w:rsid w:val="00A92944"/>
     <w:rsid w:val="00A94CDA"/>
     <w:rsid w:val="00AA2A97"/>
     <w:rsid w:val="00AA55B1"/>
     <w:rsid w:val="00AA5E9D"/>
     <w:rsid w:val="00AB0919"/>
     <w:rsid w:val="00AB2ADE"/>
     <w:rsid w:val="00AB515E"/>
     <w:rsid w:val="00AB5996"/>
     <w:rsid w:val="00AB59EC"/>
-    <w:rsid w:val="00AC6B85"/>
     <w:rsid w:val="00AD0263"/>
+    <w:rsid w:val="00AD0B0D"/>
     <w:rsid w:val="00AD5216"/>
     <w:rsid w:val="00AD5AD9"/>
     <w:rsid w:val="00AE6980"/>
     <w:rsid w:val="00AE78C8"/>
     <w:rsid w:val="00AE7BC0"/>
     <w:rsid w:val="00B0481F"/>
     <w:rsid w:val="00B07B74"/>
     <w:rsid w:val="00B1115D"/>
     <w:rsid w:val="00B14221"/>
     <w:rsid w:val="00B20F0F"/>
     <w:rsid w:val="00B21D70"/>
     <w:rsid w:val="00B22877"/>
+    <w:rsid w:val="00B24FC6"/>
     <w:rsid w:val="00B26A59"/>
     <w:rsid w:val="00B26C6C"/>
     <w:rsid w:val="00B27E8D"/>
     <w:rsid w:val="00B35208"/>
     <w:rsid w:val="00B35B17"/>
     <w:rsid w:val="00B50318"/>
     <w:rsid w:val="00B600CB"/>
     <w:rsid w:val="00B613D2"/>
     <w:rsid w:val="00B62F8E"/>
     <w:rsid w:val="00B631F0"/>
     <w:rsid w:val="00B633AC"/>
     <w:rsid w:val="00B63950"/>
     <w:rsid w:val="00B7386D"/>
     <w:rsid w:val="00B74929"/>
     <w:rsid w:val="00B83418"/>
     <w:rsid w:val="00B83B7B"/>
     <w:rsid w:val="00B86FEE"/>
     <w:rsid w:val="00B90330"/>
     <w:rsid w:val="00B91DDB"/>
+    <w:rsid w:val="00B93A3A"/>
+    <w:rsid w:val="00B94BB3"/>
     <w:rsid w:val="00BA1271"/>
     <w:rsid w:val="00BA41CB"/>
     <w:rsid w:val="00BA4C6B"/>
     <w:rsid w:val="00BA574A"/>
+    <w:rsid w:val="00BB01DB"/>
     <w:rsid w:val="00BB0BBA"/>
     <w:rsid w:val="00BB1E02"/>
     <w:rsid w:val="00BB39F9"/>
     <w:rsid w:val="00BB4CDD"/>
     <w:rsid w:val="00BC14D9"/>
     <w:rsid w:val="00BC66A0"/>
     <w:rsid w:val="00BD1026"/>
     <w:rsid w:val="00BE12AE"/>
+    <w:rsid w:val="00BE43AC"/>
     <w:rsid w:val="00BE6A96"/>
     <w:rsid w:val="00BF1F83"/>
     <w:rsid w:val="00BF5DC6"/>
+    <w:rsid w:val="00BF604E"/>
+    <w:rsid w:val="00BF7CB1"/>
+    <w:rsid w:val="00C01C1B"/>
+    <w:rsid w:val="00C06100"/>
     <w:rsid w:val="00C069EC"/>
     <w:rsid w:val="00C13ACB"/>
     <w:rsid w:val="00C16935"/>
     <w:rsid w:val="00C17484"/>
     <w:rsid w:val="00C20AE3"/>
     <w:rsid w:val="00C23DC8"/>
     <w:rsid w:val="00C27026"/>
     <w:rsid w:val="00C3085E"/>
     <w:rsid w:val="00C35F7C"/>
     <w:rsid w:val="00C35F96"/>
     <w:rsid w:val="00C404D5"/>
     <w:rsid w:val="00C51CA6"/>
     <w:rsid w:val="00C56D09"/>
     <w:rsid w:val="00C626CF"/>
     <w:rsid w:val="00C7364E"/>
     <w:rsid w:val="00C739EF"/>
     <w:rsid w:val="00C80363"/>
     <w:rsid w:val="00C80B9F"/>
     <w:rsid w:val="00C817CC"/>
+    <w:rsid w:val="00C84F52"/>
     <w:rsid w:val="00C9222A"/>
     <w:rsid w:val="00C938F6"/>
     <w:rsid w:val="00CA39A0"/>
     <w:rsid w:val="00CA5689"/>
     <w:rsid w:val="00CA717D"/>
     <w:rsid w:val="00CA72D4"/>
     <w:rsid w:val="00CB0361"/>
     <w:rsid w:val="00CB15AF"/>
+    <w:rsid w:val="00CB6079"/>
     <w:rsid w:val="00CC0F01"/>
     <w:rsid w:val="00CC5D56"/>
     <w:rsid w:val="00CC69E3"/>
+    <w:rsid w:val="00CC722C"/>
     <w:rsid w:val="00CD6732"/>
     <w:rsid w:val="00CD7C3A"/>
     <w:rsid w:val="00CF10E0"/>
     <w:rsid w:val="00CF39AB"/>
     <w:rsid w:val="00CF77E8"/>
     <w:rsid w:val="00D11115"/>
     <w:rsid w:val="00D11B39"/>
     <w:rsid w:val="00D12B45"/>
     <w:rsid w:val="00D16A97"/>
     <w:rsid w:val="00D21BE2"/>
     <w:rsid w:val="00D225DD"/>
     <w:rsid w:val="00D26C53"/>
+    <w:rsid w:val="00D33367"/>
     <w:rsid w:val="00D33B54"/>
     <w:rsid w:val="00D41DE6"/>
     <w:rsid w:val="00D4553D"/>
     <w:rsid w:val="00D50B22"/>
     <w:rsid w:val="00D54F37"/>
     <w:rsid w:val="00D55B5B"/>
     <w:rsid w:val="00D56B01"/>
     <w:rsid w:val="00D57C83"/>
     <w:rsid w:val="00D57F48"/>
     <w:rsid w:val="00D62592"/>
     <w:rsid w:val="00D65657"/>
     <w:rsid w:val="00D701A8"/>
     <w:rsid w:val="00D705D7"/>
     <w:rsid w:val="00D71562"/>
     <w:rsid w:val="00D72D71"/>
     <w:rsid w:val="00D74A77"/>
+    <w:rsid w:val="00D92C9B"/>
     <w:rsid w:val="00D9569C"/>
+    <w:rsid w:val="00D97BDD"/>
     <w:rsid w:val="00DA0627"/>
     <w:rsid w:val="00DA4109"/>
     <w:rsid w:val="00DC1006"/>
     <w:rsid w:val="00DC287D"/>
     <w:rsid w:val="00DC44F8"/>
     <w:rsid w:val="00DC6A05"/>
     <w:rsid w:val="00DD12FE"/>
     <w:rsid w:val="00DD6316"/>
     <w:rsid w:val="00DE2FEC"/>
     <w:rsid w:val="00DE42E3"/>
     <w:rsid w:val="00DE4EA7"/>
+    <w:rsid w:val="00DF20A7"/>
+    <w:rsid w:val="00DF381C"/>
     <w:rsid w:val="00DF71BE"/>
     <w:rsid w:val="00E009EE"/>
+    <w:rsid w:val="00E0354A"/>
     <w:rsid w:val="00E03AD9"/>
+    <w:rsid w:val="00E05BC1"/>
+    <w:rsid w:val="00E05F48"/>
     <w:rsid w:val="00E0606C"/>
+    <w:rsid w:val="00E06872"/>
     <w:rsid w:val="00E140CA"/>
     <w:rsid w:val="00E148E3"/>
+    <w:rsid w:val="00E239AB"/>
     <w:rsid w:val="00E304F5"/>
     <w:rsid w:val="00E31E01"/>
     <w:rsid w:val="00E324FD"/>
     <w:rsid w:val="00E33910"/>
+    <w:rsid w:val="00E34CA3"/>
     <w:rsid w:val="00E41409"/>
     <w:rsid w:val="00E4153A"/>
+    <w:rsid w:val="00E42FB5"/>
     <w:rsid w:val="00E44159"/>
     <w:rsid w:val="00E44E12"/>
     <w:rsid w:val="00E45833"/>
     <w:rsid w:val="00E461BA"/>
     <w:rsid w:val="00E46784"/>
     <w:rsid w:val="00E50D95"/>
+    <w:rsid w:val="00E52DD4"/>
     <w:rsid w:val="00E55A4E"/>
+    <w:rsid w:val="00E63BDA"/>
+    <w:rsid w:val="00E63FF4"/>
     <w:rsid w:val="00E65057"/>
     <w:rsid w:val="00E67604"/>
     <w:rsid w:val="00E80B80"/>
     <w:rsid w:val="00E83DA1"/>
     <w:rsid w:val="00E94117"/>
     <w:rsid w:val="00E9490B"/>
+    <w:rsid w:val="00E95C2F"/>
     <w:rsid w:val="00EA15F0"/>
+    <w:rsid w:val="00EA1C46"/>
     <w:rsid w:val="00EA2777"/>
     <w:rsid w:val="00EA36AE"/>
+    <w:rsid w:val="00EA5346"/>
     <w:rsid w:val="00EA7593"/>
     <w:rsid w:val="00EB68EA"/>
     <w:rsid w:val="00EB6E3D"/>
+    <w:rsid w:val="00EC54F6"/>
     <w:rsid w:val="00EC56C7"/>
     <w:rsid w:val="00ED5085"/>
     <w:rsid w:val="00ED6E6E"/>
     <w:rsid w:val="00EE118D"/>
     <w:rsid w:val="00EE2CC3"/>
     <w:rsid w:val="00EE4EB1"/>
     <w:rsid w:val="00EE520A"/>
     <w:rsid w:val="00EF730A"/>
     <w:rsid w:val="00F06154"/>
     <w:rsid w:val="00F1182F"/>
     <w:rsid w:val="00F241F4"/>
     <w:rsid w:val="00F32345"/>
+    <w:rsid w:val="00F33ABD"/>
+    <w:rsid w:val="00F35982"/>
     <w:rsid w:val="00F36C80"/>
     <w:rsid w:val="00F439C1"/>
     <w:rsid w:val="00F4485C"/>
     <w:rsid w:val="00F45F7E"/>
     <w:rsid w:val="00F577F5"/>
     <w:rsid w:val="00F64CC7"/>
     <w:rsid w:val="00F6551B"/>
     <w:rsid w:val="00F65831"/>
     <w:rsid w:val="00F85A84"/>
     <w:rsid w:val="00F9235E"/>
     <w:rsid w:val="00F95B7D"/>
     <w:rsid w:val="00F97303"/>
+    <w:rsid w:val="00FA00F0"/>
     <w:rsid w:val="00FB5A32"/>
     <w:rsid w:val="00FB713E"/>
     <w:rsid w:val="00FC1FCD"/>
     <w:rsid w:val="00FC431A"/>
     <w:rsid w:val="00FC5295"/>
     <w:rsid w:val="00FC7DBF"/>
     <w:rsid w:val="00FD5E1A"/>
     <w:rsid w:val="00FD774E"/>
     <w:rsid w:val="00FD7DF7"/>
     <w:rsid w:val="00FE02BA"/>
     <w:rsid w:val="00FE1EDD"/>
     <w:rsid w:val="00FE62E0"/>
     <w:rsid w:val="00FF08B1"/>
     <w:rsid w:val="00FF0D2F"/>
+    <w:rsid w:val="00FF11FB"/>
+    <w:rsid w:val="00FF5D46"/>
     <w:rsid w:val="00FF6CB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="27467F97"/>
-  <w15:docId w15:val="{82907471-920F-447F-83A5-4F490980EEAA}"/>
+  <w14:docId w14:val="01FF163D"/>
+  <w15:docId w15:val="{4E70B542-8DC6-4BB4-B941-5A20E82B2517}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -29991,51 +25493,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="0"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -30519,51 +26021,50 @@
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Без интервала Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B35208"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Arial" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00F6551B"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
-    <w:uiPriority w:val="59"/>
     <w:rsid w:val="00AA5E9D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
     <w:rsid w:val="00E41409"/>
     <w:rPr>
@@ -31364,51 +26865,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1675914118">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/?hl=ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/_____Microsoft_Excel.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="ru-RU"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:autoTitleDeleted val="0"/>
     <c:view3D>
       <c:rotX val="15"/>
       <c:rotY val="20"/>
       <c:rAngAx val="1"/>
@@ -31491,51 +26992,51 @@
             <c:numRef>
               <c:f>Лист1!$B$2:$B$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1415</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>726</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000000-FCF1-4CDB-88A9-91241FD27E7A}"/>
+              <c16:uniqueId val="{00000000-B2FF-4667-ADCA-BD85BF61C916}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист1!$C$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>8кл</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
@@ -31587,130 +27088,130 @@
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Лист1!$C$2:$C$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>61</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>51</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>46</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1293</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000001-FCF1-4CDB-88A9-91241FD27E7A}"/>
+              <c16:uniqueId val="{00000001-B2FF-4667-ADCA-BD85BF61C916}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист1!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>9кл</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="4.6296296296296294E-3"/>
                   <c:y val="-1.0068887713978716E-16"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000002-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000002-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-5.8550769389120478E-3"/>
                   <c:y val="-3.1570463140926284E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000003-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000003-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="4"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.1786492374727671E-3"/>
                   <c:y val="5.2493438320209973E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000004-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000004-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800"/>
                 </a:pPr>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
@@ -31749,88 +27250,88 @@
             <c:numRef>
               <c:f>Лист1!$D$2:$D$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>372</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>385</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>435</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>132</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>27</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000005-FCF1-4CDB-88A9-91241FD27E7A}"/>
+              <c16:uniqueId val="{00000005-B2FF-4667-ADCA-BD85BF61C916}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="3"/>
           <c:order val="3"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист1!$E$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>10кл</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="-3.994144128006272E-17"/>
                   <c:y val="1.5748031496062992E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000006-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000006-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800"/>
                 </a:pPr>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
@@ -31869,130 +27370,130 @@
             <c:numRef>
               <c:f>Лист1!$E$2:$E$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>1117</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1062</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1167</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>262</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>360</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{00000007-FCF1-4CDB-88A9-91241FD27E7A}"/>
+              <c16:uniqueId val="{00000007-B2FF-4667-ADCA-BD85BF61C916}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="4"/>
           <c:order val="4"/>
           <c:tx>
             <c:strRef>
               <c:f>Лист1!$F$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>11кл</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:invertIfNegative val="0"/>
           <c:dLbls>
             <c:dLbl>
               <c:idx val="0"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="1.9607843137254902E-2"/>
                   <c:y val="0"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000008-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000008-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="1"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.178649237472767E-2"/>
                   <c:y val="1.5748031496062992E-2"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{00000009-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{00000009-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:dLbl>
               <c:idx val="2"/>
               <c:layout>
                 <c:manualLayout>
                   <c:x val="2.2739608529325991E-2"/>
                   <c:y val="5.2493438320209973E-3"/>
                 </c:manualLayout>
               </c:layout>
               <c:showLegendKey val="0"/>
               <c:showVal val="1"/>
               <c:showCatName val="0"/>
               <c:showSerName val="0"/>
               <c:showPercent val="0"/>
               <c:showBubbleSize val="0"/>
               <c:extLst>
                 <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
                 <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-                  <c16:uniqueId val="{0000000A-FCF1-4CDB-88A9-91241FD27E7A}"/>
+                  <c16:uniqueId val="{0000000A-B2FF-4667-ADCA-BD85BF61C916}"/>
                 </c:ext>
               </c:extLst>
             </c:dLbl>
             <c:spPr>
               <a:noFill/>
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:effectLst/>
             </c:spPr>
             <c:txPr>
               <a:bodyPr/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="800"/>
                 </a:pPr>
                 <a:endParaRPr lang="ru-RU"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
@@ -32031,51 +27532,51 @@
             <c:numRef>
               <c:f>Лист1!$F$2:$F$6</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="5"/>
                 <c:pt idx="0">
                   <c:v>1006</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>1112</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>1018</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>1142</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>1148</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
-              <c16:uniqueId val="{0000000B-FCF1-4CDB-88A9-91241FD27E7A}"/>
+              <c16:uniqueId val="{0000000B-B2FF-4667-ADCA-BD85BF61C916}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="150"/>
         <c:shape val="box"/>
         <c:axId val="91733376"/>
         <c:axId val="91743360"/>
         <c:axId val="0"/>
       </c:bar3DChart>
       <c:catAx>
         <c:axId val="91733376"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="0"/>
@@ -32396,78 +27897,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6D3888B-CC5F-45B3-9702-CFF4E8688322}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A071C60-6F10-45ED-B59F-07A82F4943AA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>36971</Characters>
+  <Pages>25</Pages>
+  <Words>6486</Words>
+  <Characters>36973</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>308</Lines>
   <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>43370</CharactersWithSpaces>
+  <CharactersWithSpaces>43373</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>