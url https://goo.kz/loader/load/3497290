--- v0 (2025-12-09)
+++ v1 (2025-12-14)
@@ -1,1564 +1,1051 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="1024BB6C" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+    <w:p w14:paraId="333B46C0" w14:textId="7124C32F" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...51 lines deleted...]
-        <w:t xml:space="preserve">на занятие вакантной должности </w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk150706082"/>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-    <w:p w14:paraId="116DBE62" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="041613D0" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...39 lines deleted...]
-    <w:p w14:paraId="3A2D6C60" w14:textId="34E0F24B" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E02C0CB" w14:textId="44198931" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...311 lines deleted...]
-    <w:p w14:paraId="14D60823" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> логопед</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AAB085C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00BA65FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына тағайындау конкурсының нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E6C7860" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2252FB9B" w14:textId="3685908C" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="7202D64B" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Логопед </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына тағайындау конкурсына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (құжаттарын тапсырған) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="648B1F2E" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A74AA">
-[...11 lines deleted...]
-    <w:p w14:paraId="71E3E232" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+    </w:p>
+    <w:p w14:paraId="4838188E" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A74AA">
-[...22 lines deleted...]
-    <w:p w14:paraId="4E69882E" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B12C831" w14:textId="602BCB87" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="419A3BD4" w14:textId="17528657" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Муратхожина Е.В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A96DA05" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...44 lines deleted...]
-    <w:p w14:paraId="54F61C2A" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+    </w:p>
+    <w:p w14:paraId="5836999A" w14:textId="7046C910" w:rsidR="00F719FF" w:rsidRPr="00AE13EC" w:rsidRDefault="00F719FF" w:rsidP="00F719FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...16 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2023 жылғы  2</w:t>
+      </w:r>
+      <w:r w:rsidR="00574950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...153 lines deleted...]
-    <w:p w14:paraId="362BF481" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidR="000A74AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қазан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0386585C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="7B64C759" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CB5EB36" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3822B4BA" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EA7232C" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRPr="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BDF6140" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE84CF1" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F5EAC65" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74DCB865" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1EE59186" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="438F5354" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03C72439" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74670A4B" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="758E7B33" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="427D77D3" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3218BE96" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DCD2693" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46D04BA6" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651F2B33" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E3B39FC" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5EF0D439" w14:textId="77777777" w:rsidR="00F719FF" w:rsidRDefault="00F719FF">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="428BCAB7" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...138 lines deleted...]
-    <w:p w14:paraId="6324EA7A" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03FBB0A8" w14:textId="2ECE7C85" w:rsidR="000A74AA" w:rsidRPr="00BA65FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...312 lines deleted...]
-    <w:p w14:paraId="5223B220" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шапық Шөкин </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69B4DFA4" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00BA65FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF482C6" w14:textId="2132C837" w:rsidR="000A74AA" w:rsidRPr="00BA65FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дене шынықтыру мұғалімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7149CADB" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00BA65FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA65FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына тағайындау конкурсының нәтижесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F82719" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6900C784" w14:textId="37B6C5A0" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="3E756139" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Дене шынықтыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос лауазымына тағайындау конкурсына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (құжаттарын тапсырған) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кандидаттар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уына байланысты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DF30032" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A74AA">
-[...11 lines deleted...]
-    <w:p w14:paraId="381F9B41" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+    </w:p>
+    <w:p w14:paraId="4E5B77EC" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A74AA">
-[...33 lines deleted...]
-    <w:p w14:paraId="2F93D465" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық комиссияның</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261478F2" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A74AA">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">                 </w:t>
+      <w:r w:rsidRPr="00AE13EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">хатшысы                                     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="554800FB" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+        <w:t xml:space="preserve">                        Муратхожина Е.В</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A709814" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="465A724D" w14:textId="7FFF4A75" w:rsidR="000A74AA" w:rsidRPr="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+    <w:p w14:paraId="4C8731FF" w14:textId="2A0CEFC0" w:rsidR="000A74AA" w:rsidRPr="00AE13EC" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2</w:t>
+        <w:t>2023 жылғы  2</w:t>
       </w:r>
       <w:r w:rsidR="00574950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> октября</w:t>
-[...23 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:t xml:space="preserve">  қазан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7995F1DA" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00F719FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B1C334A" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+    </w:p>
+    <w:p w14:paraId="46DE760B" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0477F0DF" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="724DFBF7" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FCCA731" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRPr="00F719FF" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24E15F7A" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA" w:rsidP="000A74AA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42401C16" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1425378F" w14:textId="77777777" w:rsidR="000A74AA" w:rsidRDefault="000A74AA">
       <w:pPr>
@@ -1631,51 +1118,51 @@
   <w:font w:name="Calibri Light">
     <w:altName w:val="Arial"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00230056"/>
     <w:rsid w:val="000A74AA"/>
-    <w:rsid w:val="00130DD8"/>
+    <w:rsid w:val="001839BA"/>
     <w:rsid w:val="00230056"/>
     <w:rsid w:val="002F0DBE"/>
     <w:rsid w:val="00574950"/>
     <w:rsid w:val="006842E5"/>
     <w:rsid w:val="00857471"/>
     <w:rsid w:val="008F48E9"/>
     <w:rsid w:val="00BF1772"/>
     <w:rsid w:val="00BF36EA"/>
     <w:rsid w:val="00E82E66"/>
     <w:rsid w:val="00F719FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
@@ -2381,65 +1868,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>130</Words>
-  <Characters>747</Characters>
+  <Words>135</Words>
+  <Characters>771</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>876</CharactersWithSpaces>
+  <CharactersWithSpaces>905</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Методический</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>