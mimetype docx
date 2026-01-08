--- v0 (2025-12-05)
+++ v1 (2026-01-08)
@@ -2,13804 +2,9173 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A322AB" w:rsidRPr="00C73E87" w:rsidRDefault="00EF7142" w:rsidP="00515264">
+    <w:p w:rsidR="007807EE" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="007807EE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C73E87">
+      <w:r w:rsidRPr="000057FE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар білім беру бөлімінің «Павлодар қаласының № 41 денешынықтыру – сауықтыру бағытындағы жалпы орта білім беру бейіндік мектебі» КММ</w:t>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
       </w:r>
-      <w:r w:rsidR="00A322AB">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>объявляет конкурс на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E1447">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность </w:t>
+      </w:r>
+      <w:r w:rsidR="008B327B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>заместителя руководителя по</w:t>
+      </w:r>
+      <w:r w:rsidR="008B327B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профильному обучению</w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A322AB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007807EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(временно, </w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>на период отпуска основного работни</w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка по уходу за ребенком до </w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшының бейіндік оқыту жөніндегі орынбасары</w:t>
+        <w:t>29</w:t>
       </w:r>
-      <w:r w:rsidR="00A322AB" w:rsidRPr="00C73E87">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007807EE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымына</w:t>
+        <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidR="00515264">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007807EE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="007807EE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00515264" w:rsidRPr="001F4BA9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="007807EE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-        <w:t>.2026 жылға дейін)</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> года)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A322AB" w:rsidRPr="00C73E87" w:rsidRDefault="00A322AB" w:rsidP="00A322AB">
+    <w:p w:rsidR="00A40329" w:rsidRPr="008B327B" w:rsidRDefault="00A40329" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...27 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF7142" w:rsidRPr="00935729" w:rsidTr="009540D9">
+      <w:tr w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="005763A2" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="00C73E87" w:rsidRDefault="00EF7142" w:rsidP="001761EF">
+          <w:p w:rsidR="000118D2" w:rsidRPr="00B3089F" w:rsidRDefault="000118D2" w:rsidP="00CB7E24">
             <w:pPr>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000057FE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...23 lines deleted...]
-            </w:pPr>
+              <w:t>КГУ «Средняя общеобразовательная профильная школа № 41 города Павлодара с физкультурно – оздоровительной направленностью» отдела образования города Павлодара, управления образования Павлодарской области.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="005763A2" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="00433B26" w:rsidRDefault="00EF7142" w:rsidP="001761EF">
+          <w:p w:rsidR="000118D2" w:rsidRPr="00B3089F" w:rsidRDefault="000118D2" w:rsidP="00CB7E24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00EF7142" w:rsidRPr="00433B26" w:rsidRDefault="00EF7142" w:rsidP="001761EF">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>14001</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Республика Казахстан,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Павлодарская область, город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Малайсары батыра</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> строение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000118D2" w:rsidRPr="005763A2" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="000118D2" w:rsidRPr="000057FE" w:rsidRDefault="000118D2" w:rsidP="001761EF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000057FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>8(7182) 500337</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
-[...85 lines deleted...]
-      <w:tr w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="005763A2" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="00433B26" w:rsidRDefault="00935729" w:rsidP="001761EF">
+          <w:p w:rsidR="000118D2" w:rsidRPr="000057FE" w:rsidRDefault="00EF78EA" w:rsidP="001761EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
-              <w:r w:rsidR="00EF7142" w:rsidRPr="00433B26">
+              <w:r w:rsidR="000118D2" w:rsidRPr="000057FE">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
                 <w:t>sosh41@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF7142" w:rsidRPr="00935729" w:rsidTr="009540D9">
+      <w:tr w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="000118D2" w:rsidRPr="001F4BA9" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF7142" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="000118D2" w:rsidRPr="005763A2" w:rsidRDefault="000118D2" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00EF7142" w:rsidRPr="0051752B" w:rsidRDefault="00A322AB" w:rsidP="00A322AB">
+          <w:p w:rsidR="008B327B" w:rsidRPr="008B327B" w:rsidRDefault="008B327B" w:rsidP="008B327B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...39 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="008B327B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>заместител</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="008B327B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B327B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> руководителя по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B327B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> профильному обучению, 1 ставка</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="000118D2" w:rsidRPr="008B327B" w:rsidRDefault="000118D2" w:rsidP="00B57943">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00935729" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...31 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...33 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пециальное образование( min): 129 258,89</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00DB2E41">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> теңге</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>59 626,94</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00935729" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
+          <w:p w:rsidR="000B74EC" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:r w:rsidR="000B74EC" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00276140" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
+            <w:r w:rsidR="00276140" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
-[...17 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00A322AB" w:rsidP="00935729">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="008D234C" w:rsidRPr="008D234C" w:rsidRDefault="00C6128B" w:rsidP="00EF78EA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00935729">
+            <w:r w:rsidR="00EF78EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="007D3604">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r w:rsidR="00935729">
+            <w:r w:rsidR="00EF78EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00461118">
+              <w:t>1-22</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>-</w:t>
-[...20 lines deleted...]
-              </w:rPr>
               <w:t>.1</w:t>
             </w:r>
-            <w:r w:rsidR="00935729">
+            <w:r w:rsidR="00EF78EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>.202</w:t>
-[...10 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00935729" w:rsidTr="00515264">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
+          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>Қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidR="00D922C4" w:rsidRPr="001F4BA9">
-[...183 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...13 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...208 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...114 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке</w:t>
-[...233 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...219 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі</w:t>
-[...82 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек</w:t>
-[...123 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
-[...204 lines deleted...]
-              <w:t>Қ</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № Қ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="001F4BA9">
-[...5 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00DC44E8">
-[...341 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық</w:t>
-[...43 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>) справкус психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық</w:t>
-[...43 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00932150" w:rsidRPr="001F4BA9" w:rsidRDefault="00932150" w:rsidP="00932150">
-            <w:pPr>
+          <w:p w:rsidR="008D234C" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">) </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификаттаудан</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DC44E8">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00E40125" w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өту</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00DC44E8">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...322 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>CertificateinEnglishLanguageTeachingtoAdults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>илиайелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>илитойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...12 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="00520C9B" w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...22 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00520C9B" w:rsidP="00520C9B">
-            <w:pPr>
+          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A068E8" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00A068E8">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>длякандидата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidR="00B475E6" w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00515264" w:rsidRPr="00A322AB" w:rsidTr="009540D9">
+      <w:tr w:rsidR="007807EE" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00515264" w:rsidRPr="001F4BA9" w:rsidRDefault="00515264" w:rsidP="0074490F">
+          <w:p w:rsidR="007807EE" w:rsidRPr="001F4BA9" w:rsidRDefault="007807EE" w:rsidP="0074490F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00515264" w:rsidRPr="001F4BA9" w:rsidRDefault="00515264" w:rsidP="0074490F">
+          <w:p w:rsidR="007807EE" w:rsidRPr="005763A2" w:rsidRDefault="007807EE" w:rsidP="0074490F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...6 lines deleted...]
-              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00515264" w:rsidRPr="001F4BA9" w:rsidRDefault="00515264" w:rsidP="00515264">
+          <w:p w:rsidR="007807EE" w:rsidRPr="005763A2" w:rsidRDefault="007807EE" w:rsidP="007807EE">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...67 lines deleted...]
-              <w:t>күт</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>временно, на период отпуска по уходу за ре</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>імі</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve">бенком основного работника, до </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.0</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...76 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="00452A41" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002B3228" w:rsidRPr="001F4BA9" w:rsidRDefault="002B3228" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...27 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="002B3228" w:rsidRPr="001F4BA9" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z178"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001047F1" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRPr="002E3AD7" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DC10A3">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>б</w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F7191E">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...4 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-        <w:t>__________________________________________________________________________________________________________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00F7191E">
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7191E">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>__________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_______________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00F7191E" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F7191E">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:val="en-US"/>
-[...77 lines deleted...]
-        <w:t>ЖСН</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
-[...11 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00437A2D">
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
-    </w:p>
-[...59 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00B00AEE" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...43 lines deleted...]
-    <w:p w:rsidR="001047F1" w:rsidRPr="00C75E82" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00C75E82" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00C75E82" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">_______ </w:t>
+        <w:t>В настоящее время работаю:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C75E82">
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос/уақытша бос лауазымға орналасуға арналған конкурсқа жіберуіңіздісұраймын (керегінің астын сызу керек)</w:t>
-[...82 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-        <w:t>:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...122 lines deleted...]
-    <w:p w:rsidR="001047F1" w:rsidRPr="00C75E82" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2099"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3153"/>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2193"/>
+        <w:gridCol w:w="2750"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001047F1" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C75E82">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...29 lines deleted...]
-              <w:t>)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRPr="00437A2D" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқуорныныңатауы</w:t>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебногозаведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRPr="00437A2D" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00437A2D">
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқукезеңі</w:t>
+              <w:t>Периодобучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRPr="00437A2D" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00437A2D">
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Дипломбойыншамамандығы</w:t>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00790B31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>подиплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001047F1" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00B00AEE" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00437A2D" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Біліктіліксанатыныңболуы</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C424F6">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        </w:rPr>
+        <w:t>подтверждения):_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C424F6">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> (</w:t>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:_</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C424F6">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>растаған</w:t>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00C424F6">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">) </w:t>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00C424F6">
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="004D07D1" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D07D1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00C424F6">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>):</w:t>
+        </w:rPr>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>______________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_______________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="0053507A">
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>_____________________________________________________________</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="0053507A" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00790B31" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
-      <w:r w:rsidRPr="0053507A">
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
       </w:r>
-      <w:r>
-[...12 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0053507A">
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00790B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...346 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
+    <w:p w:rsidR="002B3228" w:rsidRPr="001B695E" w:rsidRDefault="002B3228" w:rsidP="002B3228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00C424F6" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...84 lines deleted...]
-      </w:r>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001047F1" w:rsidRPr="00DF4A7D" w:rsidRDefault="001047F1" w:rsidP="001047F1">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
-[...451 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6084"/>
-        <w:gridCol w:w="3867"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00935729" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00153436">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...265 lines deleted...]
-              <w:t>11-қосымша</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+    </w:tbl>
+    <w:p w:rsidR="002B3228" w:rsidRPr="002E00FE" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B25802">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3228" w:rsidRPr="002E00FE" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...1 lines deleted...]
-              <w:spacing w:after="0"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...383 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
-          </w:p>
-[...58 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...67 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
-[...34 lines deleted...]
-              <w:t>іткердің  балл саны</w:t>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00935729" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...238 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00250682" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...53 lines deleted...]
-              <w:t>2.</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="004D03FA" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="004D03FA" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="004D03FA" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="004D03FA" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004D03FA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...88 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>3.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...259 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00250682" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00640C81" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...243 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>6.</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...99 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00935729" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...97 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> (Конкурстыөзбетіншежариялағанбілімберуұйымысоңғыжұмыс/оқуорныбойыншаұйымға/оқумекемесінеөтінішжасайды)</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...101 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...53 lines deleted...]
-              <w:t>8.</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...163 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...345 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>9.</w:t>
-[...40 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>9</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...236 lines deleted...]
-              <w:t>ізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...33 lines deleted...]
-              <w:ind w:left="20"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...398 lines deleted...]
-              <w:t>балл</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00250682" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="0020641A" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0020641A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...57 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...835 lines deleted...]
-              <w:t>"Developing expertise in teaching chemistry "</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">ПШО, НЗМ, "Өрлеу" </w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>курстары</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">= 0,5 </w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>балл</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>ҚазақстанРеспубликасыБілімжәнеғылымминистрінің</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 2016 </w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>жылғы</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> 28 </w:t>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>қаңтардағы</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> № 95 бұйрығынасәйкестізбегеенгізілгенбіліктіліктіарттыруұйымдарыіскеасыратынбілімберусаласындағыуәкілеттіорганменкелісілгенбағдарламаларбойыншабіліктіліктіарттырукурстары (</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Нормативтікқұқықтықактілердімемлекеттіктіркеутізілімінде</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> № 30068 </w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>болыптіркелген</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...66 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="568" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...14 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>12.</w:t>
-[...109 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>12</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00153436">
-[...6 lines deleted...]
-              <w:t>Мемлекеттікбілімберугрантыиегерініңсертификаты</w:t>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00153436">
-[...18 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B25802">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00250682" w:rsidRPr="00153436" w:rsidTr="00DF40C5">
+      <w:tr w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidTr="00C241B8">
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2269" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...27 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001235A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6945" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...17 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="001235A7" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00DF40C5">
-[...6 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+          <w:p w:rsidR="002B3228" w:rsidRPr="00B25802" w:rsidRDefault="002B3228" w:rsidP="00C241B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00250682" w:rsidRPr="00153436" w:rsidRDefault="00250682" w:rsidP="00250682">
-[...3 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    <w:p w:rsidR="002B3228" w:rsidRPr="001A7D45" w:rsidRDefault="002B3228" w:rsidP="002B3228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00250682" w:rsidRDefault="00250682" w:rsidP="00250682">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="002B3228" w:rsidRPr="001F4BA9" w:rsidRDefault="002B3228" w:rsidP="001F4BA9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00250682" w:rsidRDefault="00250682" w:rsidP="00A40329">
-[...119 lines deleted...]
-    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="002B3228" w:rsidRPr="001F4BA9" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14509,516 +9878,507 @@
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="000118D2"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
+    <w:rsid w:val="00037ACC"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
-    <w:rsid w:val="00093C56"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
-    <w:rsid w:val="001047F1"/>
     <w:rsid w:val="00107931"/>
+    <w:rsid w:val="00112650"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="001323F9"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
-    <w:rsid w:val="001716A1"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
-    <w:rsid w:val="00250682"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="0026433F"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
-    <w:rsid w:val="002905F3"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
+    <w:rsid w:val="002B3228"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
-    <w:rsid w:val="002E3AD7"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
+    <w:rsid w:val="00361310"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
-    <w:rsid w:val="003C1602"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
-    <w:rsid w:val="00406361"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
-    <w:rsid w:val="00461118"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
+    <w:rsid w:val="00482CF3"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
-    <w:rsid w:val="00515264"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
-    <w:rsid w:val="005F6F6F"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
-    <w:rsid w:val="00653C62"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
+    <w:rsid w:val="007807EE"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007D3604"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="008056B8"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
+    <w:rsid w:val="008B327B"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
-    <w:rsid w:val="00935729"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
+    <w:rsid w:val="00A068E8"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
-    <w:rsid w:val="00A322AB"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
-    <w:rsid w:val="00A765DD"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AE3E72"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57943"/>
     <w:rsid w:val="00B57A82"/>
@@ -15033,189 +10393,191 @@
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
-    <w:rsid w:val="00C6162F"/>
+    <w:rsid w:val="00C6128B"/>
+    <w:rsid w:val="00C61B80"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CB7E24"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
-    <w:rsid w:val="00CF5EAD"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
+    <w:rsid w:val="00D54084"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
-    <w:rsid w:val="00DC44E8"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
-    <w:rsid w:val="00DF1A29"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
+    <w:rsid w:val="00EB391C"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00EF7142"/>
+    <w:rsid w:val="00EF78EA"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
+    <w:rsid w:val="00FC6003"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -15367,51 +10729,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00093C56"/>
+    <w:rsid w:val="00EB391C"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -16172,78 +11534,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8A3E1746-572A-4035-9EDA-1AA7DA2820A5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4E600E6A-4AD4-4FBB-80B2-F72FDE54AF54}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1932</Words>
-  <Characters>11019</Characters>
+  <Words>2053</Words>
+  <Characters>11708</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>diakov.net</Company>
+  <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12926</CharactersWithSpaces>
+  <CharactersWithSpaces>13734</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>