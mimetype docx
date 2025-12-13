--- v0 (2025-12-12)
+++ v1 (2025-12-13)
@@ -1,684 +1,763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6ED563BC" w14:textId="146B93C5" w:rsidR="00A9221C" w:rsidRPr="00011213" w:rsidRDefault="00A9221C" w:rsidP="00A9221C">
+    <w:p w14:paraId="682833F8" w14:textId="0B2709FC" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="0090601D" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-        <w:t>«Павлодар қаласының</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A37E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Результаты конкурса </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>Камал Макпалеев  атындағы жалпы орта білім беру мектебі» КММ бойынша</w:t>
+      <w:r w:rsidRPr="001A37E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">на занятие вакантных и (или) временно вакантных должностей педагогов по КГУ «Средняя общеобразовательная </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-        <w:t>б</w:t>
+      <w:r w:rsidR="005F239C" w:rsidRPr="001A37E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>имени Камала Макпалеева</w:t>
       </w:r>
-      <w:r w:rsidR="00A9221C" w:rsidRPr="00011213">
-[...7 lines deleted...]
-        <w:t>ос және уақытша бос лауазымдарына тағайындау конкурсының нәтижелері</w:t>
+      <w:r w:rsidR="005F239C" w:rsidRPr="001A37E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A37E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>города Павлодара»</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2DA81ADD" w14:textId="77777777" w:rsidR="0090601D" w:rsidRPr="001A37E7" w:rsidRDefault="0090601D" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="478"/>
-        <w:gridCol w:w="2248"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1581"/>
+        <w:gridCol w:w="2212"/>
+        <w:gridCol w:w="1743"/>
+        <w:gridCol w:w="1939"/>
+        <w:gridCol w:w="1394"/>
+        <w:gridCol w:w="1697"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004032CA" w:rsidRPr="001A37E7" w14:paraId="6EFBD8EC" w14:textId="77777777" w:rsidTr="00C82078">
+      <w:tr w:rsidR="004032CA" w:rsidRPr="001A37E7" w14:paraId="6EFBD8EC" w14:textId="77777777" w:rsidTr="00E23D91">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="695E9EDD" w14:textId="172F17F6" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E016218" w14:textId="54006D9F" w:rsidR="00EB2C05" w:rsidRPr="00981AD0" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+          <w:p w14:paraId="6E016218" w14:textId="346F466F" w:rsidR="00EB2C05" w:rsidRPr="00DE589A" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ФИО</w:t>
+            </w:r>
+            <w:r w:rsidR="00F52124" w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Кандидаттың аты-жөні</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65D90047" w14:textId="456D77C3" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+          <w:p w14:paraId="65D90047" w14:textId="607C2FC8" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бразование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:tcW w:w="1955" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50EC8CD7" w14:textId="55226C84" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+          <w:p w14:paraId="50EC8CD7" w14:textId="5794F938" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Лауазымы</w:t>
+              <w:t>Д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олжность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE40746" w14:textId="4A46D63C" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+          <w:p w14:paraId="1DE40746" w14:textId="21F98AA9" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Нәтиже</w:t>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>езультат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcW w:w="1685" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FF7C2E0" w14:textId="524A4434" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00981AD0" w:rsidP="001A37E7">
+          <w:p w14:paraId="4FF7C2E0" w14:textId="0F03CF2F" w:rsidR="00EB2C05" w:rsidRPr="001A37E7" w:rsidRDefault="00EB2C05" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ескертпе</w:t>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A37E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="26"/>
+                <w:szCs w:val="26"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>римечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C0057" w:rsidRPr="001A37E7" w14:paraId="1597B259" w14:textId="77777777" w:rsidTr="00C82078">
+      <w:tr w:rsidR="003C0057" w:rsidRPr="001A37E7" w14:paraId="1597B259" w14:textId="77777777" w:rsidTr="00E23D91">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="478" w:type="dxa"/>
+            <w:tcW w:w="475" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EBDD5DC" w14:textId="5A656693" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="003D3600" w:rsidP="001A37E7">
+          <w:p w14:paraId="4EBDD5DC" w14:textId="0EC0B4DC" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00163E5C" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001A37E7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2248" w:type="dxa"/>
+            <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63C24A23" w14:textId="746FEFE7" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="006A63B6" w:rsidP="001A37E7">
+          <w:p w14:paraId="63C24A23" w14:textId="3C6222E8" w:rsidR="000B74BF" w:rsidRPr="005172AA" w:rsidRDefault="005172AA" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сулейменова Галия Аиповна</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcW w:w="1731" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2FA30C2A" w14:textId="2166B46D" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00677195" w:rsidP="001A37E7">
+          <w:p w14:paraId="2FA30C2A" w14:textId="554DB6EF" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="00645C01" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A37E7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жоғары</w:t>
+              <w:t>высшее</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1969" w:type="dxa"/>
+            <w:tcW w:w="1955" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D166CDE" w14:textId="3122DF12" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="006A63B6" w:rsidP="001A37E7">
+          <w:p w14:paraId="1D166CDE" w14:textId="790DC864" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="005172AA" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ДТІЖО</w:t>
+              <w:t>ЗДВР</w:t>
             </w:r>
-            <w:r w:rsidR="00F34EEF">
+            <w:r w:rsidR="00FF4065">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> және қазақ тілі мен әдебиет мұғалімі</w:t>
+              <w:t xml:space="preserve"> и учитель казахского языка и литературы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1632" w:type="dxa"/>
+            <w:tcW w:w="1385" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="005B50AD" w14:textId="50E1E0EC" w:rsidR="000B74BF" w:rsidRPr="004032CA" w:rsidRDefault="005A1B8C" w:rsidP="001A37E7">
+          <w:p w14:paraId="005B50AD" w14:textId="1576ECAC" w:rsidR="000B74BF" w:rsidRPr="004032CA" w:rsidRDefault="004032CA" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="004032CA">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Конкурстан өтті</w:t>
+              <w:t>Конкурс пройден</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1581" w:type="dxa"/>
+            <w:tcW w:w="1685" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4A32B006" w14:textId="778DC0EB" w:rsidR="000B74BF" w:rsidRPr="001A37E7" w:rsidRDefault="000B74BF" w:rsidP="001A37E7">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="26"/>
                 <w:szCs w:val="26"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="05616588" w14:textId="7E463AAB" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="00711A0A" w:rsidP="001A37E7">
+    <w:p w14:paraId="05616588" w14:textId="77777777" w:rsidR="00711A0A" w:rsidRPr="001A37E7" w:rsidRDefault="00711A0A" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0480B73D" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06C19B2C" w14:textId="77777777" w:rsidR="00FD14BE" w:rsidRPr="008A7C46" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
+    <w:p w14:paraId="06C19B2C" w14:textId="77777777" w:rsidR="00FD14BE" w:rsidRPr="00965FBA" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A7C46">
+      <w:r w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Секретарь конкурсной</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47DFE7B2" w14:textId="207CA2C9" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
+    <w:p w14:paraId="47DFE7B2" w14:textId="207CA2C9" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="00FD14BE" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008A7C46">
+      <w:r w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>комиссии</w:t>
       </w:r>
-      <w:r w:rsidR="0094391B" w:rsidRPr="008A7C46">
+      <w:r w:rsidR="0094391B" w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
-      <w:r w:rsidR="00F61C78" w:rsidRPr="008A7C46">
+      <w:r w:rsidR="00F61C78" w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:r w:rsidR="0094391B" w:rsidRPr="008A7C46">
+      <w:r w:rsidR="0094391B" w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="00CE555E" w:rsidRPr="008A7C46">
+      <w:r w:rsidR="00CE555E" w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Крутова И.М.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C86955" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="0094391B" w:rsidP="001A37E7">
+    <w:p w14:paraId="73C86955" w14:textId="77777777" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="0094391B" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A7DE1A1" w14:textId="52F1F575" w:rsidR="0094391B" w:rsidRPr="008A7C46" w:rsidRDefault="006A63B6" w:rsidP="001A37E7">
+    <w:p w14:paraId="6A7DE1A1" w14:textId="4C7EA211" w:rsidR="0094391B" w:rsidRPr="00965FBA" w:rsidRDefault="00F6787C" w:rsidP="001A37E7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>31</w:t>
       </w:r>
-      <w:r w:rsidR="00B20C46" w:rsidRPr="008A7C46">
+      <w:r w:rsidR="00B20C46" w:rsidRPr="00965FBA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> августа 2023 года</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>августа</w:t>
+      </w:r>
+      <w:r w:rsidR="00B20C46" w:rsidRPr="00965FBA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A45D226" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="00965FBA" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23260D9A" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="43E40028" w14:textId="77777777" w:rsidR="00C363E3" w:rsidRPr="001A37E7" w:rsidRDefault="00C363E3" w:rsidP="001A37E7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1063,299 +1142,259 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="165167765">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="188"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
     <w:rsid w:val="00007026"/>
-    <w:rsid w:val="00011213"/>
-    <w:rsid w:val="000162D9"/>
     <w:rsid w:val="00031D3C"/>
     <w:rsid w:val="00043921"/>
     <w:rsid w:val="000526D8"/>
-    <w:rsid w:val="000709A4"/>
     <w:rsid w:val="000804AB"/>
-    <w:rsid w:val="000858F9"/>
     <w:rsid w:val="00093BDF"/>
     <w:rsid w:val="000B74BF"/>
+    <w:rsid w:val="000D0399"/>
     <w:rsid w:val="000F6C0A"/>
     <w:rsid w:val="00101E67"/>
     <w:rsid w:val="001327C1"/>
     <w:rsid w:val="00134C18"/>
     <w:rsid w:val="001468C6"/>
-    <w:rsid w:val="001854A3"/>
-    <w:rsid w:val="0018600D"/>
+    <w:rsid w:val="00163E5C"/>
     <w:rsid w:val="00192DE3"/>
-    <w:rsid w:val="001A039A"/>
+    <w:rsid w:val="001A0A16"/>
     <w:rsid w:val="001A37E7"/>
     <w:rsid w:val="001C77AD"/>
     <w:rsid w:val="001F5814"/>
     <w:rsid w:val="00201EAA"/>
-    <w:rsid w:val="00220EB8"/>
     <w:rsid w:val="0022573D"/>
-    <w:rsid w:val="00233813"/>
     <w:rsid w:val="002516A0"/>
     <w:rsid w:val="00295248"/>
-    <w:rsid w:val="002A3938"/>
-    <w:rsid w:val="002B2E39"/>
     <w:rsid w:val="002D3472"/>
     <w:rsid w:val="002D4211"/>
     <w:rsid w:val="002D4C35"/>
-    <w:rsid w:val="002D5AB7"/>
     <w:rsid w:val="002F0A27"/>
     <w:rsid w:val="002F2611"/>
-    <w:rsid w:val="00301A11"/>
     <w:rsid w:val="0031406B"/>
-    <w:rsid w:val="00316C3C"/>
+    <w:rsid w:val="0032410F"/>
     <w:rsid w:val="00324CD8"/>
     <w:rsid w:val="003315F7"/>
     <w:rsid w:val="00341165"/>
     <w:rsid w:val="00364A8A"/>
-    <w:rsid w:val="00380FED"/>
     <w:rsid w:val="00382C2C"/>
     <w:rsid w:val="0038434F"/>
     <w:rsid w:val="003B110A"/>
     <w:rsid w:val="003B3330"/>
     <w:rsid w:val="003B6010"/>
     <w:rsid w:val="003B6378"/>
     <w:rsid w:val="003C0057"/>
     <w:rsid w:val="003C1C14"/>
-    <w:rsid w:val="003C51BC"/>
     <w:rsid w:val="003D3600"/>
     <w:rsid w:val="004032CA"/>
     <w:rsid w:val="00424B0D"/>
     <w:rsid w:val="004316CD"/>
-    <w:rsid w:val="0044401B"/>
     <w:rsid w:val="0044684C"/>
     <w:rsid w:val="00460BD4"/>
     <w:rsid w:val="004614F0"/>
+    <w:rsid w:val="00467332"/>
     <w:rsid w:val="00473792"/>
     <w:rsid w:val="004827AF"/>
     <w:rsid w:val="004A43BD"/>
     <w:rsid w:val="004B0E17"/>
-    <w:rsid w:val="004C047B"/>
+    <w:rsid w:val="004B4676"/>
     <w:rsid w:val="004D3749"/>
     <w:rsid w:val="004E19FA"/>
-    <w:rsid w:val="00511D35"/>
     <w:rsid w:val="00515219"/>
+    <w:rsid w:val="005172AA"/>
     <w:rsid w:val="00526DD2"/>
     <w:rsid w:val="005658DE"/>
     <w:rsid w:val="00567436"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="00572998"/>
     <w:rsid w:val="005743F9"/>
     <w:rsid w:val="00583255"/>
     <w:rsid w:val="00586CD3"/>
-    <w:rsid w:val="005A1B8C"/>
+    <w:rsid w:val="005A6894"/>
     <w:rsid w:val="005A783B"/>
     <w:rsid w:val="005B5671"/>
+    <w:rsid w:val="005D76D6"/>
     <w:rsid w:val="005F06B2"/>
-    <w:rsid w:val="005F0B20"/>
     <w:rsid w:val="005F239C"/>
     <w:rsid w:val="005F561F"/>
     <w:rsid w:val="00601DC4"/>
     <w:rsid w:val="00616C68"/>
     <w:rsid w:val="006253FE"/>
     <w:rsid w:val="0062558E"/>
     <w:rsid w:val="0063583A"/>
     <w:rsid w:val="00640C91"/>
     <w:rsid w:val="00645C01"/>
     <w:rsid w:val="00663328"/>
     <w:rsid w:val="00670360"/>
-    <w:rsid w:val="00677195"/>
     <w:rsid w:val="00687920"/>
-    <w:rsid w:val="006A63B6"/>
     <w:rsid w:val="006A7F3C"/>
-    <w:rsid w:val="006D3100"/>
-    <w:rsid w:val="006D3F14"/>
     <w:rsid w:val="006F0338"/>
+    <w:rsid w:val="006F269D"/>
     <w:rsid w:val="006F4B67"/>
     <w:rsid w:val="006F6DCC"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="0072199C"/>
-    <w:rsid w:val="00722406"/>
     <w:rsid w:val="00724B41"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="007411BE"/>
     <w:rsid w:val="00751ADA"/>
     <w:rsid w:val="00763AAD"/>
     <w:rsid w:val="00784BBB"/>
     <w:rsid w:val="00794310"/>
+    <w:rsid w:val="007960D6"/>
     <w:rsid w:val="007A71C7"/>
-    <w:rsid w:val="007F47F4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="008217E5"/>
     <w:rsid w:val="008243AD"/>
     <w:rsid w:val="00825C41"/>
     <w:rsid w:val="00831D07"/>
     <w:rsid w:val="00832C13"/>
     <w:rsid w:val="00886FFD"/>
     <w:rsid w:val="00894EFB"/>
-    <w:rsid w:val="008A7C46"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="008C5B74"/>
     <w:rsid w:val="008D5338"/>
-    <w:rsid w:val="008E2A57"/>
     <w:rsid w:val="008E4A98"/>
-    <w:rsid w:val="008E5541"/>
-    <w:rsid w:val="008E7536"/>
     <w:rsid w:val="008F0073"/>
     <w:rsid w:val="00903C8A"/>
     <w:rsid w:val="0090601D"/>
     <w:rsid w:val="0090705F"/>
+    <w:rsid w:val="0091180C"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="00927716"/>
     <w:rsid w:val="00941D65"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00952A91"/>
+    <w:rsid w:val="00965FBA"/>
     <w:rsid w:val="0097295A"/>
     <w:rsid w:val="00973DDC"/>
-    <w:rsid w:val="009768D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00987C73"/>
     <w:rsid w:val="009B2AA4"/>
     <w:rsid w:val="009B793F"/>
     <w:rsid w:val="009E5A48"/>
-    <w:rsid w:val="00A056EE"/>
     <w:rsid w:val="00A11E44"/>
     <w:rsid w:val="00A212AF"/>
     <w:rsid w:val="00A32ADD"/>
-    <w:rsid w:val="00A674A9"/>
     <w:rsid w:val="00A729CD"/>
     <w:rsid w:val="00A75CAD"/>
-    <w:rsid w:val="00A9221C"/>
     <w:rsid w:val="00A953CB"/>
     <w:rsid w:val="00AC0BD3"/>
     <w:rsid w:val="00AC42E6"/>
     <w:rsid w:val="00AD1685"/>
     <w:rsid w:val="00AD4211"/>
-    <w:rsid w:val="00B006D4"/>
     <w:rsid w:val="00B05C41"/>
-    <w:rsid w:val="00B15565"/>
     <w:rsid w:val="00B20C46"/>
-    <w:rsid w:val="00B504E8"/>
     <w:rsid w:val="00B55220"/>
-    <w:rsid w:val="00B55E27"/>
     <w:rsid w:val="00B628D7"/>
-    <w:rsid w:val="00B83B13"/>
     <w:rsid w:val="00BA2778"/>
     <w:rsid w:val="00BA2B42"/>
     <w:rsid w:val="00BB68EF"/>
     <w:rsid w:val="00BC196F"/>
-    <w:rsid w:val="00BC394D"/>
     <w:rsid w:val="00BD7002"/>
     <w:rsid w:val="00BE0918"/>
     <w:rsid w:val="00BF2B18"/>
     <w:rsid w:val="00BF44E3"/>
     <w:rsid w:val="00C23681"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00C47727"/>
-    <w:rsid w:val="00C50440"/>
     <w:rsid w:val="00C53BFA"/>
-    <w:rsid w:val="00C5777D"/>
     <w:rsid w:val="00C63B0E"/>
     <w:rsid w:val="00C70B51"/>
     <w:rsid w:val="00C775EA"/>
-    <w:rsid w:val="00C82078"/>
     <w:rsid w:val="00C825A4"/>
-    <w:rsid w:val="00C870F1"/>
-    <w:rsid w:val="00C90839"/>
     <w:rsid w:val="00CA400A"/>
     <w:rsid w:val="00CB079F"/>
     <w:rsid w:val="00CB6C8A"/>
     <w:rsid w:val="00CD3D82"/>
     <w:rsid w:val="00CE19CD"/>
     <w:rsid w:val="00CE555E"/>
+    <w:rsid w:val="00CE7EC2"/>
     <w:rsid w:val="00CF7EFE"/>
     <w:rsid w:val="00D035CA"/>
-    <w:rsid w:val="00D10C71"/>
     <w:rsid w:val="00D1212F"/>
     <w:rsid w:val="00D21B70"/>
     <w:rsid w:val="00D26CAF"/>
+    <w:rsid w:val="00D66008"/>
     <w:rsid w:val="00D93FA6"/>
-    <w:rsid w:val="00DB4E1F"/>
     <w:rsid w:val="00DC284B"/>
     <w:rsid w:val="00DD592F"/>
-    <w:rsid w:val="00DE3F0F"/>
+    <w:rsid w:val="00DE589A"/>
     <w:rsid w:val="00DE7AD8"/>
+    <w:rsid w:val="00E23D91"/>
     <w:rsid w:val="00E27BCA"/>
     <w:rsid w:val="00E30FED"/>
     <w:rsid w:val="00E431C7"/>
     <w:rsid w:val="00E540DC"/>
     <w:rsid w:val="00E73557"/>
-    <w:rsid w:val="00E8494B"/>
-    <w:rsid w:val="00E936BD"/>
     <w:rsid w:val="00E96544"/>
-    <w:rsid w:val="00EA2A9D"/>
     <w:rsid w:val="00EA6337"/>
     <w:rsid w:val="00EB2C05"/>
+    <w:rsid w:val="00EB3F86"/>
     <w:rsid w:val="00EB4B24"/>
     <w:rsid w:val="00EC00CC"/>
     <w:rsid w:val="00EC400B"/>
     <w:rsid w:val="00EE552F"/>
     <w:rsid w:val="00EF1853"/>
-    <w:rsid w:val="00EF2D96"/>
     <w:rsid w:val="00EF6368"/>
     <w:rsid w:val="00F11638"/>
     <w:rsid w:val="00F13316"/>
     <w:rsid w:val="00F21EE1"/>
-    <w:rsid w:val="00F34EEF"/>
+    <w:rsid w:val="00F26AB9"/>
     <w:rsid w:val="00F40DF4"/>
     <w:rsid w:val="00F4517D"/>
     <w:rsid w:val="00F52124"/>
     <w:rsid w:val="00F56725"/>
     <w:rsid w:val="00F606F3"/>
     <w:rsid w:val="00F61C78"/>
     <w:rsid w:val="00F66BDF"/>
+    <w:rsid w:val="00F6787C"/>
     <w:rsid w:val="00F7384F"/>
     <w:rsid w:val="00F76A46"/>
     <w:rsid w:val="00F77372"/>
-    <w:rsid w:val="00F809E6"/>
     <w:rsid w:val="00F9151D"/>
-    <w:rsid w:val="00F95E1D"/>
     <w:rsid w:val="00FA307F"/>
     <w:rsid w:val="00FD0EF4"/>
     <w:rsid w:val="00FD14BE"/>
     <w:rsid w:val="00FF21C2"/>
+    <w:rsid w:val="00FF4065"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1BB3E1BD"/>
@@ -2118,69 +2157,69 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9859C544-584E-4B52-BB0C-8DD15A520CDD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>69</Words>
-  <Characters>394</Characters>
+  <Words>71</Words>
+  <Characters>408</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>462</CharactersWithSpaces>
+  <CharactersWithSpaces>478</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>