--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,2557 +1,3806 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="00FD7B00" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="005635AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№34 сәбилер бақшасы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="005635AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КМҚК</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+    <w:p w:rsidR="00D70D9E" w:rsidRPr="00FD7B00" w:rsidRDefault="00A86EE1" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тіл</w:t>
+      </w:r>
+      <w:r w:rsidR="005635AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="005635AB" w:rsidRDefault="00B80419" w:rsidP="00A40329">
+    <w:p w:rsidR="00FD7B00" w:rsidRDefault="00EF1FD6" w:rsidP="00FD7B00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024342B">
-[...6 lines deleted...]
-        <w:t>КГКП «</w:t>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(уақыт</w:t>
       </w:r>
-      <w:r w:rsidRPr="0024342B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ясли-сад №34 </w:t>
+        <w:t>ша, 31.05</w:t>
       </w:r>
-      <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">города </w:t>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>Павлода</w:t>
+      <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...3 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ра»</w:t>
+        <w:t xml:space="preserve"> жылға дейін) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="005635AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0024342B">
-[...31 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00FD7B00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>а</w:t>
-[...56 lines deleted...]
-        <w:t>года)</w:t>
+        <w:t>конкурс жариялайды</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+    <w:p w:rsidR="005E3003" w:rsidRPr="005635AB" w:rsidRDefault="005E3003" w:rsidP="005635AB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="16"/>
-          <w:szCs w:val="16"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="1288"/>
+        <w:gridCol w:w="8851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="005E3003" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00E23E0F">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00EC773A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Коммунальное государственное</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> казенное  предприятие «Ясли-сад №34 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№34 сәбилер бақшасы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қазыналық</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72F36">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кәсіпорны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="0024342B" w:rsidP="00873C6B">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00FD7B00" w:rsidP="00873C6B">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>140000</w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="0024342B">
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t xml:space="preserve">, Қазақстан Республикасы, Павлодар облысы, Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Гагарина</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A40329" w:rsidRPr="0024342B">
+              <w:t xml:space="preserve">Гагарин </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t xml:space="preserve">көшесі, </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00A40329" w:rsidRPr="0024342B">
+            <w:r w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
+              <w:t>8(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>60-63-87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="0024342B" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00FD7B00" w:rsidRDefault="00FD7B00" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>sad</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="00EB2F11" w:rsidRPr="0024342B">
+              <w:t>ad34</w:t>
+            </w:r>
+            <w:r w:rsidR="00E95246" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="006B10FB" w:rsidP="003153C2">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="00834BCF" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...39 lines deleted...]
-            <w:r w:rsidR="00B80419" w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тіл</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">і </w:t>
+            </w:r>
+            <w:r w:rsidR="008E7665" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мұғалімі, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="005E3003" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00100EAB" w:rsidRDefault="00A40329" w:rsidP="0024342B">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:bookmarkStart w:id="0" w:name="z1362"/>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытылатын тілдің ерекшелігін ескере отырып</w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, балаларды оқытуды жоспарлайды </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және ұйымдастырады;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="00100EAB" w:rsidRDefault="00100EAB" w:rsidP="0024342B">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>проводит с детьми организованную учебную деятельность, обеспечивающую создание условий д</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-қазақ тілде</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> меңгеру үшін жағдай жасау</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ды қамтамасыз ететін балалармен </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырылған оқу қызметін жүргізеді;</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0024342B" w:rsidRPr="0024342B" w:rsidRDefault="00100EAB" w:rsidP="0024342B">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>способствует формированию языковой культуры личности детей дошкольного возраста, выявляет и содействует развитию их индивидуальных способностей;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мектеп жасына дейінгі балалардың тілдік мәдение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тін қалыптастыруға ықпал етеді, </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>олардың жеке қабілеттерін анықтайды және дамытуға ықпал етеді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024342B" w:rsidRPr="0024342B" w:rsidRDefault="00100EAB" w:rsidP="0024342B">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...105 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқытудың түрлі формаларын, әдістерін, т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсілдері мен құралдарын сауатты </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қолданады, инновациялық технологияларды меңгерген;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоспарлауға ғылыми-әдістемелік тәсілді ж</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">үзеге асырады, дамытушы оқытуға </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орната отырып, сабақтарға бағдарламалық материалды пысықтайды және түзете алады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="0024342B" w:rsidRPr="0024342B">
-[...6 lines deleted...]
-              <w:t>принимает активное участие в деятельности методических объединений, организации и проведении мероприятий для детей в организации образования, повышает профессиональную компетентность;</w:t>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бағдарламаларды, оқу-әдістемелік кешендерді әзірлейді;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024342B" w:rsidRPr="0024342B" w:rsidRDefault="00100EAB" w:rsidP="0024342B">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="6" w:name="z1368"/>
-            <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-              <w:t>осуществляет взаимодействие с родителями воспитанников;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдістемелік бірлестіктердің қызметіне, білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдарында балаларға арналған </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">іс-шараларды ұйымдастыруға және өткізуге белсенді </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысады, кәсіби құзыреттілікті </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>арттырады;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="00100EAB" w:rsidRDefault="00100EAB" w:rsidP="00100EAB">
+          <w:p w:rsidR="00FD7B00" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00FD7B00">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="7" w:name="z1369"/>
-            <w:bookmarkEnd w:id="6"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:bookmarkEnd w:id="7"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің ата-аналарымен өзара іс-қимылды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ұйымдастырылған оқу қызметі кезінде балалардың өмірі ме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н денсаулығын қорғауға </w:t>
+            </w:r>
+            <w:r w:rsidR="00FD7B00" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жауап береді.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="005635AB">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="439"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00DB2E41">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00FD7B00" w:rsidRDefault="008E7665" w:rsidP="006C54AA">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...7 lines deleted...]
-              <w:t>-</w:t>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>183</w:t>
             </w:r>
             <w:r w:rsidR="006C54AA">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> тенге</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>570</w:t>
+            </w:r>
+            <w:r w:rsidR="006C54AA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>,98</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="005E3003" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="0024342B" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00100EAB" w:rsidRDefault="00100EAB" w:rsidP="00100EAB">
+          <w:p w:rsidR="005635AB" w:rsidRPr="005635AB" w:rsidRDefault="00C75E82" w:rsidP="005635AB">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...3 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="8" w:name="z1379"/>
-[...3 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00100EAB">
-[...6 lines deleted...]
-              <w:t>высшее и (или) послевузовское педагогическое или техническое и</w:t>
+            <w:r w:rsidR="005635AB" w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жоғары және (немесе) жоғары оқу орнынан кейі</w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нгі педагогикалық немесе бейіні </w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB" w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бойынша техникалық және кәсіптік білім немес</w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">е педагогикалық қайта даярлығын </w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB" w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>растайтын құжат, жұмыс өтіліне талаптар қойылмайды;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00100EAB" w:rsidRPr="00100EAB" w:rsidRDefault="00100EAB" w:rsidP="00100EAB">
+          <w:p w:rsidR="005635AB" w:rsidRPr="005635AB" w:rsidRDefault="005635AB" w:rsidP="005635AB">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00100EAB">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> профессиональное образование по профилю, или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы; </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің орта деңгейі болға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">н кезде мамандығы бойынша жұмыс </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өтілі: педагог-модератор үшін кемінде 2 жыл, педа</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">гог-сарапшы үшін кемінде 3 жыл, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>педагог-зерттеуші үшін кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00100EAB" w:rsidRPr="00100EAB" w:rsidRDefault="00100EAB" w:rsidP="00100EAB">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="9" w:name="z1380"/>
-            <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...27 lines deleted...]
-            <w:bookmarkEnd w:id="9"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған кезде п</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-            <w:bookmarkEnd w:id="10"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагог-шебер үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мамандығы бойынша жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="00462801" w:rsidP="00850E98">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="000053AD" w:rsidP="00850E98">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>21.11-29.11.</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00100EAB">
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidR="00462801">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2023</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>.11-29.11.</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>г.</w:t>
+              <w:t>202</w:t>
+            </w:r>
+            <w:r w:rsidR="00834BCF" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00462801">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="005E3003" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="008D234C">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="00FD7B00" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidR="00D922C4" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidR="00D922C4" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>а сәйкеснысанбойыншаКонкурсқақатысутуралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+              <w:t>жекебасынкуәландыратынқұжат</w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлыққұжаттар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисіненалынғанэлектрондықұжат (идентификация үшін);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) кадрлардыесепкеалубойыншатолтырылған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+              <w:t>жекеіспарағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(нақтытұрғылықтымекенжайы мен байланыстелефондарыкөрсетілген – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>4) Педагогтердіңүлгілікбіліктіліксипаттамаларыменбекітілгенлауазымғақойылатынбіліктілікталаптарынасәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+              <w:t>білімітуралықұжаттардыңкөшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (при наличии);</w:t>
+              <w:t>еңбекқызметінрастайтынқұжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтаусаласындағыесепкеалуқұжаттамасыныңнысандарынбекітутуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулықсақтауминистрініңміндетінатқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығыменбекітілгеннысанбойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+              <w:t>денсаулықжағдайытуралыанықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справкус психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t>психоневрологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t>наркологиялықұйымнананықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+          <w:p w:rsidR="00932150" w:rsidRPr="00FD7B00" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t>сертификаттауданөту</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелерітуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>удостоверение</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+              <w:t>педагог-модератордан</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төменемес</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> (при наличии);</w:t>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктіліксанатыныңболуытуралы</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00E40125" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+          <w:p w:rsidR="00520C9B" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00520C9B">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...19 lines deleted...]
-              <w:t>;</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+          <w:p w:rsidR="00520C9B" w:rsidRPr="00FD7B00" w:rsidRDefault="005635AB" w:rsidP="00520C9B">
             <w:pPr>
-              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
-[...23 lines deleted...]
-                <w:szCs w:val="21"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...23 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="0024342B">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidR="00B475E6" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidR="00520C9B" w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00FD7B00" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00FD7B00" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок временно вакантной должности</w:t>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="0024342B" w:rsidRDefault="00CE6785" w:rsidP="00CE6785">
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00FD7B00" w:rsidRDefault="00D478D0" w:rsidP="00B475E6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...26 lines deleted...]
-            <w:r w:rsidR="008D234C" w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>уақ</w:t>
+            </w:r>
+            <w:r w:rsidR="005635AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ытша, 31</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="005635AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidR="008D234C" w:rsidRPr="0024342B">
+            <w:r w:rsidRPr="00FD7B00">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>.202</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="005635AB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidR="008D234C" w:rsidRPr="0024342B">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00FD7B00">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0024342B" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="003153C2" w:rsidRPr="00FD7B00" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F24D9F" w:rsidRPr="0024342B" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
-[...2 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="0024342B">
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="11"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F24D9F" w:rsidRPr="0024342B" w:rsidSect="005635AB">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00FD7B00" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005635AB" w:rsidRDefault="005635AB" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="005635AB" w:rsidSect="005635AB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3811,51 +5060,50 @@
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="00462801"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="00495ECA"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D5C7C"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
@@ -4969,66 +6217,66 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{813CE10C-0DBE-45D1-83A9-893DA9F9A5E8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>599</Words>
-  <Characters>3419</Characters>
+  <Words>567</Words>
+  <Characters>3232</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>26</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4010</CharactersWithSpaces>
+  <CharactersWithSpaces>3792</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>