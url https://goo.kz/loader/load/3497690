--- v0 (2025-12-06)
+++ v1 (2026-01-17)
@@ -173,54 +173,54 @@
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="15987" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="115" d="100"/>
-          <a:sy n="115" d="100"/>
+          <a:sx n="62" d="100"/>
+          <a:sy n="62" d="100"/>
         </p:scale>
-        <p:origin x="372" y="96"/>
+        <p:origin x="102" y="306"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -371,51 +371,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец подзаголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -539,51 +539,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -717,51 +717,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -885,51 +885,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1130,51 +1130,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Дата 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1359,51 +1359,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1723,51 +1723,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Пятый уровень</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Дата 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Нижний колонтитул 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1840,51 +1840,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец заголовка</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Дата 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Нижний колонтитул 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1935,51 +1935,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Дата 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Нижний колонтитул 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2210,51 +2210,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2462,51 +2462,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="ru-RU"/>
               <a:t>Образец текста</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Дата 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Нижний колонтитул 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2677,51 +2677,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{EE3A78CE-FF30-4510-A3D9-BFEF76F9544F}" type="datetimeFigureOut">
               <a:rPr lang="ru-RU" smtClean="0"/>
-              <a:t>02.06.2023</a:t>
+              <a:t>03.05.2023</a:t>
             </a:fld>
             <a:endParaRPr lang="ru-RU"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Нижний колонтитул 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4038600" y="6356350"/>
             <a:ext cx="4114800" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3095,2764 +3095,1078 @@
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10204114" y="1452589"/>
-            <a:ext cx="1847316" cy="415498"/>
+            <a:ext cx="1847316" cy="577081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СОЦИАЛЬНОЙ ЗАЩИТЫ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="214428" y="2336134"/>
+            <a:ext cx="2672839" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E8EBF0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Осуществляют</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> постоянный мониторинг СМИ, патронажное посещение, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>подворовой</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> обход, мониторинг обращений и приёма граждан, состояния детей в организациях образования и др.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2234067" y="1452589"/>
+            <a:ext cx="1847316" cy="577081"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>УПОЛНОМОЧЕННЫЙ ПО ПРАВАМ РЕБЕНКА </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ӘЛЕУМЕТТІК ҚОРҒАУ ОРГАНДАРЫ</a:t>
+              <a:t>РЕГИОНА (УПР)</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="TextBox 9"/>
+          <p:cNvPr id="18" name="TextBox 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="214428" y="2336134"/>
-[...220 lines deleted...]
-            <a:ext cx="1847316" cy="577081"/>
+            <a:off x="8267666" y="4527582"/>
+            <a:ext cx="1847316" cy="2246769"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...54 lines deleted...]
-          <p:cNvPr id="18" name="TextBox 17"/>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Выезд на место</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Осмотр места происшествия</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Назначение СМЭ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Допрос потерпевшего</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Допрос свидетелей</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Предоставление адвоката</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Изолирование жертвы от насильника</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Проведение </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>следственных </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мероприятий </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>согласно УПК</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="TextBox 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8267666" y="4527582"/>
+            <a:off x="6245607" y="4530458"/>
             <a:ext cx="1847316" cy="1938992"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...59 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Выявление признаков насилия</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...72 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Определение угроз жизни и здоровью ребенка</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
-[...33 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Установление предварительного диагноза</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...440 lines deleted...]
-          <p:cNvPr id="19" name="TextBox 18"/>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оказание  медицинской помощи в соответствующем объёме </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="20" name="TextBox 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6245607" y="4530458"/>
-            <a:ext cx="1847316" cy="1631216"/>
+            <a:off x="234694" y="4527582"/>
+            <a:ext cx="1847316" cy="2077492"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...72 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Определение угроз жизни и здоровью ребенка</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...126 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Предоставление психологической помощи</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...85 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Обеспечение </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" smtClean="0">
-[...117 lines deleted...]
-          <p:cNvPr id="20" name="TextBox 19"/>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>потребностей ребенка </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="900" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>(еда, одежда)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="228600" indent="-228600" algn="just">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>При отсутствии родительского попечения размещение в ЦАН, ЦПД</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="TextBox 20"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="234694" y="4527582"/>
-            <a:ext cx="1847316" cy="1785104"/>
+            <a:off x="4223851" y="4530458"/>
+            <a:ext cx="1847316" cy="707886"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...126 lines deleted...]
-              <a:t> </a:t>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Назначение процессуального прокурора</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...348 lines deleted...]
-          <p:cNvPr id="21" name="TextBox 20"/>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Обеспечение надзора</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="TextBox 21"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4223851" y="4530458"/>
-            <a:ext cx="1847316" cy="707886"/>
+            <a:off x="10241533" y="4527582"/>
+            <a:ext cx="1847316" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...98 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Обеспечение первичных социальных потребностей</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...350 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Оказание специальных социальных услуг</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Подзаголовок 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="38423"/>
             <a:ext cx="12191968" cy="420801"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0" smtClean="0">
-[...10 lines deleted...]
-            </a:r>
+              <a:rPr lang="ru-RU" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>АЛГОРИТМ ОПЕРАТИВНОГО РЕАГИРОВАНИЯ НА ФАКТЫ НАСИЛИЯ НАД ДЕТЬМИ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="ru-RU" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="TextBox 24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="219702" y="1450361"/>
-            <a:ext cx="1855861" cy="415498"/>
+            <a:ext cx="1855861" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАНИЯ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="TextBox 25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6245607" y="1450361"/>
-            <a:ext cx="1847316" cy="415498"/>
+            <a:ext cx="1847316" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗДРАВООХРАНЕНИЯ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="TextBox 26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8251427" y="1450361"/>
-            <a:ext cx="1847316" cy="415498"/>
+            <a:ext cx="1847316" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВНУТРЕННИХ ДЕЛ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="TextBox 27"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4243024" y="1452589"/>
             <a:ext cx="1855861" cy="577081"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ ИНФОРМАЦИИ И ОБЩЕСТВЕННОГО РАЗВИТИЯ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="30" name="Picture 8" descr="Shape&#10;&#10;Description automatically generated with low confidence"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
               <a:prstClr val="white"/>
             </a:duotone>
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -6291,375 +4605,395 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="10204114" y="3879658"/>
             <a:ext cx="1847316" cy="415498"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>СОЦ ЗАЩИТЫ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="TextBox 44"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2234067" y="3879658"/>
+            <a:ext cx="1847316" cy="415498"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>УПР</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ӘЛЕУМЕТТІК ҚОРҒАУ ОРГАНДАРЫ</a:t>
+              <a:t>РЕГИОНА, УВП </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1050" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="45" name="TextBox 44"/>
+          <p:cNvPr id="46" name="TextBox 45"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2234067" y="3879658"/>
-            <a:ext cx="1847316" cy="253916"/>
+            <a:off x="219702" y="3877430"/>
+            <a:ext cx="1855861" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...52 lines deleted...]
-          <p:cNvPr id="46" name="TextBox 45"/>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОБРАЗОВАНИЯ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="47" name="TextBox 46"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="219702" y="3877430"/>
-            <a:ext cx="1855861" cy="415498"/>
+            <a:off x="6245607" y="3877430"/>
+            <a:ext cx="1847316" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...26 lines deleted...]
-          <p:cNvPr id="47" name="TextBox 46"/>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗДРАВООХРАНЕНИЯ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="TextBox 47"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6245607" y="3877430"/>
-            <a:ext cx="1847316" cy="415498"/>
+            <a:off x="8251427" y="3877430"/>
+            <a:ext cx="1847316" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...26 lines deleted...]
-          <p:cNvPr id="48" name="TextBox 47"/>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ВНУТРЕННИХ ДЕЛ</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="TextBox 48"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8251427" y="3877430"/>
-            <a:ext cx="1847316" cy="415498"/>
+            <a:off x="4243024" y="3879658"/>
+            <a:ext cx="1855861" cy="415498"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...48 lines deleted...]
-          <a:lstStyle/>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ОРГАНЫ </a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1050" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПРОКУРАТУРЫ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="50" name="Стрелка вниз 49"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3055634" y="4172370"/>
+            <a:off x="3043734" y="4345267"/>
             <a:ext cx="107962" cy="129676"/>
           </a:xfrm>
           <a:prstGeom prst="downArrow">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent5">
               <a:lumMod val="50000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -6921,2030 +5255,784 @@
         <p:nvSpPr>
           <p:cNvPr id="56" name="TextBox 55"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="234694" y="395387"/>
             <a:ext cx="4008330" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E8EBF0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>РАБОЧИЙ ОРГАН – </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
-[...20 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>МИНИСТЕРСТВО ПРОСВЕЩЕНИЯ</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="TextBox 56"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5199258" y="394681"/>
-            <a:ext cx="6849141" cy="276999"/>
+            <a:ext cx="6849141" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E8EBF0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
-[...33 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ПЕРСОНАЛЬНАЯ ОТВЕТСТВЕННОСТЬ – </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ЗАМЕСТИТЕЛЬ АКИМА, РУКОВОДИТЕЛЬ ГОСУДАРСТВЕННОГО ОРГАНА</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="58" name="TextBox 57"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2209764" y="4383916"/>
-            <a:ext cx="1888738" cy="2554545"/>
+            <a:off x="2234067" y="4525054"/>
+            <a:ext cx="1847316" cy="2400657"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...9 lines deleted...]
-              <a:t>Болған</a:t>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Незамедлительное информирование общественности </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>принимаемых </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>мерах </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...220 lines deleted...]
-              <a:t>ету</a:t>
+              <a:t>относительно случившегося факта</a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...11 lines deleted...]
-            <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...12 lines deleted...]
-              <a:t>болған</a:t>
+              <a:t>Раз </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в квартал </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>брифинг </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>о принятых мерах </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...12 lines deleted...]
-              <a:t>зорлық-зомбылық</a:t>
+              <a:t>по случившимся фактам  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>насилия в регионе </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...12 lines deleted...]
-              <a:t>фактілері</a:t>
+              <a:t>Оказание </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>помощи, контроль </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...285 lines deleted...]
-              <a:t> </a:t>
+              <a:t>вопросов</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600" algn="just">
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>ІСБ: БАҚ-</a:t>
+              <a:t>УВП: организация работы в СМИ, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>тағы</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" smtClean="0">
+              <a:t>информ</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1000" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1000" dirty="0" err="1" smtClean="0">
-[...87 lines deleted...]
-              <a:t>түсіндіру</a:t>
+              <a:rPr lang="ru-RU" sz="1000" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>разъяснение </a:t>
             </a:r>
             <a:endParaRPr lang="ru-RU" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="TextBox 60"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9378591" y="2336134"/>
             <a:ext cx="2672839" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E8EBF0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
-[...9 lines deleted...]
-              <a:t>Кәмелетке</a:t>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Комиссия по делам несовершеннолетних </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>в течение 12 часов</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> с момента поступления информации принимает решение об устройстве ребенка или оставлении </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...452 lines deleted...]
-            </a:endParaRPr>
+              <a:t>его в </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>семье</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="TextBox 61"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3359267" y="2329658"/>
-            <a:ext cx="2672839" cy="1015663"/>
+            <a:ext cx="2672839" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="E8EBF0"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="ru-RU" sz="1200" dirty="0" err="1" smtClean="0">
-[...137 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Выявляют</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> факты насилия над детьми</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
-        </p:txBody>
-[...23 lines deleted...]
-          <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="63" name="TextBox 62"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6442948" y="2336134"/>
+            <a:ext cx="2672839" cy="1384995"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="E8EBF0"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>В течение 1 часа </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>1 </a:t>
-[...145 lines deleted...]
-              <a:rPr lang="ru-RU" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:t>информирование о принимаемых мерах</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>создание </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>мониторинг </a:t>
-[...13 lines deleted...]
-            </a:r>
+              <a:t>мониторинговой </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>группы, </a:t>
+            </a:r>
+            <a:endParaRPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
+              <a:solidFill>
+                <a:schemeClr val="accent5">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="ru-RU" sz="1200" dirty="0" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...77 lines deleted...]
-              <a:t> бару </a:t>
+              <a:t>выезд </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="ru-RU" sz="1200" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>на место</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="ru-RU" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="64" name="Стрелка вниз 63"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
@@ -9567,54 +6655,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>254</Words>
+  <Words>249</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Широкоэкранный</PresentationFormat>
-  <Paragraphs>50</Paragraphs>
+  <Paragraphs>62</Paragraphs>
   <Slides>1</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Использованные шрифты</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Тема</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Заголовки слайдов</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>