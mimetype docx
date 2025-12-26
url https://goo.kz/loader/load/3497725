--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,1818 +1,15992 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+    <w:p w:rsidR="006D43BE" w:rsidRPr="0019270C" w:rsidRDefault="00D3649F" w:rsidP="00124F76">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-          <w:b/>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының №</w:t>
-[...3 lines deleted...]
-          <w:b/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>39</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Специальный детский сад №</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара»</w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00352CCA">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00124F76">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара, управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="00A318BD">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>воспитателя</w:t>
+      </w:r>
+      <w:r w:rsidR="00F961DA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20F94">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>арнайы балабақшасы</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>рус</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00A318BD">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>» КМҚК</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>ским</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF519A">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E6927">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
-[...32 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00C2136D" w:rsidRPr="00C2136D" w:rsidRDefault="005104BF" w:rsidP="00C2136D">
+    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...73 lines deleted...]
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2136D" w:rsidRPr="000E28CE" w:rsidRDefault="0075121E" w:rsidP="00C2136D">
+    <w:p w:rsidR="0028392A" w:rsidRDefault="0028392A" w:rsidP="0028392A">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс проводится</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании приказа МОН РК от 21 февраля   2012 года </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 57 «О порядке проведения конкурса на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должности педагога государственных организаций образования».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A318BD" w:rsidRPr="00A318BD" w:rsidRDefault="00A318BD" w:rsidP="00A318BD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...58 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>Дата начала конкурса:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F20F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>24</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.11.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00F20F94">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0028392A" w:rsidRDefault="0028392A" w:rsidP="0028392A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="006424F8">
+      <w:r>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Мекенжайы</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>есто</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проведения конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E28CE">
+        <w:t>Специальный детский сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>39</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve"> города Павлодара»  г.</w:t>
+      </w:r>
+      <w:r w:rsidR="00307A86" w:rsidRPr="00307A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">Павлодар, </w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> қ.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000E28CE">
+        <w:t>Айманова</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00352CCA">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>, телефон 8 (7</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Айманов</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> көшесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00955956">
+        <w:t>64</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00352CCA">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>32</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00955956">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> 8(7</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00352CCA">
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>42</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>-2</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00352CCA">
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>750</w:t>
-[...14 lines deleted...]
-        <w:r w:rsidR="00352CCA" w:rsidRPr="000B5C12">
+        <w:t>50</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D3649F">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="0019270C" w:rsidRPr="004B5DB0">
           <w:rPr>
-            <w:rStyle w:val="a7"/>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
-            <w:sz w:val="28"/>
-[...1 lines deleted...]
-            <w:lang w:val="kk-KZ"/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>sad39@goo.edu.kz</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...139 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...118 lines deleted...]
-        <w:t>негізінде.</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C2136D" w:rsidRDefault="00352CCA" w:rsidP="00C2136D">
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="005D2817" w:rsidP="001C64E9">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Балабақшада </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0075121E">
+        <w:t>Специальный детский сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>с казахским и русским языком обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>   1) педагог (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      разрабатывать перспективный план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      участвовать в методической работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      принимать участие в мероприятиях на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Обеспечивает охрану жизни и здоровья детей, применяет здоровье</w:t>
+      </w:r>
+      <w:r w:rsidR="00307A86" w:rsidRPr="00307A86">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сберегающие технологии в их воспитании и обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      Оказывает содействие специалистам в области коррекционной деятельности с детьми, имеющими отклонения в развитии, планирует воспитательно-образовательную работу на основе </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Проектирует воспитательно-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>      Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z67" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z205" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Трудовой Кодекс</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z2" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z4" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z33" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r>
+        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006D43BE">
+        <w:t>х сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>и осуществляет КГКП «</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>орыс</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2136D">
+        <w:t>Специальный детский сад</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> №</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тілінде оқыта</w:t>
+        <w:t>39</w:t>
       </w:r>
       <w:r>
+        <w:t xml:space="preserve"> города Павлодара» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>тын топқа</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2136D" w:rsidRPr="00955956">
+        <w:t>Айманова</w:t>
+      </w:r>
+      <w:r w:rsidR="005D2817">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C2136D" w:rsidRPr="00194DDD">
+        <w:t>32</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>      8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00554BAF" w:rsidRPr="00C2426C" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">      10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность </w:t>
+      </w:r>
+      <w:r w:rsidR="003E62DD" w:rsidRPr="003E62DD">
+        <w:t>музыкальный руководитель</w:t>
+      </w:r>
+      <w:r w:rsidR="003E62DD">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0019270C" w:rsidRPr="0019270C" w:rsidRDefault="001C64E9" w:rsidP="0019270C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00740A35">
+        <w:t>8 (7</w:t>
+      </w:r>
+      <w:r w:rsidR="00740A35">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00740A35">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t>8 (7</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64-27-49</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t>, 8(7</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>64-27-50</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C" w:rsidRPr="0019270C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C" w:rsidRPr="0019270C">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ектронный адрес</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C" w:rsidRPr="0019270C">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="0019270C">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0019270C" w:rsidRPr="004B5DB0">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>sad39@goo.edu.kz</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0019270C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="26"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:pict>
+          <v:group id="Группа 5" o:spid="_x0000_s1037" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="Line 6" o:spid="_x0000_s1038" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,4" to="2803,4" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDSP286xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvBb9DeEJvNatQtatR1LbgoeCflnp9bJ67q5uXJUnd9dubguBxmJnfMNN5aypxIedLywr6vQQE&#10;cWZ1ybmCn+/PlzEIH5A1VpZJwZU8zGedpymm2ja8o8s+5CJC2KeooAihTqX0WUEGfc/WxNE7Wmcw&#10;ROlyqR02EW4qOUiSoTRYclwosKZVQdl5/2cUtF/2d7ysq+b1rSnX74eT+9huRko9d9vFBESgNjzC&#10;9/ZaKxjC/5V4A+TsBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANI/bzrEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" strokeweight=".14125mm"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 4" o:spid="_x0000_s1036" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBjjC8EQMAAJYGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UymmMI4wEKaBEu6+7H7tvuwf3/b57+PkFRTZPValHEH5b3iirVJfXMvmgweEdeexC&#10;QwxaVm8kBTyyNtLlZpuqwu4E1WjrSnC3LwHbGpTAy6DfHw79LkYJ+IKw7yrkkVG7N1lr84pJh0M2&#10;19rUBaRgufTTRsQCip0WHGr5soN81O+FXfdoCr4PC9qwFx5a+KhC4cA/Pw0K2yCHFfhR2P8t2Hkb&#10;Z8HCAzAQsGopkqxlnWxFQxssRGzH+C5RpdQ2QQsg12YIECDISvxDLJx9GlvvaY5Q0AqnTaAwgiZY&#10;1nJLYiwze4Q1URVjlwv7opAbtpDOZU5KB4c8erk4jILtkLkDVrUbdtgD4N7UhjvUcj0orZDznHNX&#10;Wy4sla4/6LrcaMlzap2WjVar5YQrtCG2vd3HigGwozAl14I6sIwROmtsQ3Je2xDPXW7hFjYpsPfR&#10;9e+noT+cDWaDqBOFvVkn8qfTztV8EnV686DfnZ5PJ5Np8NlSC6JRllPKhGXXzpIg+rtebaZaPQX2&#10;0+RIxZHYufs8Fesd03C5AC3tb53rtkXrnl5KegftqmQ9HGGYg5FJdY9RBYMxxvrjmiiGEX8tYPIM&#10;gyiyk9Qtom4/hIU69CwPPUQkABVjg+GCW3Ni6um7LlW+yuCkwJVVyCsYE2lu+9nNk5pVs4Dh5xQ0&#10;g9pO18O1i3r8Oxn/AgAA//8DAFBLAwQUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3FhKGGMqTacKARJHBkg7eo3XFhqnarKt8OvxTnCz/Z6ev1es&#10;Jt+rA42xC2zhepaBIq6D67ix8P72dLUEFROywz4wWfimCKvy/KzA3IUjv9JhnRolIRxztNCmNORa&#10;x7olj3EWBmLRdmH0mGQdG+1GPEq477XJsoX22LF8aHGgh5bqr/XeW3j+6NxLpF3FmD7Nz2MVp7ip&#10;rb28mKp7UImm9GeGE76gQylM27BnF1Vv4W5hbsVqwdxIhZMhmxuZtnKZZ6DLQv+vUP4CAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAQY4wvBEDAACWBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAuhjSGN0AAAAKAQAADwAAAAAAAAAAAAAAAABrBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="617"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="31"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">высшее заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1123"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методике и педагогике:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="5360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">баллов от 80 до90 баллов = 9 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов По</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="2034"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="29"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="17"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( при</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="30"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">П о к а з а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>( или</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> казахский</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="25"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881"/>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007E3A8A">
-[...9 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00554BAF" w:rsidRPr="007E3A8A" w:rsidRDefault="00554BAF" w:rsidP="00554BAF">
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...57 lines deleted...]
-      <w:r w:rsidRPr="00830FDA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2136D" w:rsidRDefault="00554BAF" w:rsidP="00C2136D">
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10 к Правилам</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> назначения на должности, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                       Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:right="557"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 23" o:spid="_x0000_s1035" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3axNPFwMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolJTOzP+5vtmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kgkwplIVxMBWrTyqSAXoBfdC3+95lVS0VDJhWsPbaW3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBQfdQU2IIWqv8CVSRJ0pqmZqzRBaeTNM8YU4DqAn8EzW3GSmZ0wLJ0eU+&#10;Tfr/wSZvNzcK5TTG4TlGghRQo93X3Y/dt92D+37fPfz8gsAImapKPYIDt+WNslp1eS2TDxoM3pHF&#10;bjT4oGX1RlIAJGsjXXa2qSrsSdCNtq4Id/sisK1BCbwM+v3h0O9ilIAtCPuuRh4ZtWeTtTavmHQ4&#10;ZHOtTV1CCitXANqoWEC504JDNV92kI/6vbDrHk3J925B6/bCQwsfVSgc+E4tFHPvFLZODivwo7D/&#10;WzDIYR3TgoUHYCBg1VIkWcs62YqGNqwQsT3ju0SVUtsELYBcmyFAACcr8Q++EPvUtz7ThFDQDKdt&#10;oDCCNljWOSmJscxsCLtEFVwKmwv7opAbtpDOZE5KB0EerVwcesFxyNwBq9oMJ2wAuDf1wgW1XA9K&#10;K+Q859zVlgtLpesPuo6Kljyn1mjZaLVaTrhCG2Ib3H2sGAA7clNyLagDyxihs2ZtSM7rNfhzl1u4&#10;hU0K7H10Hfxp6A9ng9kg6kRhb9aJ/Om0czWfRJ3ePOh3p+fTyWQafLbUgmiU5ZQyYdm10ySI/q5b&#10;m7lWz4H9PDlScSR27j5PxXrHNFwuQEv7W+e6bdG6p5eS3kG7KlmPRxjnsMikuseogtEYY/1xTRTD&#10;iL8WMHuGQRTZWeo2UbcfwkYdWpaHFiISgIqxwXDB7XJi6vm7LlW+yiBS4Moq5BWMiTS3/ezmSc2q&#10;2cD4cwqaUW3n6+HeeT3+oYx/AQAA//8DAFBLAwQUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAGRy&#10;cy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2QkbixdGRsqTacKARJHBkg7eo3XFhqnqrOt8PSkp3G0&#10;/en39+fr0XXqSIO0ng3MZwko4srblmsDH+/PN/egJCBb7DyTgR8SWBeXFzlm1p/4jY6bUKsYwpKh&#10;gSaEPtNaqoYcysz3xPG294PDEMeh1nbAUwx3nU6TZKkdthw/NNjTY0PV9+bgDLx8tvZVaF8yhq/0&#10;96mUUbaVMddXY/kAKtAYzjBM+lEdiui08we2ojoDq2V6F1ED6WIOagKSRRrL7KbNLegi1/8rFH8A&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAv&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAd2sTTxcDAACYBgAADgAAAAAAAAAAAAAAAAAu&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAXtmK8d0AAAAKAQAADwAAAAAAAAAAAAAA&#10;AABxBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHsGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 22" o:spid="_x0000_s1034" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCSkXrOEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXzsemnNl2hdouQ&#10;FlhpywHc2GkiHDvYbtMFcQaOwDVWQnCGciPGTtJNuyAhRKWm48z4+b0Zz/TicldwtGVK51LEODjz&#10;MWIikTQX6xi/Wy56I4y0IYISLgWL8R3T+HL69MlFVU5YKDPJKVMIQISeVGWMM2PKiefpJGMF0Wey&#10;ZAKcqVQFMbBUa48qUgF6wb3Q9wdeJRUtlUyY1vB2Xjvx1OGnKUvM2zTVzCAeY+Bm3FO558o+vekF&#10;mawVKbM8aWiQf2BRkFzAoQeoOTEEbVT+CKrIEyW1TM1ZIgtPpmmeMKcB1AT+iZrbjJTMaYHk6PKQ&#10;Jv3/YJM32xuFchrjMMRIkAJqtP+6/7H/tr933+/7+59fEDghU1WpJ7DhtrxRVqsur2XyXoPDO/LY&#10;hYYYtKpeSwqAZGOky84uVYXdCbrRzhXh7lAEtjMogZfBcDge+32MEvAF4dDVyCOTdm+y0eYlkw6H&#10;bK+1qUtIwXIFoI2KJZQ7LThU83kP+Wg4CPvu0ZT8EBa0Yc88tPRRhcKRf34aBLnpYAV+FA5/C3be&#10;xlmwsAMGAtYtRZK1rJOdaGiDhYjtGd8lqpTaJmgJ5NoMAQIEWYl/iIWzT2PrPc0RCprhtA0URtAG&#10;q1puSYxlZo+wJqrgUthc2BeF3LKldC5zUjo45MHLRTcKtkPmOqxqN+ywB8C9qQ13qOXaKa2Qi5xz&#10;V1suLJW+P+o7KlrynFqnZaPVejXjCm2JbXD3sWIA7ChMyY2gDixjhF41tiE5r22I5y63cAubFNj7&#10;6Dr409gfX42uRlEvCgdXvcifz3svFrOoN1gEw/78fD6bzYPPlloQTbKcUiYsu3aaBNHfdWsz1+o5&#10;cJgnRyqOxC7c57FY75iGywVoaX/rXLctWvf0StI7aFcl6/EI4xyMTKqPGFUwGmOsP2yIYhjxVwJm&#10;zziIIjtL3SLqD0NYqK5n1fUQkQBUjA2GC27Nmann76ZU+TqDkwJXViFfwJhIc9vPbp7UrJoFjD+n&#10;oBnVdr521y7q4Q9l+gsAAP//AwBQSwMEFAAGAAgAAAAhABCx12/cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4spdoKKk2nCsEkjgyQOHqN1xYap6qzrePpSU9wtP3p9/cX&#10;68n16kijdJ4N3C4SUMS1tx03Bt7fnm/uQUlAtth7JgNnEliXlxcF5taf+JWO29CoGMKSo4E2hCHX&#10;WuqWHMrCD8TxtvejwxDHsdF2xFMMd71OkyTTDjuOH1oc6LGl+nt7cAY2H519EdpXjOEr/XmqZJLP&#10;2pjrq6l6ABVoCn8wzPpRHcrotPMHtqJ6A3dZuoqogVWyBDUDyTKNZXbzJgNdFvp/hfIXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAkpF6zhIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAELHXb9wAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орган, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1402"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D3881">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 21" o:spid="_x0000_s1033" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNyzxJEQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSrSBIcBRpxUUKPdt93P3ffdg/3+2D38+orACZlqajWCDXf1rTRaVX0j6AcFDu/I&#10;YxYKYtCyeSNSACRrLWx2tpmszE7Qjba2CPf7IrCtRhReDvwo6A+hVhR8QRjbGnlk1O2la6VfMWFx&#10;yOZGaVfCFCxbgLRVsQCIrCqhmi97yEdBOHCPtuT7MJDtwl54aOGjBg3Pg+g0KOyCHJYfx32LeBrX&#10;7+IMWHgABgJWHUWSd6zplre0wULE9IxvE1ULZRK0AHJdhgABgozEP8TC2aexbk97hIRmOG0DiRG0&#10;wdLJqIk2zMwRxkRNgm0uzItKbNhCWJc+KR0c8ugt+WEUbD9m5dywwxwA98YZ9lDD9aC0XMyLsrS1&#10;LbmhEgd+bHOjRFmkxmnYKLlaTkqJNsQ0uP0YMQB2FCbFmqcWLGcknbW2JkXpbIgvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcg5EL+QmjBkZjgtXHNZEMo/I1h9kz&#10;DKLIzFK7iM7jEBby0LM89BBOASrBGsMFN+ZEu/m7rmWxyuGkwJaVi2sYE1lh+tnOE8eqXcD4swra&#10;UW3m6+HaRj3+oYx/AwAA//8DAFBLAwQUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPzU7DMBCE70i8g7VI3KidtupPGqcCJC5IUFE4cNwmGyc0tkPstunbsz3R48yOZr/J&#10;1oNtxZH60HinIRkpEOQKXzbOaPj6fHlYgAgRXYmtd6ThTAHW+e1NhmnpT+6DjttoBJe4kKKGOsYu&#10;lTIUNVkMI9+R41vle4uRZW9k2eOJy20rx0rNpMXG8YcaO3quqdhvD1bD04/9VmrxW533m2TzWr0Z&#10;NO9G6/u74XEFItIQ/8NwwWd0yJlp5w+uDKJlPZ7xlqhhMlmCuATUfD4FsWNnmoDMM3k9If8DAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATcs8SREDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA+w6/ceAAAAAKAQAADwAAAAAAAAAAAAAAAABr&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 20" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYY/87DwMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMhbjLqRHkAJqtP+2/7n/vn9w74/9w6+vCJSQqarUERy4K2+VjVWXN5J+0KDwTjR2&#10;ocEGrao3kgEg2RjpsrNLVGFPQtxo54pwfygC3xlEYXPgh0FvDGQo6ILu0Hn2SNSepRttXnHpcMj2&#10;Rpu6hAwkVwDWRLEEiKTIoZovO8hHo9C9TcEPRkFr9MJDSx9VaNwPwnOjbmvkkAK/1+9ZvHOzXmtm&#10;sbpHWMB+3fIjaUuZ7kTDGSREbMP4Lkul1DY7S+DWpgcQwMjG9wdb8H1uW59pXCjohPMeUBhBD6zq&#10;MEpiLDPrwoqoirFLhd0o5JYvpVOZs7qBk0dtLo6t4Pgpq1oNJ6wDuDS14Jxarkd1FXKR5bkrbC4s&#10;lWHgD11utMwzZpWWjVbr1TRXaEtsd7vHBgNgJ2ZKbgRzYCknbN7IhmR5LYN97nILV7BJgb2Mrn0/&#10;j/3xfDQfhZ2wO5h3Qn8261wvpmFnsAiG/VlvNp3Ogi+WWhBGacYYF5ZdO0qC8O9atRlq9RA4DJOT&#10;KE6CXbjnabDeKQ2XC4il/a1z3fZn3dArye6hV5WsZyPMchBSqT5hVMFcjLH+uCGKY5S/FjB4xkEI&#10;Nx8Ztwj7Qzs21LFmdawhggJUjA2GC27FqamH76ZU2ToFT4Erq5DXMCOSzDazGyY1q2YBs89F0Mxp&#10;O1yP187q8d9k8hsAAP//AwBQSwMEFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SNyo3TZUUYhTARIXJKhaOHDcJhsnNF6H2G3Tv8c5wXF2VjNv8vVo&#10;O3GiwbeONcxnCgRx6aqWjYbPj5e7FIQPyBV2jknDhTysi+urHLPKnXlLp10wIoawz1BDE0KfSenL&#10;hiz6meuJo1e7wWKIcjCyGvAcw20nF0qtpMWWY0ODPT03VB52R6vh6dt+KZX+1JfDZr55rd8Mmnej&#10;9e3N+PgAItAY/p5hwo/oUESmvTty5UWnIU3ilKBhuVqAmHy1vE9A7KdLArLI5f8FxS8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAGGP/Ow8DAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAJ2yxVt8AAAAJAQAADwAAAAAAAAAAAAAAAABpBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 19" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtAPH+EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1G2MkSAE12n/b/9x/3z+498f+4ddXBErIVFXqCA7clbfKxqrLG0k/aFB4Jxq7&#10;0GCDVtUbyQCQbIx02dklqrAnIW60c0W4PxSB7wyisDnww6A3hlpR0AXdoauRR6L2LN1o84pLh0O2&#10;N9rUJWQguQKwJoolQCRFDtV82UE+GoXubQp+MApaoxceWvqoQuN+EJ4bdVsjhxT4vX7P4p2b9Voz&#10;i9U9wgL265YfSVvKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbd8KZ3KnNUNnDxqc3FsBcdPWdVqOGEdwKWpBefUcj2qq5CLLM9dYXNh&#10;qQwDf+hyo2WeMau0bLRar6a5Qltiu9s9NhgAOzFTciOYA0s5YfNGNiTLaxnsc5dbuIJNCuxldO37&#10;eeyP56P5KOyE3cG8E/qzWed6MQ07g0Uw7M96s+l0Fnyx1IIwSjPGuLDs2lEShH/Xqs1Qq4fAYZic&#10;RHES7MI9T4P1Tmm4XEAs7W+d67Y/64ZeSXYPvapkPRthloOQSvUJowrmYoz1xw1RHKP8tYDBMw5C&#10;uPnIuEXYH3ZhoY41q2MNERSgYmwwXHArTk09fDelytYpeApcWYW8hhmRZLaZ3TCpWTULmH0ugmZO&#10;2+F6vHZWj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQAnbLFW3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN02VFGIUwESFySoWjhw3CYbJzReh9ht07/HOcFxdlYzb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxSED8gVdo5Jw4U8rIvrqxyzyp15S6ddMCKGsM9QQxNCn0np&#10;y4Ys+pnriaNXu8FiiHIwshrwHMNtJxdKraTFlmNDgz09N1Qedker4enbfimV/tSXw2a+ea3fDJp3&#10;o/Xtzfj4ACLQGP6eYcKP6FBEpr07cuVFpyFN4pSgYblagJh8tbxPQOynSwKyyOX/BcUvAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAG0A8f4QAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhACdssVbfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 18" o:spid="_x0000_s1030" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAm+VMKEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHWTtOkr2nS16gMh&#10;LbDSlgO4ttNEJHaw3aYL4gwcgWushOAM5UaMnaTbdoWEEJGSjj3jb76Z8Uwvr3ZFjrZc6UyKGAcX&#10;PkZcUMkysY7x++WiM8JIGyIYyaXgMb7nGl9Nnj+7rMqId2Uqc8YVAhCho6qMcWpMGXmepikviL6Q&#10;JRegTKQqiIGlWntMkQrQi9zr+v7Aq6RipZKUaw27s1qJJw4/STg175JEc4PyGAM3477KfVf2600u&#10;SbRWpEwz2tAg/8CiIJkApweoGTEEbVT2BKrIqJJaJuaCysKTSZJR7mKAaAL/LJq7lJTcxQLJ0eUh&#10;Tfr/wdK321uFMga1g0oJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZU6ggN35a2yseryRtIPGhTeicYu&#10;NNigVfVGMgAkGyNddnaJKuxJiBvtXBHuD0XgO4MobA78MOiNoVYUdEF36Grkkag9SzfavOLS4ZDt&#10;jTZ1CRlIrgCsiWIJEEmRQzVfdpCPRqF7m4IfjILW6IWHlj6q0LgfhOdG3dbIIQV+r9+zeOdmvdbM&#10;YnWPsID9uuVH0pYy3YmGM0iI2IbxXZZKqW12lsCtTQ8ggJGN7w+24Pvctj7TuFDQCec9oDCCHljV&#10;YZTEWGbWhRVRFWOXCrtRyC1fSqcyZ3UDJ4/aXBxbwfFTVrUaTlgHcGlqwTm1XI/qKuQiy3NX2FxY&#10;KsPAH7rcaJlnzCotG63Wq2mu0JbY7naPDQbATsyU3AjmwFJO2LyRDcnyWgb73OUWrmCTAnsZXft+&#10;Hvvj+Wg+CjthdzDvhP5s1rleTMPOYBEM+7PebDqdBV8stSCM0owxLiy7dpQE4d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXkt1DrypZz0aY5SCkUn3CqIK5GGP9cUMUxyh/LWDwjIMQ&#10;bj4ybhH2h11YqGPN6lhDBAWoGBsMF9yKU1MP302psnUKngJXViGvYUYkmW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCjs+If3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqN0fIErjVIDEBQmqFg49bpONExqvQ+y26dvjnOC02p3R7DfZ&#10;arCtOFHvG8caphMFgrhwZcNGw9fn610CwgfkElvHpOFCHlb59VWGaenOvKHTNhgRQ9inqKEOoUul&#10;9EVNFv3EdcRRq1xvMcS1N7Ls8RzDbStnSj1Iiw3HDzV29FJTcdgerYbnb7tTKvmpLof1dP1WvRs0&#10;H0br25vhaQki0BD+zDDiR3TII9PeHbn0otWQLGKVoOFxHueoq/n9AsR+vMxA5pn83yD/BQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACb5UwoQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAKOz4h/fAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="5" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 17" o:spid="_x0000_s1029" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBeXLLUEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDtBhgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQASkOSV3wAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcUGsXotYNcSpUCcQJqQUERzde4oh4HWK3Tf4e5wTH2VnNvCk2&#10;g2vZCfvQeFKwmAtgSJU3DdUK3l4fZxJYiJqMbj2hghEDbMrLi0Lnxp9ph6d9rFkKoZBrBTbGLuc8&#10;VBadDnPfISXvy/dOxyT7mpten1O4a/mtEEvudEOpweoOtxar7/3RKXj/+Wzl0r5sn59kLcebDxSj&#10;RaWur4aHe2ARh/j3DBN+QocyMR38kUxgrQKZpSlRwd1iBWzyRbbOgB2myxp4WfD/C8pfAAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAF5cstQQAwAAlQYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhABKQ5JXfAAAACQEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="1486"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="6" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 16" o:spid="_x0000_s1028" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251649024;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9654,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVpRAgEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BLV5NNuXNl2t+kBI&#10;C6y05QCu4zQRjh1st+mCOANH4BorIThDuRFjJ+m2XSEhRKSkY8/4m29mPNPLq13B0ZYpnUsR46Dr&#10;Y8QElUku1jF+v1x0hhhpQ0RCuBQsxvdM46vJ82eXVTlmocwkT5hCACL0uCpjnBlTjj1P04wVRHdl&#10;yQQoU6kKYmCp1l6iSAXoBfdC3+97lVRJqSRlWsPurFbiicNPU0bNuzTVzCAeY+Bm3Fe578p+vckl&#10;Ga8VKbOcNjTIP7AoSC7A6QFqRgxBG5U/gSpyqqSWqelSWXgyTXPKXAwQTeCfRXOXkZK5WCA5ujyk&#10;Sf8/WPp2e6tQnkDt+hgJUkCN9t/2P/ff9w/u/bF/+PUVgRIyVZV6DAfuyltlY9XljaQfNCi8E41d&#10;aLBBq+qNTACQbIx02dmlqrAnIW60c0W4PxSB7QyisNkPen44glpR0AXhwNXII+P2LN1o84pJh0O2&#10;N9rUJUxAcgVImiiWAJEWHKr5soN8NIzc2xT8YBS0Ri88tPRRhUb9i+jcKGyNHFLgR6OexTs367Vm&#10;Fis8wgL265YfyVrKdCcaziAhYhvGd1kqpbbZWQK3Nj2AAEY2vj/Ygu9z2/pM40JBJ5z3gMIIemBV&#10;h1ESY5lZF1ZEVYxdKuxGIbdsKZ3KnNUNnDxquTi2guOnrGo1nLAO4NLUgnNquR7VVchFzrkrLBeW&#10;yiDwBy43WvI8sUrLRqv1asoV2hLb3e6xwQDYiZmSG5E4sIyRZN7IhuS8lsGeu9zCFWxSYC+ja9/P&#10;I380H86HUScK+/NO5M9mnevFNOr0F8HgYtabTaez4IulFkTjLE8SJiy7dpQE0d+1ajPU6iFwGCYn&#10;UZwEu3DP02C9UxouFxBL+1vnuu3PuqFXMrmHXlWyno0wy0HIpPqEUQVzMcb644YohhF/LWDwjIII&#10;bj4ybhFdDEJYqGPN6lhDBAWoGBsMF9yKU1MP302p8nUGngJXViGvYUakuW1mN0xqVs0CZp+LoJnT&#10;drger53V47/J5DcAAAD//wMAUEsDBBQABgAIAAAAIQCkhJoM3gAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwDIbvSLxDZCQuiCUb1RRK0wlNAnFCYoC2Y9aYpiJxSpNt7duTneBo/9bv76tW&#10;o3fsiEPsAimYzwQwpCaYjloFH+9PtxJYTJqMdoFQwYQRVvXlRaVLE070hsdNalkuoVhqBTalvuQ8&#10;Nha9jrPQI+XsKwxepzwOLTeDPuVy7/hCiCX3uqP8weoe1xab783BK/j82Tm5tK/rl2fZyulmi2Ky&#10;qNT11fj4ACzhmP6O4Yyf0aHOTPtwIBOZUyCLrJIU3M2zwTkXxX0BbJ83CwG8rvh/g/oXAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAFaUQIBADAACVBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEApISaDN4AAAAJAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6129655,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="905"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="1" w:after="21" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00B531BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidTr="004D1489">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="double" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="004D1489">
+            <w:pPr>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="25" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="4" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 15" o:spid="_x0000_s1027" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCxaYS3EAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtetRIlgBNdp/2//cf98/4Ptj//DrKwElZKoq9RgO3JW3ysaqyxsZfdCgcE40&#10;dqHBhqyqNzIGQLYxErOzS1RhT0LcZIdFuD8Uge8MiWCz73vDXg/IRKDz/AHWyGHj9my00eYVl4jD&#10;tjfa1CWMQcICxE0USyh3UuRQzZcd4pJhgG9T8IOR1xq9cMjSJRUZDUbdcyO/NUIkz+13uxbv3Kzb&#10;mlks/wgL2K9bfixtKUc70XAGiTDbMC5mqZTaZmcJ3Nr0AAIY2fj+YAu+z23rM40LBZ1w3gOKEuiB&#10;VR1GyYxlZl1YkVQhxVTYjUJu+VKiypzVDZw8anNxbIXHj1nVajhhHcClqQV0arke1VXIRZbnWNhc&#10;WCoDzx1gbrTMs9gqLRut1qtprsiW2e7GxwYDYCdmSm5EjGApZ/G8kQ3L8loG+xxzC1ewSYG9jNi+&#10;n0fuaD6cD4NO4PfnncCdzTrXi2nQ6S+8QW/WnU2nM++LpeYF4zSLYy4su3aUeMHftWoz1OohcBgm&#10;J1GcBLvA52mwzikNzAXE0v7WuW77s27olYzvoVeVrGcjzHIQUqk+UVLBXAyp/rhhilOSvxYweEZe&#10;ADefGFwEvYEPC3WsWR1rmIgAKqSGwgW34tTUw3dTqmydgicPyyrkNcyIJLPNjMOkZtUsYPZhBM2c&#10;tsP1eI1Wj/8mk98AAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQCxaYS3EAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="45" w:after="0" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="120" w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:before="2" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRPr="00B531BC" w:rsidRDefault="00F20F94" w:rsidP="002D3881">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="Полилиния 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251646976;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9793,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD6kCZDEAMAAJUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXzaPrUpqtVHwhp&#10;gZW2HMBNnCYisYPtNl0QZ+AIXGMlBGcoN2I8SbptV0gIESnp2DP+5psZz/TyalfkZMuVzqQIqXfh&#10;UsJFJONMrEP6frnoDCnRhomY5VLwkN5zTa8mz59dVuWY+zKVecwVARChx1UZ0tSYcuw4Okp5wfSF&#10;LLkAZSJVwQws1dqJFasAvcgd33X7TiVVXCoZca1hd1Yr6QTxk4RH5l2SaG5IHlLgZvCr8LuyX2dy&#10;ycZrxco0ixoa7B9YFCwT4PQANWOGkY3KnkAVWaSklom5iGThyCTJIo4xQDSeexbNXcpKjrFAcnR5&#10;SJP+f7DR2+2tIlkMtQsoEayAGu2/7X/uv+8f8P2xf/j1lYASMlWVegwH7spbZWPV5Y2MPmhQOCca&#10;u9BgQ1bVGxkDINsYidnZJaqwJyFussMi3B+KwHeGRLDZ971hr9ejJAKd5w+wRg4bt2ejjTavuEQc&#10;tr3Rpi5hDBIWIG6iWEK5kyKHar7sEJcMA3ybgh+MvNbohUOWLqnIaDDqnhv5rREieW6/27V452bd&#10;1sxi+UdYwH7d8mNpSznaiYYzSITZhnExS6XUNjtL4NamBxDAyMb3B1vwfW5bn2lcKOiE8x5QlEAP&#10;rOowSmYsM+vCiqQKKabCbhRyy5cSVeasbuDkUZuLYys8fsyqVsMJ6wAuTS2gU8v1qK5CLrI8x8Lm&#10;wlIZeO4Ac6NlnsVWadlotV5Nc0W2zHY3PjYYADsxU3IjYgRLOYvnjWxYltcy2OeYW7iCTQrsZcT2&#10;/TxyR/PhfBh0Ar8/7wTubNa5XkyDTn/hDXqz7mw6nXlfLDUvGKdZHHNh2bWjxAv+rlWboVYPgcMw&#10;OYniJNgFPk+DdU5pYC4glva3znXbn3VDr2R8D72qZD0bYZaDkEr1iZIK5mJI9ccNU5yS/LWAwTPy&#10;Arj5xOAi6A18WKhjzepYw0QEUCE1FC64FaemHr6bUmXrFDx5WFYhr2FGJJltZhwmNatmAbMPI2jm&#10;tB2ux2u0evw3mfwGAAD//wMAUEsDBBQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVpqigKcSoEQuIIKRI9buMliRqv09htwt/jnOA4O6uZN8V2&#10;tr240Og7xxoeVgoEce1Mx42Gz93rfQbCB2SDvWPS8EMetuX1VYG5cRN/0KUKjYgh7HPU0IYw5FL6&#10;uiWLfuUG4uh9u9FiiHJspBlxiuG2l2ulUmmx49jQ4kDPLdXH6mw1KMKv+u40zS/HZnqv/N6dsre9&#10;1rc389MjiEBz+HuGBT+iQxmZDu7MxoteQ7aJU4KGJF2DWHyVJgmIw3LZgCwL+X9B+QsAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQD6kCZDEAMAAJUGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCH3zBl3QAAAAkBAAAPAAAAAAAAAAAAAAAAAGoFAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdAYAAAAA&#10;" path="m,l9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6218555,0" o:connectangles="0,0"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="002D3881" w:rsidRPr="00B531BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D3881" w:rsidRDefault="002D3881" w:rsidP="002D3881"/>
+    <w:p w:rsidR="002D3881" w:rsidRPr="006E6437" w:rsidRDefault="002D3881" w:rsidP="002D3881">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...29 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C2136D" w:rsidRPr="009144D3" w:rsidRDefault="00C2136D" w:rsidP="00C2136D">
+    <w:p w:rsidR="001C64E9" w:rsidRPr="002D3881" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
       <w:pPr>
-        <w:pStyle w:val="a6"/>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...673 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A53AEA" w:rsidRPr="00672510" w:rsidRDefault="00A53AEA" w:rsidP="00A53AEA">
-[...216 lines deleted...]
-      <w:cols w:space="720"/>
+    <w:sectPr w:rsidR="001C64E9" w:rsidRPr="002D3881" w:rsidSect="002D3881">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="284" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:pitch w:val="variable"/>
-[...5 lines deleted...]
-    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="56A37603"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="51000094"/>
     <w:lvl w:ilvl="0" w:tplc="81449D5E">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="39" w:hanging="298"/>
@@ -2139,118 +16313,109 @@
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...4 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A13624"/>
-[...32 lines deleted...]
-    <w:rsid w:val="00DF0E8E"/>
+    <w:rsidRoot w:val="001C64E9"/>
+    <w:rsid w:val="000C4DB4"/>
+    <w:rsid w:val="00124F76"/>
+    <w:rsid w:val="0019270C"/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rsid w:val="0028392A"/>
+    <w:rsid w:val="002D3881"/>
+    <w:rsid w:val="00307A86"/>
+    <w:rsid w:val="00391982"/>
+    <w:rsid w:val="003E62DD"/>
+    <w:rsid w:val="0047560D"/>
+    <w:rsid w:val="0058192E"/>
+    <w:rsid w:val="005D2817"/>
+    <w:rsid w:val="006A6A92"/>
+    <w:rsid w:val="006D43BE"/>
+    <w:rsid w:val="00740A35"/>
+    <w:rsid w:val="007F60A1"/>
+    <w:rsid w:val="008A23B8"/>
+    <w:rsid w:val="00A318BD"/>
+    <w:rsid w:val="00CF519A"/>
+    <w:rsid w:val="00D274B5"/>
+    <w:rsid w:val="00D3649F"/>
+    <w:rsid w:val="00EF480D"/>
+    <w:rsid w:val="00F20F94"/>
+    <w:rsid w:val="00F63385"/>
+    <w:rsid w:val="00F961DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1039"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
+      <o:rules v:ext="edit">
+        <o:r id="V:Rule1" type="connector" idref="#Line 6"/>
+      </o:rules>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3DB82807"/>
-  <w15:docId w15:val="{939D54EF-E8DC-42C5-8A14-78B474D55BD0}"/>
+  <w14:docId w14:val="686144D6"/>
+  <w15:docId w15:val="{7F915EC2-B2CC-4666-89B0-C032FDFF5F41}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2607,289 +16772,281 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="000C4DB4"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C64E9"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001C64E9"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0019270C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="002D3881"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00554BAF"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002D3881"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="002D3881"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-      <w:lang w:val="kk-KZ"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="00554BAF"/>
+    <w:rsid w:val="002D3881"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a6">
-[...59 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal1">
     <w:name w:val="Table Normal1"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:qFormat/>
-    <w:rsid w:val="003200E5"/>
+    <w:rsid w:val="002D3881"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="003200E5"/>
+    <w:rsid w:val="002D3881"/>
     <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="502938136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="601836139">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad39@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad39@goo.edu.kz" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad39@goo.edu.kz" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2923,86 +17080,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -3133,74 +17288,91 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF3BDF4E-D375-4350-A331-A055CB7CF754}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3985</Characters>
+  <Pages>1</Pages>
+  <Words>2083</Words>
+  <Characters>11876</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>33</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4675</CharactersWithSpaces>
+  <CharactersWithSpaces>13932</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Асер</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>