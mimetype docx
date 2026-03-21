--- v0 (2025-12-25)
+++ v1 (2026-03-21)
@@ -2,7939 +2,12337 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRPr="00CA71CA" w:rsidRDefault="00321427" w:rsidP="00CA71CA">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="009F067C" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6CE6" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1B63" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="009F067C" w:rsidRDefault="007A1B63" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00434E23" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асшының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F070F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ісі жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00434E23" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F070F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00F070F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="009F067C" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CA71CA">
-[...82 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7539"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="8328"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00884966" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа  №7 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №7 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">обеды,13 </w:t>
+          <w:p w:rsidR="00983740" w:rsidRDefault="007A1B63" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,   Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеңіс алаңы көшесі, 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>8 (7182) 62-45-15</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 (7182) 62-45-15 қабылдаубөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Sosh7@goo.edu.kz</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh7@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00884966" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00486A3E">
-[...35 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00F070F3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Басшының </w:t>
+            </w:r>
+            <w:r w:rsidR="00F070F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәрбие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ісі жөніндегі орынбасары, </w:t>
+            </w:r>
+            <w:r w:rsidR="00F070F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00983740" w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t>ставка</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00486A3E" w:rsidRPr="00486A3E" w:rsidRDefault="00486A3E" w:rsidP="00486A3E">
-[...89 lines deleted...]
-              <w:t xml:space="preserve">      осуществляет систематический </w:t>
+          <w:p w:rsidR="001A5904" w:rsidRPr="00F070F3" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F070F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәрбие процесін ұйымдастыруды қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="00F070F3" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F070F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      тәрбие жұмысын ағымдағы және перспективалық жоспарлауды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="00884966" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F070F3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00884966">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аға тәлімгерлердің, ұзартылған күн топтары тәрбиешілерінің, сынып жетекшілерінің, педагог-психологтардың, әлеуметтік педагогтардың және қосымша білім беру педагогтерінің қызметін жоспарлауды және бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="00884966" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00884966">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      тәрбие жұмысы, мәдени-тәрбие іс-шараларын дайындау және өткізу бойынша құжаттаманы әзірлеуді қамтамасыз етеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="00884966" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00884966">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>      тәрбие процесінің мазмұны мен өткізілу сапасына жүйелі бақылауды жүзеге асырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00884966">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00486A3E">
-[...5 lines deleted...]
-              <w:t>контроль за</w:t>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00486A3E">
-[...107 lines deleted...]
-              <w:t xml:space="preserve">      осуществляет контроль за состоянием медицинского обслуживания </w:t>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іктеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысады, кәсіби даму, педагогтердің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілігін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және кәсіби құзыреттілігін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      тәрбие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ететін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары әкімшілігінің, әлеуметтік – психологиялық қызметтері мен бөлімшелерінің жұртшылық және құқық қорғау органдарының өкілдерімен, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қоғамдастығының, қамқоршылық кеңестің өкілдерімен өзара і</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00486A3E">
-[...5 lines deleted...]
-              <w:t>обучающихся</w:t>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00486A3E">
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қимылын үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру процесінің барлық қатысушыларының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толерантты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> міне</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>з-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">құлық мәдениетін қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00486A3E" w:rsidRPr="00486A3E" w:rsidRDefault="00486A3E" w:rsidP="00486A3E">
-[...190 lines deleted...]
-            <w:r w:rsidRPr="00486A3E">
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      психологиялық қызметтің жұмысын және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен тәрбиеленушілерді, оның </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру қажеттіліктері бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушыларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> психологиялы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагогикалық сүйемелдеу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектеп-ата-ана</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатынастарының жаңа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пен отбасының толық өзара і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қимылын қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алушыларға медициналық қызмет көрсету жағдайын бақылауды жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      тәрбие </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс-шараларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өткізу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпаратты</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">коммуникациялық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>киберкультураны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>компьютерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мүмкіндіктерін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдаланады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кибергигиенаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дамытады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (интернет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>желісінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дағдылары </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ілімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алушылардың, педагогтердің конкурстарға, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>слеттерге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, конференцияларға қатысуын қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>      кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ік бағыт беру жұмыстарын жүргізеді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есептік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжаттаманың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сапалы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және уақтылы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тапсырылуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ата-аналар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін педагогикалық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>консилиумдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастырады және өткізед</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і;;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> парламентінің, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дебат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оз</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғалысының, оқушылардың өзін-өзі басқаруының, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00486A3E">
+            <w:r w:rsidRPr="001A5904">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> қыран", "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00486A3E">
+            <w:r w:rsidRPr="001A5904">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Жас</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00486A3E">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">      координирует работу по созданию и обеспечению </w:t>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұлан" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдарының жұмыстарын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      "Қоғамға қызмет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", "Отанға тағзым", "Үлкендерге құрмет", "Анаға құрмет" қоғамды</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00486A3E">
-[...5 lines deleted...]
-              <w:t>деятельности ассоциации выпускников организации образования</w:t>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00486A3E">
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалы жұмыстарын ұйымдастырады.;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамгершілік-рухани</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беруді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етуде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "өзі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>н-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзі тану" пәнінің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өзара іс-қимыл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00486A3E" w:rsidRPr="00486A3E" w:rsidRDefault="00486A3E" w:rsidP="00486A3E">
-[...109 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдары түлектерінің қауымдастығын құру және қызметін қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмысты үйлесті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ред</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      педагогикалық еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ардагерлерімен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> өзара і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>с-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қимыл </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымы мұражайының жұмысын ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туристі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жорықтар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>экскурсиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алушылардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> патриоттық тәрбие, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іскерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қары</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатынас дағдыларын, тамақтану мәдениетін қалыптастыруды қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001A5904" w:rsidRPr="001A5904" w:rsidRDefault="001A5904" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, тәрбиеленушілер, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және басқа да қызметкерлер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A5904">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сіңіреді.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="001A5904" w:rsidRDefault="007A1B63" w:rsidP="001A5904">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007A1B63">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155158 тенге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00884966" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...39 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...52 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00F52F7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:lastRenderedPageBreak/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00B10EDD" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="00884966" w:rsidP="00834BCF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>28.11.23-06.12.23</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28.11.23-06.12.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00884966" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...98 lines deleted...]
-              <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения РК от 30 октября 2020 года № Қ</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсетілген – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-              <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="00983740" w:rsidRPr="00884966" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00983740" w:rsidRPr="00983740" w:rsidRDefault="00983740" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00983740" w:rsidRPr="00983740" w:rsidRDefault="00983740" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00486A3E" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00983740" w:rsidRPr="00214313" w:rsidRDefault="00884966" w:rsidP="00214313">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>постоянна</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Тұрақты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00CA71CA" w:rsidRDefault="00B3089F" w:rsidP="00CA71CA">
+    <w:p w:rsidR="003153C2" w:rsidRPr="009F067C" w:rsidRDefault="003153C2" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRPr="00CA71CA" w:rsidRDefault="00FA482E" w:rsidP="00CA71CA">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
-        <w:rPr>
-[...53 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...23 lines deleted...]
-        <w:t>)</w:t>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...39 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялағанмемлекеттік орган</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...72 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...49 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
-        <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007E20FE" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="007E20FE">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...17 lines deleted...]
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="007E20FE" w:rsidP="007E20FE">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...23 lines deleted...]
-        <w:t>___</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
-[...28 lines deleted...]
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00EF1EBC" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
-[...32 lines deleted...]
-        <w:t>_____________</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...8 lines deleted...]
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="009F3237" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-              <w:t>учебногозаведения</w:t>
+              <w:t>Оқуорныныңатауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқукезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...9 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
-[...3 lines deleted...]
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Дипломбойыншамамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>подтверждения):__________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
       </w:r>
-      <w:r w:rsidR="00790B31" w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00B3089F">
-[...92 lines deleted...]
-    <w:p w:rsidR="00C424F6" w:rsidRPr="0074228B" w:rsidRDefault="00B14AED" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...30 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00E650B6" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>Награды, звания, степень, ученая степень, ученое звание</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00E650B6" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074228B">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>а также дополнительные сведения (при наличии)</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымидәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы,сондай-аққосымшамәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барболса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>жылғы «____</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
-[...6 lines deleted...]
-        <w:t>___</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
-[...63 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00BA5A9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="002E00FE" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>оснемесеуақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагогбослауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ңбағалаупарағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалықжәнекәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгіүздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқақұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іріншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысанат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="00884966" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңқосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық/ кәсібитәжірибеніңнәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өтежақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="00884966" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="00884966" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, білімалушылардыңолимпиадаларжәнеконкурстар, ғылымижобаларбойыншажеңімпаздардыңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, мұғалімніңолимпиадаларжәнеконкурстаржеңімпаздарыныңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадаларжәнеконкурстаржеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылымижобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">авторлықшығармалары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopusтізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="00884966" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="00884966" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлықсауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «Pythonтіліндебағдарламалаунегіздері» программаларыбойыншаоқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKTTeaching Knowledge Test»Certificate in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»Certificate in teaching English for young learnersInternational House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and TeenagersBecoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and DeliveryEducational ManagementKey Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with TechnologySpecial Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...220 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3531 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="0020641A" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidRDefault="00682CEA" w:rsidP="00452A41">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidSect="00247927">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -8286,54 +12684,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8659,747 +13057,718 @@
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00192A90"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
+    <w:rsid w:val="001A5904"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00214313"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="00221A57"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
+    <w:rsid w:val="0022622B"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="00282F15"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
-    <w:rsid w:val="002F66D9"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
-    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
+    <w:rsid w:val="0042043D"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00434E23"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00484B37"/>
-    <w:rsid w:val="00486A3E"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="0049567A"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B2BCD"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D0D62"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005013F9"/>
-    <w:rsid w:val="005071C9"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
-    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
-    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="00670B8B"/>
-    <w:rsid w:val="0067100A"/>
     <w:rsid w:val="006718DC"/>
-    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00682CEA"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B0A85"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00702499"/>
-    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
-    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="00751711"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007A1B63"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C470C"/>
+    <w:rsid w:val="007D4891"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E3DF8"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
-    <w:rsid w:val="0080551B"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00850983"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
+    <w:rsid w:val="00884966"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="00983740"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
-    <w:rsid w:val="009A2FD3"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F067C"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A652E9"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA1274"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB6CE6"/>
+    <w:rsid w:val="00AC3074"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B10EDD"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B4745E"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
-    <w:rsid w:val="00B9481D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA5A9E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC2D70"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C55F69"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C67AB8"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA71CA"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE0AB8"/>
+    <w:rsid w:val="00CF579A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D94AAB"/>
+    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D956C5"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB59B7"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E130D9"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E277AE"/>
-    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E634C5"/>
-    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
-    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E81742"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E92BB7"/>
+    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F1120C"/>
+    <w:rsid w:val="00F070F3"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F50FF0"/>
+    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA482E"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF42C1"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9524,51 +13893,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C470C"/>
+    <w:rsid w:val="00CF579A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -9679,56 +14048,53 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B9481D"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009F067C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -10004,119 +14370,129 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B9481D"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009F067C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
+    <w:div w:id="299387870">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1376589136">
+    <w:div w:id="1558280299">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1882932928">
+    <w:div w:id="1906840698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -10388,78 +14764,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F6E1C09-08E3-474B-B9B2-8C1C57228199}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B41FC71E-2821-4D9C-9B27-23704033624C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11996</Characters>
+  <Pages>6</Pages>
+  <Words>2281</Words>
+  <Characters>13008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>28</Paragraphs>
+  <Lines>108</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14072</CharactersWithSpaces>
+  <CharactersWithSpaces>15259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>