--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -2,7703 +2,11649 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00321427" w:rsidRPr="00CA71CA" w:rsidRDefault="00321427" w:rsidP="00CA71CA">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="009F067C" w:rsidRDefault="00DF4A7D" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB6CE6" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="007A1B63" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D70D9E" w:rsidRPr="009F067C" w:rsidRDefault="007A1B63" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00434E23" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асшының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу ісі жөніндегі</w:t>
+      </w:r>
+      <w:r w:rsidR="00434E23" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ЖМБ бағыты бойынша)</w:t>
+      </w:r>
+      <w:r w:rsidR="002412BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1B63" w:rsidRPr="009F067C" w:rsidRDefault="00B00AEE" w:rsidP="002412BE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="002412BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A1B63" w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(уақытша, негізгі қызметкердің бала күтімі бойынша демалыс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A1B63" w:rsidRPr="009F067C" w:rsidRDefault="007A1B63" w:rsidP="007A1B63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                               кезеңіне 01.03.2026 жылға дейін)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="009F067C" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...136 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="391"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7539"/>
+        <w:gridCol w:w="280"/>
+        <w:gridCol w:w="1529"/>
+        <w:gridCol w:w="8328"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="008C4F84" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Наименование организации образования</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00484B37" w:rsidRPr="00CA71CA" w:rsidRDefault="00484B37" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа  №7 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №7 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>местонахождения, почтового адреса</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...31 lines deleted...]
-              <w:t xml:space="preserve">обеды,13 </w:t>
+          <w:p w:rsidR="00983740" w:rsidRDefault="007A1B63" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,   Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жеңіс алаңы көшесі, 13</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>номеров телефонов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>8 (7182) 62-45-15</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8 (7182) 62-45-15 қабылдаубөлімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>адреса электронной почты</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Sosh7@goo.edu.kz</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>sosh7@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="008C4F84" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00BA4B1E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...19 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00983740">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Басшының оқу ісі жөніндегі орынбасары, (ЖМБ бағыты бойынша)- </w:t>
+            </w:r>
+            <w:r w:rsidR="00983740" w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t>ставка</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мөлшерлеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>основные функциональные обязанности</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B9481D" w:rsidRPr="00CA71CA" w:rsidRDefault="00B9481D" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">организует реализацию процесса </w:t>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t>цифровизации</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...39 lines deleted...]
-              <w:t xml:space="preserve">      координирует работу по использованию </w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымын </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t>информатизационной</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрландыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> системы в учебном процессе, а так</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ақпараттандыру, оны ресурстық қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұйымдастырады, оқыту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттық және коммуникациялық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, оның </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ерекше</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру қажеттіліктері бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>адамдарды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдаланады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру және басқару қызметінде ақпараттық - коммуникациялық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әселелері </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сыртқы ұйымдармен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнатады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тиі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмыс бағытының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іріктеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асырады</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> басшыға ұсынады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процесінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, сондай-ақ қашықтықтан оқыту </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ақпараттандыру жүйесін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жұмысты үйлестіреді;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      ақпараттық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологияларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>пайдалану</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мәселелері </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқытуды ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      ақпараттық және коммуникациялық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>технологиялар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саласындағы әдістемелік, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, тәжірибелік-эксперименттік және инновациялық жұмыс жүйесін ұйымдастырады және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоспарлайды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымдарында </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>процестерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>цифрландыруды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      оқу-материалдық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>базаны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, сақтау және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетілдіру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Қызмет көрсету, жөндеу және оны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жөніндегі жұмысты ұйымдастырады;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      санитариялық-гигиеналық режим, еңбек қауіпсіздігі және еңбекті қорғау ережелерінің сақталуын қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D0D62" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>белгіленген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есептік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжаттаманың уақтылы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасалуын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қамтамасыз </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етеді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="004D0D62" w:rsidP="00983740">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, тәрбиеленушілер, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және басқа да қызметкерлер </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арасында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сыбайлас</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жемқорлыққа қарсы мәдениетті, Академиялық адалдық қағидаттарын </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сіңіреді.</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...179 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>размер и условия оплаты труда</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...49 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007A1B63">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>155158 тенге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00AC5698">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="008C4F84" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...30 lines deleted...]
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...42 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00F52F7C">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="007078F2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidTr="00983740">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Срок приема документов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="0014543B" w:rsidP="0014543B">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="008C4F84" w:rsidP="00834BCF">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>28.11.23-06.12.23</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>28.11.23-06.12.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="007A1B63" w:rsidRPr="008C4F84" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...13 lines deleted...]
-              <w:t>Перечень необходимых документов</w:t>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...120 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>а сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсетілген – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4) Педагогтердің</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сипаттамалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>здравоохранения»;</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6) «Денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...5 lines deleted...]
-              <w:t>справкус</w:t>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00CA71CA">
-[...56 lines deleted...]
-              <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог-модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00214313">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00932150">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>пән бойынша шекті деңгейі кемінде 90% сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007A1B63" w:rsidRPr="00983740" w:rsidRDefault="007A1B63" w:rsidP="00520C9B">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidTr="00484B37">
+      <w:tr w:rsidR="00983740" w:rsidRPr="008C4F84" w:rsidTr="00983740">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="391" w:type="dxa"/>
+            <w:tcW w:w="280" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...11 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00983740" w:rsidRPr="00983740" w:rsidRDefault="00983740" w:rsidP="00B1578A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00983740">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2384" w:type="dxa"/>
+            <w:tcW w:w="1529" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00983740" w:rsidRPr="00983740" w:rsidRDefault="00983740" w:rsidP="00CB6B4F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7539" w:type="dxa"/>
+            <w:tcW w:w="8328" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00850983" w:rsidRPr="00CA71CA" w:rsidRDefault="00850983" w:rsidP="00CA71CA">
-[...30 lines deleted...]
-              <w:t>работника, до 01.03.2026 года</w:t>
+          <w:p w:rsidR="00983740" w:rsidRPr="00214313" w:rsidRDefault="00214313" w:rsidP="00214313">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">уақытша, негізгі қызметкердің бала күтімі бойынша демалыс кезеңіне </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>01.03.2026 жылға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="00CA71CA" w:rsidRDefault="00B3089F" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="003153C2" w:rsidRPr="009F067C" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRPr="00CA71CA" w:rsidRDefault="00FA482E" w:rsidP="00CA71CA">
-[...4 lines deleted...]
-          <w:szCs w:val="20"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FA482E" w:rsidRDefault="00FA482E">
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192A90" w:rsidRPr="009F067C" w:rsidRDefault="00192A90" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00192A90" w:rsidRPr="009F067C" w:rsidRDefault="00192A90" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5495"/>
-        <w:gridCol w:w="4819"/>
+        <w:gridCol w:w="5778"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5495" w:type="dxa"/>
+            <w:tcW w:w="5778" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4819" w:type="dxa"/>
+            <w:tcW w:w="4359" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="00B3089F" w:rsidRPr="00FA482E" w:rsidRDefault="00B3089F" w:rsidP="00EC508D">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 10-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B3089F" w:rsidRPr="0074228B" w:rsidRDefault="00B3089F" w:rsidP="00F7191E">
-[...61 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00CC2541">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...16 lines deleted...]
-        <w:t>)</w:t>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...39 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00E83360" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>конкурс жариялағанмемлекеттік орган</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...5 lines deleted...]
-        <w:t>___________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
-[...72 lines deleted...]
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...49 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F7191E" w:rsidRPr="0074228B" w:rsidRDefault="007E20FE" w:rsidP="00F7191E">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
-[...2 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Мені </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0074228B">
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:tab/>
+        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
       </w:r>
-      <w:r w:rsidR="007E20FE" w:rsidRPr="0074228B">
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="0074228B">
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>должности (нужное подчеркнуть)</w:t>
-[...23 lines deleted...]
-        <w:t>___</w:t>
+        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00C424F6" w:rsidP="00437A2D">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
-[...197 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="2976"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="760"/>
+          <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="009F3237" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...11 lines deleted...]
-              <w:t>Образование: высшее или послевузовское</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
-[...21 lines deleted...]
-              <w:t>учебногозаведения</w:t>
+              <w:t>Оқуорныныңатауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Периодобучения</w:t>
+              <w:t>Оқукезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000E4CFB" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="0074228B">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
+              <w:t>Дипломбойыншамамандығы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00437A2D">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00790B31" w:rsidRPr="0074228B" w:rsidTr="00B3089F">
+      <w:tr w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="749"/>
+          <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2197" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
+          <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00B84318">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00437A2D" w:rsidRPr="0074228B" w:rsidRDefault="000E4CFB" w:rsidP="00C424F6">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Біліктіліксанатыныңболуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>бер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>раста</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>/</w:t>
+        <w:t>у</w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
-[...298 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+        <w:t>) күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRPr="0074228B" w:rsidRDefault="00452A41" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0074228B">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>___________________________________________________________________________________</w:t>
+        <w:t>Педагогикалықжұмысөтілі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00452A41" w:rsidRDefault="00321427" w:rsidP="00452A41">
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесіжұмыснәтижелерімбар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>:_____________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0074228B">
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>«</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>___</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>»</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
       </w:r>
-      <w:r w:rsidR="00E40DF4" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>_____________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>20___года</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымидәрежесі</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>____________________</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>__</w:t>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ғылымиатағы,сондай-аққосымшамәліметтері</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:br/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="0074228B">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>барболса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00AB6CE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жылғы «____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>»_______________                ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E650B6" w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қ</w:t>
       </w:r>
-      <w:r w:rsidR="00452A41" w:rsidRPr="0074228B">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB6CE6" w:rsidRPr="009F067C" w:rsidRDefault="00AB6CE6" w:rsidP="00BA5A9E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4394"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4394" w:type="dxa"/>
+            <w:tcW w:w="4217" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>первых руководителей и педагогов</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+              <w:t>қағидаларына 11-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="002E00FE" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-        </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B25802">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>оснемесеуақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>едагогбослауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>ңбағалаупарағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(Т.Ә.А. (б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F067C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00BA5A9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10423" w:type="dxa"/>
+        <w:tblW w:w="10390" w:type="dxa"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="501"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="467"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="4252"/>
+        <w:gridCol w:w="851"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidTr="009F260F">
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
         <w:trPr>
-          <w:trHeight w:val="366"/>
+          <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="501" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:left="-142" w:right="-75"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Подтверждающий документ</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Растайтынқұжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...2 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:spacing w:val="2"/>
-[...3 lines deleted...]
-              <w:t>Кол-во баллов(от 1 до 20)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Балл сан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>дар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="10"/>
+                <w:szCs w:val="10"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">Баға </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="966"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімдеңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехникалықжәнекәсіби = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгі = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарыкүндізгіүздік= 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысыртқы/қашықтан = минус 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялықдәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңжәнедипломғақосымшаныңкөшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ғ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктіліксанаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқақұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кіншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іріншісанат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оғарысанат = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-модератор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="008C4F84" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімітуралыдипломныңқосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық/ кәсібитәжірибеніңнәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өтежақсы» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="008C4F84" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="008C4F84" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсібижетістіктерініңкөрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, білімалушылардыңолимпиадаларжәнеконкурстар, ғылымижобаларбойыншажеңімпаздардыңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, мұғалімніңолимпиадаларжәнеконкурстаржеңімпаздарыныңграмоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадаларжәнеконкурстаржеңімпаздары = 0,5 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ғылымижобалардың = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадаларжәнеконкурстаржеңімпаздары= 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- «Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелікқызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">авторлықшығармалары, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесінеенгеноқулықтар мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесебірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopusтізбесінеенгізілгенғылыми-зерттеуқызметібойыншажарияланымныңболуы - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="008C4F84" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалыққызметінрастайтынқұжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- екі тілде сабақ беру, орыс/қазақ = 2 балл;             шетел/орыс немесе шетел/қазақ = 3 балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- үш тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="008C4F84" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="687"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстықдайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- пәндікдайындықсертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - цифрлықсауаттылық, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ,  IELTS; TOEFL; DELF </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, «Pythonтіліндебағдарламалаунегіздері» программаларыбойыншаоқыту,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«Microsoft»Курсеражұмыстарынаоқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралықкурстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TKTTeaching Knowledge Test»Certificate in EMI Skills (English as a Medium of Instruction)Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«TESOL»Certificate in teaching English for young learnersInternational House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and TeenagersBecoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>TeachingOnline</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching for Educators: Development and DeliveryEducational ManagementKey Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсынаплатформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with TechnologySpecial Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- ПШО, НЗМ, «Өрлеу» курстары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">бұйрығына сәйкес тізбеге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (әрқайсысы бойынша жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="851" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidTr="00B84318">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5287" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>О</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009F067C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4252" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:ind w:left="66"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2552" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00682CEA" w:rsidRPr="00B25802" w:rsidRDefault="00682CEA" w:rsidP="009F260F">
-[...220 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:p w:rsidR="00BA5A9E" w:rsidRPr="009F067C" w:rsidRDefault="00BA5A9E" w:rsidP="00B84318">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...3531 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="0020641A" w:rsidRDefault="00682CEA" w:rsidP="00682CEA">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidRDefault="00682CEA" w:rsidP="00452A41">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00682CEA" w:rsidRPr="00682CEA" w:rsidSect="00247927">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="001F4BA9" w:rsidRPr="009F067C" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -8050,54 +11996,54 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="0F1137A4"/>
+    <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D0B694EA"/>
-    <w:lvl w:ilvl="0" w:tplc="8F6245B6">
+    <w:tmpl w:val="B9241E8C"/>
+    <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8423,747 +12369,718 @@
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
+    <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
-    <w:rsid w:val="000E4CFB"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
+    <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
+    <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
-    <w:rsid w:val="0014543B"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
+    <w:rsid w:val="00192A90"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
-    <w:rsid w:val="001C4D41"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
+    <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
+    <w:rsid w:val="00214313"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
-    <w:rsid w:val="00221A57"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
+    <w:rsid w:val="002412BE"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
-    <w:rsid w:val="00247927"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
+    <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
-    <w:rsid w:val="00282F15"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
-    <w:rsid w:val="002B689D"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
-    <w:rsid w:val="00304B28"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
-    <w:rsid w:val="00321427"/>
+    <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
+    <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
-    <w:rsid w:val="00381255"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
-    <w:rsid w:val="003C286F"/>
-    <w:rsid w:val="003C5A44"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E27E1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
+    <w:rsid w:val="00412965"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
+    <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
+    <w:rsid w:val="00434E23"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
-    <w:rsid w:val="00470938"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00484B37"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004942FF"/>
     <w:rsid w:val="00494FDD"/>
-    <w:rsid w:val="0049567A"/>
     <w:rsid w:val="004A5758"/>
+    <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
-    <w:rsid w:val="004B2BCD"/>
-    <w:rsid w:val="004B772A"/>
     <w:rsid w:val="004C0AB4"/>
-    <w:rsid w:val="004C1F73"/>
-    <w:rsid w:val="004D07D1"/>
+    <w:rsid w:val="004D0D62"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
-    <w:rsid w:val="004F2A50"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
-    <w:rsid w:val="005013F9"/>
-    <w:rsid w:val="005071C9"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
+    <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
+    <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="005402D4"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
-    <w:rsid w:val="00562901"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
+    <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
-    <w:rsid w:val="005866B4"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
-    <w:rsid w:val="00597B6F"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
-    <w:rsid w:val="005C6D30"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
-    <w:rsid w:val="006215C7"/>
     <w:rsid w:val="0062378C"/>
-    <w:rsid w:val="00624E65"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
+    <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
-    <w:rsid w:val="00670B8B"/>
-    <w:rsid w:val="0067100A"/>
     <w:rsid w:val="006718DC"/>
-    <w:rsid w:val="0067401A"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
-    <w:rsid w:val="00682CEA"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
-    <w:rsid w:val="006B0A85"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
-    <w:rsid w:val="006E796D"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
-    <w:rsid w:val="00702499"/>
-    <w:rsid w:val="00706B0C"/>
+    <w:rsid w:val="007078F2"/>
+    <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
-    <w:rsid w:val="00715E75"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
-    <w:rsid w:val="0074228B"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
-    <w:rsid w:val="00751711"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
-    <w:rsid w:val="007663AE"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
-    <w:rsid w:val="00790B31"/>
+    <w:rsid w:val="007A1B63"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
-    <w:rsid w:val="007C3AFB"/>
-    <w:rsid w:val="007C470C"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
-    <w:rsid w:val="007E20FE"/>
-    <w:rsid w:val="007E35A8"/>
     <w:rsid w:val="007E3D0C"/>
-    <w:rsid w:val="007E3DF8"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
+    <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
-    <w:rsid w:val="00850983"/>
+    <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
+    <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
-    <w:rsid w:val="0086261D"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
+    <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
-    <w:rsid w:val="008C4E33"/>
+    <w:rsid w:val="008C4F84"/>
+    <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
+    <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
-    <w:rsid w:val="008F3755"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
+    <w:rsid w:val="00960C8B"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
-    <w:rsid w:val="00971C1A"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
+    <w:rsid w:val="00983740"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
-    <w:rsid w:val="009A2FD3"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B342D"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
+    <w:rsid w:val="009F067C"/>
     <w:rsid w:val="009F11CC"/>
-    <w:rsid w:val="009F3237"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
-    <w:rsid w:val="00A118B1"/>
+    <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
-    <w:rsid w:val="00A303D1"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
+    <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A652E9"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
+    <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
-    <w:rsid w:val="00AA1274"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AB6CE6"/>
+    <w:rsid w:val="00AC3074"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE4288"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
+    <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
-    <w:rsid w:val="00B1212E"/>
-    <w:rsid w:val="00B14AED"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
-    <w:rsid w:val="00B3089F"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
-    <w:rsid w:val="00B4745E"/>
+    <w:rsid w:val="00B475E6"/>
+    <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
-    <w:rsid w:val="00B9481D"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
+    <w:rsid w:val="00BA5A9E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
-    <w:rsid w:val="00BC2D70"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
-    <w:rsid w:val="00C356D6"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
-    <w:rsid w:val="00C55F69"/>
     <w:rsid w:val="00C56FDD"/>
     <w:rsid w:val="00C64183"/>
     <w:rsid w:val="00C64617"/>
     <w:rsid w:val="00C6711D"/>
+    <w:rsid w:val="00C67AB8"/>
     <w:rsid w:val="00C73CB1"/>
     <w:rsid w:val="00C73CC1"/>
+    <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
+    <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
-    <w:rsid w:val="00CA71CA"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
-    <w:rsid w:val="00CC2541"/>
     <w:rsid w:val="00CD2B90"/>
-    <w:rsid w:val="00CE0AB8"/>
+    <w:rsid w:val="00CF579A"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
-    <w:rsid w:val="00D15818"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
-    <w:rsid w:val="00D3023D"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
+    <w:rsid w:val="00D70D9E"/>
+    <w:rsid w:val="00D71D80"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
-    <w:rsid w:val="00D94AAB"/>
+    <w:rsid w:val="00D922C4"/>
+    <w:rsid w:val="00D956C5"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
-    <w:rsid w:val="00DB59B7"/>
+    <w:rsid w:val="00DB2E41"/>
+    <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
-    <w:rsid w:val="00DF7B58"/>
+    <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
-    <w:rsid w:val="00E130D9"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
-    <w:rsid w:val="00E20ECF"/>
     <w:rsid w:val="00E221C6"/>
-    <w:rsid w:val="00E277AE"/>
-    <w:rsid w:val="00E327C0"/>
+    <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
-    <w:rsid w:val="00E40DF4"/>
+    <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
-    <w:rsid w:val="00E634C5"/>
-    <w:rsid w:val="00E63AD9"/>
     <w:rsid w:val="00E64EE3"/>
-    <w:rsid w:val="00E650B6"/>
-    <w:rsid w:val="00E678F7"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
-    <w:rsid w:val="00E81742"/>
-    <w:rsid w:val="00E83360"/>
     <w:rsid w:val="00E92116"/>
+    <w:rsid w:val="00E92BB7"/>
+    <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
-    <w:rsid w:val="00EB014B"/>
     <w:rsid w:val="00EB1451"/>
+    <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC508D"/>
     <w:rsid w:val="00EC57EE"/>
+    <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
-    <w:rsid w:val="00EF1EBC"/>
+    <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
-    <w:rsid w:val="00F1120C"/>
     <w:rsid w:val="00F16017"/>
-    <w:rsid w:val="00F1670D"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
+    <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
-    <w:rsid w:val="00F35477"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
-    <w:rsid w:val="00F50FF0"/>
+    <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
+    <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
-    <w:rsid w:val="00FA482E"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
+    <w:rsid w:val="00FF42C1"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="6146"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -9288,51 +13205,51 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007C470C"/>
+    <w:rsid w:val="00CF579A"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
@@ -9443,56 +13360,53 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B9481D"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009F067C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
@@ -9768,106 +13682,116 @@
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00B9481D"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009F067C"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1376589136">
+    <w:div w:id="1558280299">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1906840698">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
@@ -10139,78 +14063,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3F6E1C09-08E3-474B-B9B2-8C1C57228199}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B41FC71E-2821-4D9C-9B27-23704033624C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1926</Words>
-  <Characters>10984</Characters>
+  <Words>2091</Words>
+  <Characters>11921</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
-  <Paragraphs>25</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12885</CharactersWithSpaces>
+  <CharactersWithSpaces>13985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>