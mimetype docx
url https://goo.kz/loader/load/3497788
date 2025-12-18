--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,21709 +1,7267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="004B3899" w:rsidRPr="00705A37" w:rsidRDefault="00705A37" w:rsidP="004B3899">
+    <w:p w:rsidR="008E22E0" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Павлодар қаласының  Мұхтар Әуезов атындағы жалпы орта білім беру  мектебі» коммуналдық мемлекеттік мекемесі</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007D1182">
+      </w:pPr>
+      <w:r w:rsidRPr="009E30D9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГУ «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Средн</w:t>
+      </w:r>
+      <w:r w:rsidR="000353B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">яя общеобразовательная школа имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>М.Ауэзова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>не</w:t>
+        <w:t xml:space="preserve">заместителя </w:t>
       </w:r>
-      <w:r w:rsidR="007815A8" w:rsidRPr="00705A37">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00422CAC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">руководителя </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>басшы</w:t>
+        <w:t xml:space="preserve"> по </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00815E1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>сының оқу жөніндегі</w:t>
+        <w:t xml:space="preserve">учебной </w:t>
       </w:r>
-      <w:r w:rsidR="004B3899" w:rsidRPr="00705A37">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> орынбасары лауазымына конкурс жариялайды</w:t>
+        <w:t xml:space="preserve"> работе</w:t>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0AC1" w:rsidRDefault="00FB0AC1" w:rsidP="008E22E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E30D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(на вакантную должность)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A7090" w:rsidRPr="008E22E0" w:rsidRDefault="003A7090" w:rsidP="008E22E0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-[...1 lines deleted...]
-        <w:tblLayout w:type="fixed"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="281"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6485"/>
+        <w:gridCol w:w="390"/>
+        <w:gridCol w:w="2384"/>
+        <w:gridCol w:w="7540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="004B3899" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...16 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="005E3F0C">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...9 lines deleted...]
-                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа им.</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласының </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Мухтара Ауэзова  города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
-[...23 lines deleted...]
-              </w:tabs>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...39 lines deleted...]
-              <w:t>Ткачев көшесі 15</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005C4926" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Республика Казахстан, Павлодарская</w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> область,                      </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город </w:t>
+            </w:r>
+            <w:r w:rsidR="007A0524" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>авлодар, улица Ткачева,15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
-[...26 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
-[...15 lines deleted...]
-              <w:t>62-62-86</w:t>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 62-62-86</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="682"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="009E30D9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...14 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
-[...15 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>auezova</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>@</w:t>
             </w:r>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="004B3899" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3371" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00FB0AC1" w:rsidP="003A7090">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="009E30D9">
+            <w:r w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="003A7090" w:rsidRDefault="00A722F9" w:rsidP="00815E1D">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>З</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>аместител</w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7" w:rsidRPr="003A7090">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ь</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004B3899">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00800752" w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">руководителя </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="004B3899">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по </w:t>
+            </w:r>
+            <w:r w:rsidR="00815E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...11 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>учебной   работе– 0,5</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...6 lines deleted...]
-            <w:r w:rsidRPr="002D0DAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставк</w:t>
+            </w:r>
+            <w:r w:rsidR="00815E1D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...7 lines deleted...]
-            <w:r w:rsidR="007D763A">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB0AC1" w:rsidRPr="003A7090">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">ставка </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="004B3899" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
-[...9 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="008E22E0" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> организует реализацию процесса </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровизации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0041726F" w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, информатизации организации образования, его ресурсного обеспечения, внедряет и использует информационные и коммуникационные технологии в процессе обучения, в том числе лиц с особыми образовательными потребностями, устанавливает контакты с внешними организациями по вопросам использования информационно - коммуникационных технологий в образовательной и управленческой деятельности;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="28"/>
-[...17 lines deleted...]
-              <w:pStyle w:val="ab"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осуществляет подбор кадров соответствующего направления работы, рекомендует их руководителю;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D57C6D">
-[...11 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">координирует работу по использованию </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>информатизационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> системы в учебном процессе, а также при дистанционном обучении;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D57C6D">
-[...11 lines deleted...]
-              <w:pStyle w:val="ab"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует обучение педагогов по вопросам использования информационных технологий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>  -</w:t>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует и планирует систему методической, исследовательской, опытно-экспериментальной и инновационной работы в области информационных и коммуникационных технологий;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>  -</w:t>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обеспечивает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровизацию</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> процессов в организации образования;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t> -</w:t>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>организует работу по обеспечению, сохранности и совершенствованию учебно-материальной базы, обслуживанию, ремонту и ее учету;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t> -</w:t>
-[...13 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечивает соблюдение правил санитарно-гигиенического режима, безопасности и охраны труда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обеспечивает своевременное составление установленной отчетной документации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0041726F" w:rsidRPr="0041726F" w:rsidRDefault="0041726F" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...42 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">прививает </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>антикоррупционную</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> культуру, принципы академической честности среди обучающихся, воспитанников, педагогов и других работников.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="0041726F" w:rsidRDefault="008E22E0" w:rsidP="0041726F">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0041726F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="006E3405" w:rsidTr="00707572">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
-[...7 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="009E30D9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="000353B7">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="009E30D9">
+              <w:t xml:space="preserve">1 ставку </w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>165564</w:t>
+            </w:r>
+            <w:r w:rsidR="00F95C75">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -201334</w:t>
+            </w:r>
+            <w:r w:rsidR="0072717C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тысяч </w:t>
+            </w:r>
+            <w:r w:rsidR="000353B7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационные требования, предъявляемые к </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...98 lines deleted...]
-            </w:r>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы в организациях образования не менее 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="005C4926" w:rsidRDefault="00FB0AC1" w:rsidP="005C4926">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="005C4926">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>и (или) наличие квалификационной категории "заместитель руководителя третьей квалификационной категории" или "заместитель руководителя второй квалификационной категории" или "заместитель руководителя первой квалификационной категории" организации образования, либо наличие квалификации педагога – эксперта или педагога – исследователя или педагога - мастера.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="004B3899" w:rsidTr="00707572">
-[...4 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:trPr>
+          <w:trHeight w:val="105"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="006E3405">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...34 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="006E3405" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...10 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="004469DF">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D0DAF">
+          </w:p>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00A66604" w:rsidP="00A66604">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="002D0DAF">
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>27.11-5</w:t>
+            </w:r>
+            <w:r w:rsidR="00567708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002D0DAF">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">     және (немесе) білім беру ұйымының "үшінші біліктілік санатындағы басшының орынбасары" немесе "екінші біліктілік санатындағы басшының орынбасары" немесе "бірінші біліктілік санатындағы басшының орынбасары" біліктілік санатының немесе "педагог- сарапшы» немесе «педагог – зерттеуші» немесе «педагог – шебер» біліктілігінің болуы.</w:t>
-[...6 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00567708">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00F02508">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidTr="00707572">
-[...7 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+      <w:tr w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidTr="006F6818">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="009E30D9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00FB0AC1" w:rsidRPr="009E30D9" w:rsidRDefault="00FB0AC1" w:rsidP="006F6818">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009E30D9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
-[...120 lines deleted...]
-              <w:pStyle w:val="ab"/>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...49 lines deleted...]
-              <w:r w:rsidRPr="00D55AEB">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId4" w:anchor="z339" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
                 <w:rPr>
-                  <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                   <w:color w:val="073A5E"/>
                   <w:spacing w:val="1"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
-                <w:t>15-қосымшаға</w:t>
+                <w:t>приложению 15</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>сәйкес</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidR="00444DDE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о состоянии здоровья по форме, утвержденной </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId5" w:anchor="z4" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
+                <w:rPr>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00444DDE" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r w:rsidR="00567708" w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00444DDE" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>справк</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:r w:rsidR="00567708" w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9) сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>нысан</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>in</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>English</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>қоса</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Language</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>берілетін</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>құжаттардың</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>to</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>тізбесін</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>көрсете</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>отырып</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>Конкурсқа</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DA14B3">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>қатысу</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 12) заполненный Оценочный лист кандидата на вакантную или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>временно вакантную должность педагога по форме согласно </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:anchor="z346" w:history="1">
+              <w:r w:rsidRPr="00642A6F">
+                <w:rPr>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:t>приложению 16</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="00642A6F" w:rsidRDefault="00567708" w:rsidP="00567708">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>туралы</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>өтініш</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>самопрезентация</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">2) </w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...5 lines deleted...]
-              <w:t>жеке</w:t>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>x</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00D55AEB">
-[...4178 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00642A6F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 480.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005231FD" w:rsidRPr="00567708" w:rsidRDefault="005231FD" w:rsidP="003D15C0">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="001674FD" w:rsidRDefault="001674FD" w:rsidP="001674FD">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00707572" w:rsidRDefault="00707572" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00F86BC7" w:rsidRDefault="00F86BC7" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="00A66604" w:rsidRDefault="00A66604" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00574BA0" w:rsidRDefault="00574BA0" w:rsidP="001674FD">
+    <w:p w:rsidR="005C4926" w:rsidRDefault="005C4926" w:rsidP="005C4926">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...268 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11169" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6978"/>
-        <w:gridCol w:w="4191"/>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
-[...8 lines deleted...]
-            </w:tcBorders>
+      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4141" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-            </w:tcBorders>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="kk-KZ"/>
-[...113 lines deleted...]
-            </w:tcBorders>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...28 lines deleted...]
-            </w:tcBorders>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="z340"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Приложение 15</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z341"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>_________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>государственный орган,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> орган</w:t>
+              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00567708">
       <w:pPr>
-        <w:pStyle w:val="ab"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007921C8">
-[...6 lines deleted...]
-        <w:t>      _______________________________________________________________</w:t>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="00995DFE">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00995DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00995DFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00995DFE">
       <w:pPr>
-        <w:pStyle w:val="ab"/>
-[...2 lines deleted...]
-          <w:spacing w:val="1"/>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007921C8">
-[...6 lines deleted...]
-        <w:t>      (</w:t>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">наименование организаций образования, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007921C8">
-[...6 lines deleted...]
-        <w:t>ү</w:t>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-        <w:t>м</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>В настоящее время работаю _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">должность, наименование организации, адрес (область, район, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="007921C8">
-[...36 lines deleted...]
-        <w:t>)), ЖСН</w:t>
+    </w:p>
+    <w:p w:rsidR="00995DFE" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
       <w:pPr>
-        <w:pStyle w:val="ab"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007921C8">
-[...6 lines deleted...]
-        <w:t>      _______________________________________________________________</w:t>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+    <w:p w:rsidR="00995DFE" w:rsidRPr="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="00567708">
       <w:pPr>
-        <w:pStyle w:val="ab"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007921C8">
-[...1304 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblW w:w="10695" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3651"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5062"/>
+        <w:gridCol w:w="4828"/>
+        <w:gridCol w:w="2498"/>
+        <w:gridCol w:w="3369"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...41 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009024DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...52 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...9 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00995DFE" w:rsidRPr="00995DFE" w:rsidRDefault="00995DFE" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Стаж педагогической работы: _______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Имею следующие результаты работы: ________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009024DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="009024DA" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="11169" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7028"/>
+        <w:gridCol w:w="4141"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00567708" w:rsidTr="00995DFE">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="4141" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidTr="00995DFE">
+        <w:trPr>
+          <w:trHeight w:val="521"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7028" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z347"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Приложение 16</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>к Правилам назначения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>на должности, освобождения</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>от должностей первых</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководителей и педагогов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>государственных организаций</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">образования  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001A6232">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6232">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A6232">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10695" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="401"/>
+        <w:gridCol w:w="3564"/>
+        <w:gridCol w:w="2967"/>
+        <w:gridCol w:w="3763"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...1085 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...133 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное = 2 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшее очное с отличием = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Магистр = 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidR="001E6127">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...429 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...284 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...143 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...130 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Квалификационная категория</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...415 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...143 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...617 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"хорошо" = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...153 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...332 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наличие положительного рекомендательного письма = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...218 lines deleted...]
-              <w:t xml:space="preserve"> хат</w:t>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...628 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>участник конкурса "Лучший педагог" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>обладатель медали "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>" = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...87 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...1043 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...43 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...615 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...22 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...65 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...593 lines deleted...]
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="004B3899" w:rsidTr="00985C29">
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...21 lines deleted...]
-        </w:tc>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Основы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Python", "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>работе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Международные</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Knowledge Test"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Coursera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Teaching Mathematics with Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Special Educational Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"Developing expertise in teaching chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>курсы ЦПМ НИШ, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>повышения квалификации по программам, согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="z3" w:history="1">
+              <w:r w:rsidRPr="00995DFE">
+                <w:rPr>
+                  <w:rStyle w:val="a8"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="073A5E"/>
+                  <w:spacing w:val="1"/>
+                </w:rPr>
+                <w:t>приказом</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t> Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">- </w:t>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="007921C8">
-[...7 lines deleted...]
-              <w:t>пәндік</w:t>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Серп</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="007921C8">
-[...931 lines deleted...]
-            <w:tcW w:w="3600" w:type="dxa"/>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...1082 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="38" w:type="dxa"/>
+              <w:left w:w="63" w:type="dxa"/>
+              <w:bottom w:w="38" w:type="dxa"/>
+              <w:right w:w="63" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidTr="00985C29">
+      <w:tr w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidTr="005D3B43">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="38" w:type="dxa"/>
               <w:left w:w="63" w:type="dxa"/>
               <w:bottom w:w="38" w:type="dxa"/>
               <w:right w:w="63" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...19 lines deleted...]
-              <w:t>12.</w:t>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995DFE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...623 lines deleted...]
-            </w:tcMar>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3763" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="00985C29">
-[...127 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="00567708" w:rsidRPr="00995DFE" w:rsidRDefault="00567708" w:rsidP="005D3B43">
+            <w:pPr>
+              <w:pStyle w:val="a5"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002A1C73" w:rsidRPr="007921C8" w:rsidRDefault="002A1C73" w:rsidP="002A1C73">
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRPr="001A6232" w:rsidRDefault="00567708" w:rsidP="00567708">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="002060"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRPr="002A1C73" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+    <w:p w:rsidR="00567708" w:rsidRDefault="00567708" w:rsidP="00567708">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+    <w:p w:rsidR="00567708" w:rsidRPr="007A4FAB" w:rsidRDefault="00567708" w:rsidP="00567708">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
+    <w:p w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidRDefault="005C4926" w:rsidP="00FB0AC1">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006839BA" w:rsidRDefault="006839BA" w:rsidP="001674FD">
-[...43 lines deleted...]
-    <w:sectPr w:rsidR="006839BA" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="005C4926" w:rsidRPr="005C4926" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...14 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="NewtonC">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
-</file>
-[...657 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...678 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00FB0AC1"/>
+    <w:rsid w:val="0001791C"/>
+    <w:rsid w:val="000353B7"/>
+    <w:rsid w:val="00176453"/>
+    <w:rsid w:val="001E6127"/>
+    <w:rsid w:val="002548B2"/>
+    <w:rsid w:val="003A7090"/>
+    <w:rsid w:val="003D15C0"/>
+    <w:rsid w:val="0041726F"/>
+    <w:rsid w:val="00422CAC"/>
+    <w:rsid w:val="00444DDE"/>
+    <w:rsid w:val="004469DF"/>
+    <w:rsid w:val="00516BF8"/>
+    <w:rsid w:val="005231FD"/>
+    <w:rsid w:val="00533B76"/>
+    <w:rsid w:val="00567708"/>
+    <w:rsid w:val="005C4926"/>
+    <w:rsid w:val="005E0D47"/>
+    <w:rsid w:val="005E3F0C"/>
+    <w:rsid w:val="005E7FA7"/>
+    <w:rsid w:val="006421E9"/>
+    <w:rsid w:val="006E6AD7"/>
+    <w:rsid w:val="0072717C"/>
+    <w:rsid w:val="007A0524"/>
+    <w:rsid w:val="00800752"/>
+    <w:rsid w:val="00815E1D"/>
+    <w:rsid w:val="008E22E0"/>
+    <w:rsid w:val="00922DCF"/>
+    <w:rsid w:val="00995DFE"/>
+    <w:rsid w:val="00A66604"/>
+    <w:rsid w:val="00A722F9"/>
+    <w:rsid w:val="00B960C4"/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rsid w:val="00C75EF3"/>
+    <w:rsid w:val="00CE2AE0"/>
+    <w:rsid w:val="00D54EC1"/>
+    <w:rsid w:val="00DB309A"/>
+    <w:rsid w:val="00DF4318"/>
+    <w:rsid w:val="00EE5BFC"/>
+    <w:rsid w:val="00EF15A7"/>
+    <w:rsid w:val="00F02508"/>
+    <w:rsid w:val="00F86BC7"/>
+    <w:rsid w:val="00F918BB"/>
+    <w:rsid w:val="00F95C75"/>
+    <w:rsid w:val="00FB0AC1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="8194"/>
+    <o:shapedefaults v:ext="edit" spidmax="10242"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -21805,271 +7363,234 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F417D"/>
+    <w:rsid w:val="00FB0AC1"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00FB0AC1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-[...9 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="aa">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ab">
+  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="007D1182"/>
+    <w:rsid w:val="008E22E0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE135D"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE135D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a8">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00567708"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -22169,597 +7690,439 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...117 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="654917497">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="671421364">
+    <w:div w:id="775448987">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1132209507">
+    <w:div w:id="936328936">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
-[...38 lines deleted...]
-    <w:div w:id="1953196761">
+    <w:div w:id="1047534288">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2200030068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V1200007495" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1828</Words>
-  <Characters>10422</Characters>
+  <Words>1893</Words>
+  <Characters>10793</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12226</CharactersWithSpaces>
+  <CharactersWithSpaces>12661</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Gulnar</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>User</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>