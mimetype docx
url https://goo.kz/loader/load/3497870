--- v0 (2025-12-06)
+++ v1 (2025-12-26)
@@ -1,9204 +1,8865 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="54369D26" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00EF1FD6" w:rsidP="00742FAF">
+    <w:p w14:paraId="153A63CD" w14:textId="26687635" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00DC2F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C136F88" w14:textId="77777777" w:rsidR="001F4BA9" w:rsidRPr="00995023" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...25 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="4E379F22" w14:textId="4CE9A927" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
+    <w:p w14:paraId="10AAC03A" w14:textId="77777777" w:rsidR="003365B7" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk139011583"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">орыс </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00487AAD" w:rsidRPr="00292D11">
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет конкурс на </w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантную </w:t>
+      </w:r>
+      <w:r w:rsidR="00A40329" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должность </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="019D2274" w14:textId="1AEEFE0C" w:rsidR="00A40329" w:rsidRDefault="00A40329" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD45C1" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информатики</w:t>
+      </w:r>
+      <w:r w:rsidR="003365B7" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0019140C" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским</w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002866E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>және қазақ сыныптарында</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+        <w:t xml:space="preserve">и казахским </w:t>
+      </w:r>
+      <w:r w:rsidR="008D234C" w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidR="00702697">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(обязательное ведение предмета на русском и казахском языке)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7804E6A5" w14:textId="77777777" w:rsidR="00995023" w:rsidRPr="00995023" w:rsidRDefault="00995023" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DE06983" w14:textId="68D96BAE" w:rsidR="00995023" w:rsidRDefault="00995023" w:rsidP="00995023">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> оқытатын информатика мұғалімі </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бос лауазымына конкурс жариялайды</w:t>
-      </w:r>
+        <w:t xml:space="preserve">(ПРИНИМАЕТСЯ ВЕСЬ ПАКЕТ ДОКУМЕНТОВ) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КСЕРОКОПИЯ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, ЗАЯВЛЕНИЕ И ОЦЕНОЧНЫЙ ЛИСТ ПРИКРЕПЛЕНЫ НИЖЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DDEAEB" w14:textId="77777777" w:rsidR="003B69CB" w:rsidRPr="00995023" w:rsidRDefault="003B69CB" w:rsidP="00995023">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="0069460F" w14:paraId="5798D410" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="6AF4F8D2" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46E0BD82" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="043F6428" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36D2FC1E" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="0EF205DD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...7 lines deleted...]
-              <w:t>Білім беру ұйымының атауы</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="571EE736" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="75D79827" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="0019140C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысы білім басқармасының Павлодар қаласы білім бөлімінің "Павлодар қаласы С. Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">имени </w:t>
+            </w:r>
+            <w:r w:rsidR="0019140C" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>С. Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidR="00C800AA" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="00292D11" w14:paraId="7F9523E3" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="5B86037D" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D0C54AA" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="52FA8ED8" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D18B1FB" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="7146C65D" w14:textId="702EE2DD" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахожден</w:t>
+            </w:r>
+            <w:r w:rsidR="00E21FCF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, почтов</w:t>
+            </w:r>
+            <w:r w:rsidR="00E21FCF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3770DB2D" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="627D5B7C" w14:textId="77777777" w:rsidR="00705371" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140000, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, Торайғыров көшесі, 24 </w:t>
-[...77 lines deleted...]
-          <w:p w14:paraId="562C765B" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4334CC14" w14:textId="6AD0ACAD" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="000E6FD0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">город Павлодар, улица </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Торайгырова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6FD0" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00742FAF" w:rsidRPr="00995023" w14:paraId="6FD0CD96" w14:textId="77777777" w:rsidTr="008D234C">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3F40C5A6" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EB5915" w14:textId="60BD7B90" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номер телефон</w:t>
+            </w:r>
+            <w:r w:rsidR="00E21FCF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C54410" w14:textId="608703C6" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8 (7182) 53-05-12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="00292D11" w14:paraId="3D3D631D" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="00742FAF" w:rsidRPr="00995023" w14:paraId="21B4DF5F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6ADD9CF6" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-[...6 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="386BE10A" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52DB83E0" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="1DA505B1" w14:textId="603A1C40" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адрес электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A5F188B" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="5ED80E99" w14:textId="01673724" w:rsidR="00742FAF" w:rsidRPr="00995023" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>osh28@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="0069460F" w14:paraId="3C6307C9" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="2A330D8F" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:tcBorders>
-[...5 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="77102879" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="32EA068B" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="41ED9B19" w14:textId="7B0CB613" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="009316BD">
+          <w:p w14:paraId="5709E3D4" w14:textId="45816EC8" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="009316BD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бос лауазымның атауы, жүктемесі</w:t>
+              <w:t>Наименование вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5363F2B6" w14:textId="3E83FD28" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00487AAD">
+          <w:p w14:paraId="19E96777" w14:textId="3EB27912" w:rsidR="00A40329" w:rsidRPr="002866E9" w:rsidRDefault="00D90B00" w:rsidP="00A270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...42 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учитель </w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>информатики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с русским</w:t>
+            </w:r>
+            <w:r w:rsidR="002866E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и казахским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения </w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>–1</w:t>
+            </w:r>
+            <w:r w:rsidR="00021D92" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00670C71" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ваканси</w:t>
+            </w:r>
+            <w:r w:rsidR="00A270EF" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>я</w:t>
+            </w:r>
+            <w:r w:rsidR="00021D92" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="007565FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> сағат</w:t>
+            <w:r w:rsidR="00CD1F8C" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> часов</w:t>
+            </w:r>
+            <w:r w:rsidR="00481BF2">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (обязательное ведение предмета на русском и казахском языке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="0069460F" w14:paraId="00854CB2" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="68CFDA35" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E2E716D" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="039BEBD0" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="16C24069" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="0FB23B45" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>негізгі функционалдық міндеттері</w:t>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352DBF82" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="43987C17" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...10 lines deleted...]
-          <w:p w14:paraId="37189D04" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BDD56C5" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...10 lines deleted...]
-          <w:p w14:paraId="464C8489" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0556AA4C" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="00292D11" w14:paraId="13331E2C" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="3D6CC7C0" w14:textId="77777777" w:rsidTr="008D234C">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...6 lines deleted...]
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14DC02BD" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="08F310BA" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5761B75F" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="6FD57181" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+              <w:t>размер и условия оплаты труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC48B05" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="6A705C12" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...31 lines deleted...]
-          <w:p w14:paraId="41161655" w14:textId="18C311B5" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73890244" w14:textId="5A251286" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="07639AB7" w14:textId="2EF6F590" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее с</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пециальное образование( min): </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A28E1D6" w14:textId="47698C27" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="001B3451">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-              <w:t>- жоғары білім (min):теңге</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="0069460F" w14:paraId="5EDDC24B" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="0CD8FCA5" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B194099" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="1137F801" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CFF36B" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="2B31FD61" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7EBA0E6F" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37D242DD" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қойылатын біліктілік талаптары</w:t>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="42C8ABDE" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="185BDCD9" w14:textId="77777777" w:rsidR="000B74EC" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...10 lines deleted...]
-          <w:p w14:paraId="277631A7" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="000B74EC" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17342C07" w14:textId="77777777" w:rsidR="00276140" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="00276140">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...10 lines deleted...]
-          <w:p w14:paraId="7C5B8A83" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="00276140" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4789CF0D" w14:textId="77777777" w:rsidR="00A40329" w:rsidRPr="00995023" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidR="001F4BA9" w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="00292D11" w14:paraId="32C91112" w14:textId="77777777" w:rsidTr="00045824">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="23D4D39D" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C739713" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="7B60EE06" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7977C051" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="50986333" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0219CC8E" w14:textId="78DD949F" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00292D11" w:rsidP="00A8111C">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w14:paraId="012281A9" w14:textId="441FBF9B" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="003871DD" w:rsidP="00D44FFB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>01</w:t>
             </w:r>
-            <w:r w:rsidR="000F51E0" w:rsidRPr="00292D11">
+            <w:r w:rsidR="00F55EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A5338E" w:rsidRPr="00292D11">
+            <w:r w:rsidR="00A5338E" w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r w:rsidR="00A5338E" w:rsidRPr="00292D11">
+            <w:r w:rsidR="00A5338E" w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="000F51E0" w:rsidRPr="00292D11">
+            <w:r w:rsidR="00F55EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00A5338E" w:rsidRPr="00292D11">
+            <w:r w:rsidR="00A5338E" w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="0069460F" w14:paraId="4CFA35C9" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="4986F350" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="66A09CD5" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="36C6EFC0" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="008D234C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3AAD7830" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="2F5C64B4" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="000C54DC" w:rsidRDefault="008D234C" w:rsidP="006E6589">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қажетті құжаттар </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00292D11">
+            </w:pPr>
+            <w:r w:rsidRPr="000C54DC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+            <w:r w:rsidR="00D44FFB" w:rsidRPr="000C54DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09568A4B" w14:textId="77777777" w:rsidR="00D44FFB" w:rsidRPr="000C54DC" w:rsidRDefault="00D44FFB" w:rsidP="006E6589">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08E86332" w14:textId="56A45312" w:rsidR="00D44FFB" w:rsidRPr="000C54DC" w:rsidRDefault="00D44FFB" w:rsidP="006E6589">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2BE896FD" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="56322711" w14:textId="33BC28FB" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...102 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) заявление об участии в конкурсе по форме </w:t>
+            </w:r>
+            <w:r w:rsidR="000C54DC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>УКАЗАННОЙ НИЖЕ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5D118FF7" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...53 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05CCD9F0" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...53 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED1928C" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...53 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68EFCDD6" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...34 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52B887CC" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...121 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009550DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C3E7D05" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...34 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>7) справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="544EEF79" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...34 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>8) справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7345D9CF" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...121 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории не ниже педагога-модератора (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59C1C6C5" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="00A40329">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
-[...38 lines deleted...]
-            <w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F3550B" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="003153C2">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C120119" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
-            <w:pPr>
+          <w:p w14:paraId="07129344" w14:textId="11D62728" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...30 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) заполненный Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidR="009550DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидата на вакантную </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>вакантную должность педагога</w:t>
+            </w:r>
+            <w:r w:rsidR="009550DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ПО ФОРМЕ </w:t>
+            </w:r>
+            <w:r w:rsidR="009550DB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>УКАЗАННОЙ НИЖЕ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6EA84C60" w14:textId="77777777" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
-[...73 lines deleted...]
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00742FAF" w:rsidRPr="00292D11" w14:paraId="43F2B8DC" w14:textId="77777777" w:rsidTr="00045824">
+      <w:tr w:rsidR="008D234C" w:rsidRPr="00995023" w14:paraId="3AA02580" w14:textId="77777777" w:rsidTr="008D234C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35EE3E48" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="59312864" w14:textId="06902330" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD816F7" w14:textId="00E1CB01" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="4DE7667C" w14:textId="0FB69A06" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="009316BD">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бос лауазымының мерзімі</w:t>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="7371" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF5CE28" w14:textId="7135A640" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00045824">
+          <w:p w14:paraId="41537AF0" w14:textId="6B3F8ECD" w:rsidR="008D234C" w:rsidRPr="00995023" w:rsidRDefault="008D234C" w:rsidP="003153C2">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="51AAB227" w14:textId="77777777" w:rsidR="00742FAF" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00742FAF">
-[...764 lines deleted...]
-    <w:p w14:paraId="4DCBBD20" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="001F4BA9">
+    <w:p w14:paraId="499D8CC5" w14:textId="29DDDF05" w:rsidR="00B66486" w:rsidRPr="006E6589" w:rsidRDefault="00B66486" w:rsidP="006E6589">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00292D11" w14:paraId="124D56C8" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00995023" w14:paraId="30CEE286" w14:textId="77777777" w:rsidTr="006E6589">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1C234327" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="3C2E4765" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4359" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50BB8DD1" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="230AEA8C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07E7C514" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="463C6D4E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="618041A4" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="173A3622" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10632552" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2F3B864D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="469B6E1D" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="199C0A8C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53DC38A2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4275807C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="537E7DDF" w14:textId="36AFC90D" w:rsidR="00657D6E" w:rsidRPr="00292D11" w:rsidRDefault="00742FAF" w:rsidP="00657D6E">
+    <w:p w14:paraId="0BD5017B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
-        <w:pBdr>
-[...1 lines deleted...]
-        </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05A67426" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00A1628D" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесі</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1628D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F7EEB7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="5DC28C93" w14:textId="1AB8B22B" w:rsidR="00B66486" w:rsidRPr="00A1628D" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A1628D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BBEB198" w14:textId="1ABFF407" w:rsidR="00B66486" w:rsidRDefault="00B66486" w:rsidP="006A1FC0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(конкурс жариялаған мемлекеттік орган)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C8DD8CB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...39 lines deleted...]
-    <w:p w14:paraId="40DC0194" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="650E5084" w14:textId="77777777" w:rsidR="006A1FC0" w:rsidRPr="00995023" w:rsidRDefault="006A1FC0" w:rsidP="006A1FC0">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="53357025" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3DAFF2EE" w14:textId="4B891598" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="441C0C10" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...60 lines deleted...]
-    <w:p w14:paraId="70075D11" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="22075EB8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(нақты тұрғылықты жері, тіркелген мекен-жайы, байланыс телефоны)</w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658A4318" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0FC96C8C" w14:textId="374A6E04" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+    </w:p>
+    <w:p w14:paraId="3D55F713" w14:textId="7952381F" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="043CDB8B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="25F460EE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3759D0" w14:textId="1FE0420A" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="057D41C1" w14:textId="08EA1B2A" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое м</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>есто проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31503DA4" w14:textId="3D526342" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E597CB7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DBF2596" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="7A1264E6" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1911A6EA" w14:textId="0258CE89" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="2EB5C577" w14:textId="2AB5B185" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Прошу допус</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF1B23" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тить меня к конкурсу на занятие</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учителя </w:t>
+      </w:r>
+      <w:r w:rsidR="00A60728">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информатики </w:t>
+      </w:r>
+      <w:r w:rsidR="0013431B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским и казахски</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0B20">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="0013431B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар облысы білім басқармасы Павлодар қаласы білім бөлімі "Павлодар қаласы С.Торайғыров атындағы жалпы орта білім беретін мектебі" коммуналдық мемлекеттік мекемесіне орыс </w:t>
-[...30 lines deleted...]
-        <w:t>бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+        <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени С. Торайгырова города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="553D140E" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...62 lines deleted...]
-    <w:p w14:paraId="08460C49" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="290BDF40" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0251F4AF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="223AF2D6" w14:textId="41C76EAC" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>Қазіргі уақытта жұмыс істеймін:</w:t>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D249ED7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
-[...20 lines deleted...]
-    <w:p w14:paraId="20EE599A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4A82C41F" w14:textId="2B1C7529" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________________________________________</w:t>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="006A1FC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F03BF7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="15AAC4F0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05395677" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="5351DF56" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03B6BDB8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="06F1D045" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1498EEF3" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="05CF9B5F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2962"/>
+        <w:gridCol w:w="2185"/>
+        <w:gridCol w:w="2755"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00292D11" w14:paraId="13540CB9" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00995023" w14:paraId="2A217E2B" w14:textId="77777777" w:rsidTr="006E6589">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4A138F1B" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="088836C0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> (жоғары немесе жоғары оқу орнынан кейінгі)</w:t>
+              <w:t>Образование: высшее или послевузовское</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="403A6730" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6CA90FCE" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+              <w:t xml:space="preserve">Наименование </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CD04A8C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1B9579E0" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="4DC8A850" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50714D42" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="25EDDB88" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+              <w:t xml:space="preserve">Специальность </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="310BBB69" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>по диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B66486" w:rsidRPr="00292D11" w14:paraId="2BF02560" w14:textId="77777777" w:rsidTr="00832C04">
+      <w:tr w:rsidR="00B66486" w:rsidRPr="00995023" w14:paraId="1EFB59D1" w14:textId="77777777" w:rsidTr="006E6589">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A78D161" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="61F1F4FC" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2805243F" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="1A505EAF" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="684C4C97" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="184D3213" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5223368A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00832C04">
+          <w:p w14:paraId="6486B5DA" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="006E6589">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36D6942A" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="2BB176CD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60FEE340" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="52276213" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подтверждения):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BEA574E" w14:textId="3244FB8B" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
-[...8 lines deleted...]
-        <w:t>) күні):____________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D60FFD8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="78243475" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D43C307" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1FFD66A4" w14:textId="60D1060D" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00A02653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5757580D" w14:textId="4DE1FC96" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00A02653">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD9C696" w14:textId="5F877F68" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2B9DE146" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="59A4367E" w14:textId="643B5383" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...48 lines deleted...]
-        <w:t>:_____________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62D80C79" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0BCB5CFD" w14:textId="176B2218" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...65 lines deleted...]
-        <w:t>:_________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15637A31" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="092A6F3A" w14:textId="3B1E1704" w:rsidR="00B66486" w:rsidRPr="00A02653" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2453636C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="3BF9BCCB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E19F3DD" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="1E1CFA25" w14:textId="39EF962D" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="34AD1FA8" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="58B51F9A" w14:textId="54C5BDEB" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70A4369C" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="378A3FB2" w14:textId="575CFC15" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66D002EB" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="4DBA66F4" w14:textId="253FA505" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Наградалары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (бар болса)  </w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>____________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="550CE223" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0E6E6C3B" w14:textId="15AA802B" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00A02653">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>___________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A4C40B7" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="0029FD88" w14:textId="0D87AFE0" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...6 lines deleted...]
-        <w:t>_________________________________________________________________________________________</w:t>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="002A52C6" w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A5B8AD2" w14:textId="77777777" w:rsidR="00B66486" w:rsidRPr="00292D11" w:rsidRDefault="00B66486" w:rsidP="00B66486">
+    <w:p w14:paraId="00089599" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
-[...249 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="751D0701" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="39B341B4" w14:textId="77777777" w:rsidTr="006E6589">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68FEE874" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+          <w:p w14:paraId="645FAFA0" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="162898F6" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+          <w:p w14:paraId="45E16AF0" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2E80E1A5" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+          <w:p w14:paraId="73D04A2F" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="215D4D56" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18BAD47A" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="136CA048" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52761945" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="494D9AEF" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17B45AD0" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00292D11">
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="413DA62E" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7D0CA2DE" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68D11F86" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75A29876" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="00B57BA7">
+    <w:p w14:paraId="2CEC710E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00DC2F96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79BFE4AB" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="00B57BA7">
+    <w:p w14:paraId="05B9F7B0" w14:textId="424C518F" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00DC2F96">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00292D11">
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную  вакантную должность педагога </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00A02653">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...168 lines deleted...]
-      <w:r w:rsidRPr="00292D11">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...18 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51B4736C" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="00B57BA7">
-[...35 lines deleted...]
-    <w:p w14:paraId="12BCE774" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="00B57BA7">
+    <w:p w14:paraId="4A5FC6FF" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00DC2F96">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5761F6FB" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00DC2F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="3827"/>
+        <w:gridCol w:w="3828"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="412B038B" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="2C6EF2B7" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74081239" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
+          <w:p w14:paraId="644CECEC" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="762A0F98" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46A52FB5" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A240566" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62F0014E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00292D11">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>№</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="2691A139" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:trPr>
+          <w:trHeight w:val="1036"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3762271B" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74B000AD" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...18 lines deleted...]
-              <w:t>Өлшемшарттар</w:t>
+          <w:p w14:paraId="4B82FB5E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F16E350" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...18 lines deleted...]
-              <w:t>Растайтын құжат</w:t>
+          <w:p w14:paraId="7AF226B4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1B2E48" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...37 lines deleted...]
-              <w:t>ы (1-ден 20-ға дейін)</w:t>
+          <w:p w14:paraId="36C3B443" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ехническое и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0CE74556" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F5BA34D" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19947726" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>агистр = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FABACCA" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшее заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49CB5F2A" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...35 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2810C63C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="55B107E2" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="60C85631" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BE2CEBD" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="072209FF" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE62D3D" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C626070" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="651A9C60" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>октор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48EDFA19" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>андидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA06825" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="4E0D3BFC" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="009F6E4C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7F56FA93" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="46D7D69C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6150F1C4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7957D6E6" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DC2892" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="15BD765E" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2A33D393" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6CC30F4E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="21486D58" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Білім деңгейі</w:t>
+          <w:p w14:paraId="122F1E99" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7297929F" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...16 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="34B57F6B" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31E5E950" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BE0CCCE" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...137 lines deleted...]
-              <w:t>оғары сыртқы/қашықтан = минус 2 балл</w:t>
+          <w:p w14:paraId="5C3479CD" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6431A236" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F28CB4E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ысшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B0C596F" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="63CFD8F4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C2FC7B" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E5CCD7B" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>едагог-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4E34ABD6" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="5943B682" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="5B99A731" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="3673496D" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="03884C76" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="20729F29" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1EE9F8CD" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...32 lines deleted...]
-              <w:t>академиялық дәрежесі</w:t>
+          <w:p w14:paraId="6850A569" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10FA9137" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+          <w:p w14:paraId="78E68BDA" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77A19C0E" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="3F901AD0" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>етодист (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="166177B4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
-[...62 lines deleted...]
-              <w:t>ылыми кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3439FB93" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D0B7524" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2F74FF4F" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="26118810" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="73D81551" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7FD49843" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="19E22EFD" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="15316213" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="228C354A" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>езультаты педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рофессиональной практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77E52F2C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4F9C47" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2B1BD8" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="2FEA9DE4" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30AFD6B9" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="43B6BB30" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="306F3047" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w14:paraId="5437F687" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="349BEAC9" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w14:paraId="01F98DEF" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5C8AF670" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+          <w:p w14:paraId="5DC6CB16" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аличие положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E69ECDA" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>егативное рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B03A38" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A1D0339" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="73B633B5" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="0FCC2C2B" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="4FF1F93B" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="56B80679" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6CDD3735" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D9BD1A1" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DC6048C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A960D4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF4630E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5688F936" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FCD6063" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F792A6" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08C1DE99" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10854377" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6379E254" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="55EC8FE6" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>обладатель медали «Қазақстан еңбек сіңірген ұстазы» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F594D28" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="15FBAAA7" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="099D85F0" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="10F33676" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="7B27FD88" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Біліктілік санаты</w:t>
+          <w:p w14:paraId="5D7D012A" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="48365732" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...24 lines deleted...]
-              <w:t>уәлік, басқа құжат</w:t>
+          <w:p w14:paraId="1FA2A038" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67BBFEB1" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...13 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w14:paraId="3CE956C4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
-[...31 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EB26F8C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
-[...31 lines deleted...]
-                <w:szCs w:val="28"/>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E6E3F99" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00292D11">
-[...159 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности, включенный в перечень КОКСОН, Scopus = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="668AC671" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="436B8B4F" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="74EBD29C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="0069460F" w14:paraId="1A36B550" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="0A1221D8" w14:textId="77777777" w:rsidTr="00A02653">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="72CE856F" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77E1D913" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2E51A185" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3828" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CAE2949" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10729151" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="163D81F5" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50AF49F4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ностранный) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FB4E716" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="56A3998D" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="3910"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="26C738A0" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="74A90FD7" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="43D42525" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w14:paraId="14D1AA09" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3CA1E02C" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w14:paraId="4A74E9B8" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02371881" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16B3CC7B" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB84655" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A6EE579" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>«Обучение работе с Microsoft» Курсера</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B662E71" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A109CF0" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A616EA3" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06DE600D" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C177784" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B50BD8C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73847F58" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D164ADB" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B427F04" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610F6C8E" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C474F4" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2921C8C2" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...59 lines deleted...]
-              <w:t>- директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+          <w:p w14:paraId="36C787A9" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FAC4220" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="559A442F" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="2E719666" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w14:paraId="0C4894F8" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="661EF31F" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1076"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3FD689AA" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5D468F89" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="246C232A" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...17 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w14:paraId="76FD6863" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, педагог, направленный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="638DC504" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...15 lines deleted...]
-              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+          <w:p w14:paraId="729A9433" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3828" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="50CC2496" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...81 lines deleted...]
-              <w:t>«жақсы» = 0,5 балл</w:t>
+          <w:p w14:paraId="2F345AA5" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68CFF075" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...7 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="068637FF" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B57BA7" w:rsidRPr="0069460F" w14:paraId="24C1AE96" w14:textId="77777777" w:rsidTr="003019A3">
+      <w:tr w:rsidR="00DC2F96" w:rsidRPr="00995023" w14:paraId="2F595861" w14:textId="77777777" w:rsidTr="00A02653">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5787A71D" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...18 lines deleted...]
-              <w:t>7</w:t>
+          <w:p w14:paraId="4C61E306" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00995023">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="7655" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A22E625" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="624F3332" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77E3CE6A" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="003019A3">
-[...2054 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="136BF316" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="006E6589">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="76A9BE85" w14:textId="77777777" w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidRDefault="00B57BA7" w:rsidP="00B66486">
+    <w:p w14:paraId="11A03C5C" w14:textId="77777777" w:rsidR="00DC2F96" w:rsidRPr="00995023" w:rsidRDefault="00DC2F96" w:rsidP="00DC2F96">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D3AD479" w14:textId="3C2F5CD1" w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidRDefault="00B66486" w:rsidP="00B66486">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00995023">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00B57BA7" w:rsidRPr="00292D11" w:rsidSect="00B66486">
+    <w:sectPr w:rsidR="00B66486" w:rsidRPr="00995023" w:rsidSect="00DC2F96">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="794" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="284" w:right="851" w:bottom="26" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -9867,132 +9528,132 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2015111528">
+  <w:num w:numId="1" w16cid:durableId="1526361639">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="541475429">
+  <w:num w:numId="2" w16cid:durableId="285157967">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="818418650">
+  <w:num w:numId="3" w16cid:durableId="1641422227">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="317199102">
+  <w:num w:numId="4" w16cid:durableId="630289809">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="770709195">
+  <w:num w:numId="5" w16cid:durableId="2106685405">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="257373342">
+  <w:num w:numId="6" w16cid:durableId="1857688440">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00021D92"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
-    <w:rsid w:val="000A5C0F"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
+    <w:rsid w:val="000C54DC"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E6FD0"/>
     <w:rsid w:val="000E7BC7"/>
-    <w:rsid w:val="000F51E0"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
+    <w:rsid w:val="0013431B"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="00185BB6"/>
     <w:rsid w:val="0019140C"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B3451"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
@@ -10014,448 +9675,458 @@
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
+    <w:rsid w:val="002866E9"/>
     <w:rsid w:val="00291323"/>
-    <w:rsid w:val="00292D11"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A52C6"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="003365B7"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="00354EA2"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
+    <w:rsid w:val="00374502"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
+    <w:rsid w:val="003871DD"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
+    <w:rsid w:val="003B69CB"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
-    <w:rsid w:val="00487AAD"/>
+    <w:rsid w:val="00481BF2"/>
     <w:rsid w:val="00491B89"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
+    <w:rsid w:val="00594B7E"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00657D6E"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="00670C71"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
-    <w:rsid w:val="0069460F"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
+    <w:rsid w:val="006A1FC0"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
+    <w:rsid w:val="006E2B5D"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
+    <w:rsid w:val="006E6589"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
+    <w:rsid w:val="00702697"/>
     <w:rsid w:val="00705371"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="007330E5"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="00742FAF"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
+    <w:rsid w:val="007565FB"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
     <w:rsid w:val="008A3E8F"/>
     <w:rsid w:val="008B3115"/>
     <w:rsid w:val="008B6380"/>
     <w:rsid w:val="008B6CF2"/>
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
-    <w:rsid w:val="008D5A0C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7248"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="009316BD"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
+    <w:rsid w:val="009550DB"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
+    <w:rsid w:val="00995023"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
+    <w:rsid w:val="00A02653"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
+    <w:rsid w:val="00A1628D"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A270EF"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A3732F"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A5338E"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
+    <w:rsid w:val="00A60728"/>
     <w:rsid w:val="00A65E9E"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
-    <w:rsid w:val="00A8111C"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE51EF"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00AF1B23"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B25496"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
-    <w:rsid w:val="00B57BA7"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B66486"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
@@ -10476,193 +10147,197 @@
     <w:rsid w:val="00C75E82"/>
     <w:rsid w:val="00C773C9"/>
     <w:rsid w:val="00C800AA"/>
     <w:rsid w:val="00C90F57"/>
     <w:rsid w:val="00C956AD"/>
     <w:rsid w:val="00CA1596"/>
     <w:rsid w:val="00CB452E"/>
     <w:rsid w:val="00CB6B4F"/>
     <w:rsid w:val="00CB7B0D"/>
     <w:rsid w:val="00CD1F8C"/>
     <w:rsid w:val="00CD2B90"/>
     <w:rsid w:val="00CF598D"/>
     <w:rsid w:val="00CF6669"/>
     <w:rsid w:val="00CF6937"/>
     <w:rsid w:val="00D06E89"/>
     <w:rsid w:val="00D14EC4"/>
     <w:rsid w:val="00D16A59"/>
     <w:rsid w:val="00D21928"/>
     <w:rsid w:val="00D22F23"/>
     <w:rsid w:val="00D31BFC"/>
     <w:rsid w:val="00D32E8B"/>
     <w:rsid w:val="00D34FF7"/>
     <w:rsid w:val="00D3648B"/>
     <w:rsid w:val="00D410EB"/>
     <w:rsid w:val="00D4365F"/>
+    <w:rsid w:val="00D44FFB"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D90B00"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB15E4"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
+    <w:rsid w:val="00DC2F96"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E21FCF"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
+    <w:rsid w:val="00EB0B20"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
+    <w:rsid w:val="00F55EE8"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
     <w:rsid w:val="00FD45C1"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="517F747F"/>
-  <w15:docId w15:val="{234920ED-91AE-488C-947B-238F3813C72B}"/>
+  <w15:docId w15:val="{9ABE194F-E7C8-4E3C-B44F-F2DB5EEDA28C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11160,50 +10835,59 @@
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00995023"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
@@ -11508,78 +11192,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D66A860-E60D-4C65-A706-5E094D9F2014}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BEA5176-C7F9-4AA1-A8F1-8EC87BC9F3E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>11488</Characters>
+  <Pages>9</Pages>
+  <Words>1975</Words>
+  <Characters>11260</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>95</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13477</CharactersWithSpaces>
+  <CharactersWithSpaces>13209</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>