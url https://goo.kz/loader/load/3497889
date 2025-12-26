--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,14021 +1,9383 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="003E2287" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>КГУ «Средняя общеобразовательная школа имени Рафики Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұртазиной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантную  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагога-ассистента </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> государственным </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="003E2287">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00637A2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>языком обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...90 lines deleted...]
-        <w:t xml:space="preserve"> КММ</w:t>
+        <w:t xml:space="preserve"> (временно, до 2027 года)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D70D9E" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00B00AEE">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...107 lines deleted...]
-          <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2274"/>
+        <w:gridCol w:w="7648"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004933D7" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білім беру ұйымының атауы</w:t>
+              <w:t>Наименование организации образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
-[...83 lines deleted...]
-              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа имени Р.Нұртазиной города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
+          <w:p w:rsidR="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
-[...11 lines deleted...]
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
+              <w:t xml:space="preserve">140000, Республика Казахстан, Павлодарская область,                                </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00866518" w:rsidRPr="003E2287">
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бакинская көшесі, 4</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>город Павлодар, улица Бакинская, 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00866518">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...35 lines deleted...]
-              <w:t>61-12-96</w:t>
+              <w:t>8 (7182) 611292</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t>электрондық пошта</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6B4F" w:rsidRPr="003E2287" w:rsidRDefault="004933D7" w:rsidP="00CB6B4F">
-[...5 lines deleted...]
-                <w:u w:val="single"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="001831E2" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
-              <w:r w:rsidR="008C3A13" w:rsidRPr="003E2287">
+              <w:r w:rsidR="008C3A13" w:rsidRPr="00637A2A">
                 <w:rPr>
                   <w:rStyle w:val="a3"/>
-                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:b/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                   <w:lang w:val="kk-KZ"/>
                 </w:rPr>
-                <w:t>Sosh23@goo.edu.kz</w:t>
+                <w:t>sosh23@goo.edu.kz</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="008C3A13" w:rsidRPr="003E2287">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="008C3A13" w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004933D7" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00637A2A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Педагог-ассистент – </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B84224" w:rsidRPr="003E2287">
+              <w:t xml:space="preserve">Педагог-ассистент, </w:t>
+            </w:r>
+            <w:r w:rsidR="00637A2A" w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2287">
+              <w:t>2 ставки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жүктеме, мемлекеттік тілде оқытатын </w:t>
-[...13 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">, с государственным языком обучения </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004933D7" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t>негізгі функционалдық міндеттері</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Лауазымдық міндеттері: Жалпы үлгідегі білім беру ұйымдарында ерекше білім беру қажеттіліктері бар білім алушыны психологиялық-педагогикалық сүйемелдеуді жүзеге асырады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Должностные обязанности: Осуществляет психолого-педагогическое сопровождение обучающего с особыми образовательными потребностями в организациях образования общего типа.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Ұйымдастырылған оқу қызметі кезінде, білім беру ұйымында болған уақыт ішінде, олардың дербес қызметі денсаулық жағдайы бойынша шектелген жағдайда, ерекше білім беру қажеттіліктері бар білім алушыға көмек көрсетеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Оказывает помощь обучающемуся с особыми образовательными потребностями во время организованной учебной деятельности, в течение времени пребывания в организации образования, в случае, когда их самостоятельная деятельность ограничена по состоянию здоровья.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Психологиялық-медициналық-педагогикалық консультацияның ұсынысы бойынша білім алушыларға көмек көрсетеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Оказывает помощь обучающимся по рекомендации психолого-медико-педагогической консультации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Под руководством учителя принимает участие в образовательном, коррекционно-развивающем процессах.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мұғалімнің басшылығымен білім беру, түзету және дамыту процестеріне қатысады.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Принимает участие при обследовании учащегося с особыми образовательными потребностями специалистами службы психолого-педагогического сопровождения, а также в составлении индивидуальных образовательных программ (учебных планов) в том числе поведенческих, обеспечивает реализацию сокращенных (адаптированных), специальных учебных программ и учебных материалов для удовлетворения особых образовательных потребностей учащегося.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Психологиялық-педагогикалық сүйемелдеу қызметі мамандарының ерекше білім беру қажеттіліктері бар оқушыны тексеруіне, сондай-ақ жеке білім беру бағдарламаларын (оқу жоспарларын), оның ішінде мінез-құлық бағдарламаларын жасауға қатысады, оқушының ерекше білім беру қажеттіліктерін қанағаттандыру үшін қысқартылған (бейімделген), арнайы оқу бағдарламалары мен оқу материалдарын іске асыруды қамтамасыз етеді.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+              <w:t>Осуществляет наблюдение и ведет сбор данных об учащемся с особыми образовательными потребностями в процессе обучения и развивающей работы,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
+        <w:trPr>
+          <w:trHeight w:val="639"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2274" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7648" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Оқыту және дамыту жұмысы процесінде ерекше білім беру қажеттіліктері бар оқушы туралы деректерді бақылауды жүзеге асырады және жинайды,</w:t>
+              <w:t>- высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю без предъявления требований к стажу работы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет, для педагога-эксперта не менее 3 лет, педагога-исследователя не менее 4 лет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004933D7" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="105"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="003E2287" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="009450DF" w:rsidP="00635CDC">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
-              <w:rPr>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="003E2287">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="003E2287">
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>;</w:t>
+              <w:t>01.12.-11.12</w:t>
+            </w:r>
+            <w:r w:rsidR="00635CDC" w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="004933D7" w:rsidTr="009540D9">
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
-[...21 lines deleted...]
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t>қойылатын біліктілік талаптары</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
-[...69 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z180"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справку с психоневрологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>справку с наркологической организации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>сертификат о результатах прохождения сертификации или удостоверение о наличии действующей квалификационной категории (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>для кандидатов на занятие должности педагогов английского языка сертификат о результатах сертификации по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога- эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (Certificate in English Language Teaching to Adults. Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, или айелтс (IELTS) – 6,5 баллов; или тойфл (TOEFL) (іnternet Based Test (іBT)) – 60 – 65 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>педагоги, приступившие к педагогической деятельности в организации технического и профессионального, послесреднего образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>12)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>13)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>видеопрезентация (самопрезентация) для кандидата без стажа продолжительностью не менее 10 минут, с минимальным разрешением – 720 x 480.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidTr="009540D9">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidTr="00CB351F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcW w:w="2274" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00B1578A" w:rsidP="00932150">
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00CB351F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок вакантной должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcW w:w="7648" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B1578A" w:rsidRPr="003E2287" w:rsidRDefault="00321EBB" w:rsidP="00635CDC">
-[...1 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+          <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00CB351F">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01.12-11.12</w:t>
-[...2810 lines deleted...]
-              <w:t>Уақытша (2027 жылға дейін)</w:t>
+              <w:t>Временно (до 2027 года)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003153C2" w:rsidRPr="003E2287" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="008C3A13">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRPr="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRPr="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E2287" w:rsidRPr="003E2287" w:rsidRDefault="003E2287" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...178 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="00637A2A" w:rsidRPr="00637A2A" w:rsidRDefault="00637A2A" w:rsidP="00A40329">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...23 lines deleted...]
-      </w:r>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...270 lines deleted...]
-        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="20"/>
-[...270 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...1369 lines deleted...]
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00FA49EC">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5920" w:type="dxa"/>
+            <w:tcW w:w="5495" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4819" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E2287">
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
-      <w:pPr>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
-      <w:pPr>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>должности (нужное подчеркнуть)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2122"/>
+        <w:gridCol w:w="2964"/>
+        <w:gridCol w:w="2188"/>
+        <w:gridCol w:w="2755"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:trPr>
+          <w:trHeight w:val="951"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:trPr>
+          <w:trHeight w:val="979"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003E2287">
-[...2 lines deleted...]
-          <w:b/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Б</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
-[...6 lines deleted...]
-        <w:t>ос</w:t>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>немесе</w:t>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>___________________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-        <w:t>уақытша</w:t>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>подпись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>п</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист кандидата на вакантную или временно вакантную должность педагога </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...136 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
+      <w:r w:rsidRPr="00637A2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>(Т.Ә.А. (б</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
+      <w:r w:rsidRPr="00637A2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>ар болса</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-        <w:t>))</w:t>
+      <w:r w:rsidRPr="00637A2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10390" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10423" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="467"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="501"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3969"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:sz w:val="20"/>
-[...22 lines deleted...]
-              <w:t>)</w:t>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="003E2287">
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...127 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...17 lines deleted...]
-              <w:t>- т</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>ехникалық</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>және</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>кәсіби</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...26 lines deleted...]
-              <w:t>- ж</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>оғары</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>күндізгі</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...195 lines deleted...]
-              <w:t xml:space="preserve"> = минус 2 балл</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="586"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...127 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...46 lines deleted...]
-              <w:t>- ғ</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...27 lines deleted...]
-              <w:t>- ғ</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>ылыми</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> кандидат = 10 балл</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...25 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...16 lines deleted...]
-              <w:t>Сертификат</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>«педагог» біліктілік санаты - 5 балл</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...51 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...25 lines deleted...]
-              <w:t>е</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>кінші</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>санат</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...50 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...60 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...203 lines deleted...]
-              <w:t xml:space="preserve"> = 10 балл</w:t>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="004933D7" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...63 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="803"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...9 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>Білімі</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>туралы</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>дипломның</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Maths</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>қосымшасы</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>п</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="003E2287">
-[...5 lines deleted...]
-              <w:t>едагогикалық</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="003E2287">
-[...21 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...109 lines deleted...]
-              <w:t>» = 0,5 балл</w:t>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="004933D7" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...18 lines deleted...]
-              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...40 lines deleted...]
-              <w:t>- теріс ұсыныс хатының болуы = минус 3 балл</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7402" w:rsidRPr="004933D7" w:rsidTr="00AE734F">
+      <w:tr w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidTr="00FA49EC">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...19 lines deleted...]
-              <w:t>8</w:t>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00637A2A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...55 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:tcW w:w="850" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
-[...3353 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00FA49EC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C7402" w:rsidRPr="003E2287" w:rsidRDefault="002C7402" w:rsidP="00A40329">
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="002C7402">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002C7402" w:rsidRPr="00637A2A" w:rsidRDefault="002C7402" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001F4BA9" w:rsidRPr="003E2287" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="00637A2A" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
+    <w:p w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidRDefault="008C3A13" w:rsidP="00A40329">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008C3A13" w:rsidRPr="003E2287" w:rsidSect="00DB5787">
+    <w:sectPr w:rsidR="008C3A13" w:rsidRPr="00637A2A" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -14773,50 +10135,51 @@
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
+    <w:rsid w:val="001831E2"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B1248"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
@@ -14851,127 +10214,124 @@
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002C7402"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
-    <w:rsid w:val="00321EBB"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="00331343"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
-    <w:rsid w:val="003E2287"/>
     <w:rsid w:val="003E3EEA"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
     <w:rsid w:val="00456CEA"/>
     <w:rsid w:val="0046481C"/>
     <w:rsid w:val="00470A6E"/>
     <w:rsid w:val="00471144"/>
     <w:rsid w:val="00472EBA"/>
     <w:rsid w:val="0047363C"/>
     <w:rsid w:val="00474517"/>
     <w:rsid w:val="0048067D"/>
     <w:rsid w:val="00481A44"/>
     <w:rsid w:val="00491B89"/>
-    <w:rsid w:val="004933D7"/>
     <w:rsid w:val="00494FDD"/>
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F4F44"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
@@ -15003,88 +10363,90 @@
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00635CDC"/>
+    <w:rsid w:val="00637A2A"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007063F9"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00716150"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
+    <w:rsid w:val="007419BF"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
@@ -15122,50 +10484,51 @@
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008C3A13"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0114"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="009450DF"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
@@ -15189,79 +10552,77 @@
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
     <w:rsid w:val="00AC386E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
     <w:rsid w:val="00AE4097"/>
-    <w:rsid w:val="00AE734F"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B5389A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
-    <w:rsid w:val="00B84224"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
@@ -16014,51 +11375,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:Sosh23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sosh23@goo.edu.kz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16309,78 +11670,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A844D98A-5A23-4DBC-AABA-61F7CCCC3141}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E76CA7B8-50C9-4183-8D73-5BB0E53B2845}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>11776</Characters>
+  <Pages>6</Pages>
+  <Words>2150</Words>
+  <Characters>12258</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>98</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13814</CharactersWithSpaces>
+  <CharactersWithSpaces>14380</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>