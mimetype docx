--- v0 (2025-12-05)
+++ v1 (2026-01-13)
@@ -1,12562 +1,12360 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7D42BF30" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="034DCC98" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00635CEC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ </w:t>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve"> №2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="006D1A78">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="0029406B">
+      <w:r w:rsidRPr="00635CEC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>26</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AD9B63" w14:textId="08A7E427" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="70AADD51" w14:textId="56BF27ED" w:rsidR="00036FAE" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="005870A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00AD1240">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілінде оқытатын математика мұғалімі лауазымына конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="005870A4" w:rsidRPr="00116848">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0072421B" w:rsidRPr="00116848">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008C4E33">
+      <w:r w:rsidR="00C32595">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учителя </w:t>
+        <w:t xml:space="preserve"> бос орын</w:t>
       </w:r>
-      <w:r w:rsidR="008D22B7">
+      <w:r w:rsidR="0072421B" w:rsidRPr="00116848">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...98 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-437" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7481"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="7252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="0031102D" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44129EB6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №26 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="53F7DEF1" w14:textId="5BD42A39" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="006972A3">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665A6C7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BC07C4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C82E47D" w14:textId="7F9535AB" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Семенченко, 70</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Семенченко  көшесі, 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-              <w:t>8 (7182) 60-19-20</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E30F74" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 601920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00C47643">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="314"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A505E0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="0031102D" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BA6C75" w14:textId="1F8E489A" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="00AD1240">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытатын математика мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="007B3B4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r w:rsidR="00C47643">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>19</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> часа</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="0031102D" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>егізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="6E2145AF" w14:textId="5B81EB52" w:rsidR="0085010B" w:rsidRPr="00213146" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313E78C4" w14:textId="18009B1D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00236B15" w:rsidRPr="00213146">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00213146">
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00236B15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00213146">
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidR="00236B15" w:rsidRPr="00236B15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>1</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> 357,18 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>95</w:t>
-[...19 lines deleted...]
-          <w:p w14:paraId="7ADFAD64" w14:textId="36E57EB2" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>теңге;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABC249" w14:textId="5EF05912" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="00A64229">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00236B15">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00213146">
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>241 254,35</w:t>
+            </w:r>
+            <w:r w:rsidR="00236B15" w:rsidRPr="00213146">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-                <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>241 254,35</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="0031102D" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00746CF6" w:rsidRPr="00635CEC" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="3597E9A1" w14:textId="38DFBA9E" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="00193098" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44860E15" w14:textId="7C2EF457" w:rsidR="00746CF6" w:rsidRPr="00C32595" w:rsidRDefault="0031102D" w:rsidP="00C32595">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>04</w:t>
-[...71 lines deleted...]
-              <w:t>2</w:t>
+              <w:t>04.12-12.12</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00B12892">
+            <w:r w:rsidR="00891390">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2023</w:t>
             </w:r>
+            <w:r w:rsidR="00746CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="0031102D" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C335013" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0793E9B5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке басын куәландыратын құжат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар сервисінен алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды құжат (идентификация үшін);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50798185" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-              </w:rPr>
-[...16 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке іс парағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты тұрғылықты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606AB111" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">1) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7817CCA3" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>2) документ,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>еңбек қызметін растайтын құжаттың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441285E5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>3) заполненный</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">туралы» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің міндетін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысан бойынша </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>денсаулық жағдайы туралы анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...5 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15A785A0" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">4) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>5)  копию документа, подтверждающую</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық ұйымнан анықтама</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (при наличии);</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">6) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>) сертификаттаудан өту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> нәтижелері туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">педагог-модератордан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен емес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қолданыстағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік санатының болуы туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> куәлік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>(бар болса)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1901B6" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46637876" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCD9D00" w14:textId="387CB8CC" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...7 lines deleted...]
-              <w:outlineLvl w:val="2"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...269 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="43C3921A" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...253 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5705022E" w14:textId="29FDF242" w:rsidR="00BB2BC3" w:rsidRPr="00CC30B4" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="581F764C" w14:textId="77777777" w:rsidR="007A6C2A" w:rsidRDefault="00834E3A">
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="79A6EDBD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B17C7B7" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2062F9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="606359C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:bookmarkStart w:id="1" w:name="_Hlk146879965"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2881D12F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="5E7769B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z425"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261EEC65" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-              <w:t>Форма</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5F958B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF8A779" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 15-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3DACB8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="06037347" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7E658435" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13FB53F7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="6A558C26" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BD0D837" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6EEE7162" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z426"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственный орган,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс жариялаған, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C80A5CD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D6A0E3C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="178DE42F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B0EA69" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3977AD86" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>______________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________</w:t>
+        <w:br/>
+        <w:t>кандидаттың Т.А.Ә (бар болған жағдайда), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-[...73 lines deleted...]
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361DBD73" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3F48CE56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Өтініш </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF9AFA2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="67209F38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...10 lines deleted...]
-        <w:t>должности (нужное подчеркнуть)_____________________________________________________________________</w:t>
+        <w:t>      Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) _________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED39EEF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="69890959" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін ______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұйымның атауы, мекен-жайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778522CB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="49388BA6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BF6E6C8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3E8D0E52" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4994BC22" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="195243DC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
+              <w:t>Оқу орнының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A023DE3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="04021FA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="730D2FFD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6083E24A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t>Диплом бойынша мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="093569FA" w14:textId="77777777" w:rsidTr="005C6F76">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C22FC29" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0079D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="446B26AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F4E4E18" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5DB767E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="451B18FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="601902F2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D120E63" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A92E072" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="3502D7B2" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FB949C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="7752C3A9" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72506BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FE0DAEA" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="124191E5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B013AB1" w14:textId="753DFAB6" w:rsidR="005C6F76" w:rsidRPr="00FE63EC" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7886B111" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6243BFD3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="612F4ED8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="45308A0F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+        <w:t>      Біліктілік санатының болуы (берілген (расталған) күні):</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>____________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t>Педагогикалық жұмыс өтілі:________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____</w:t>
+        <w:t>Менде келесі жұмыс нәтижелері бар:________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Стаж педагогической работы: ______________________________</w:t>
+        <w:t>Марапаттары, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы,</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="722D4121" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t>сондай-ақ қосымша мәліметтер (бар болса)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________</w:t>
-[...72 lines deleted...]
-        <w:t>____________</w:t>
+        <w:t>_______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF0A90E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="4D288D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21927034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="27C7FF73" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E746F2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3E9FA3DD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___</w:t>
+        <w:t>_»_____________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қолы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01ED06D2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="0D5E1AE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+    </w:p>
+    <w:p w14:paraId="6E3A9336" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DF19A63" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="48B96F18" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D2B55F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="582E7E85" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028CEC7A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="0AB8908F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z432"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="658E6210" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2254EEC9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5948DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 16-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4D612A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26954D0B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28BC9F68" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="0CE7CC3B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің бос немесе уақытша бос лауазымына кандидаттың бағалау парағы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
         <w:t>____________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+        <w:t>(тегі, аты, әкесінің аты (бар болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="560CABB5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="46C22111" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="673C31A5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3392A51D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B49711E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+          <w:p w14:paraId="1BD50D6C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерийлер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B854E23" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>Кол-во баллов</w:t>
+          <w:p w14:paraId="5770B170" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1954014A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="0D7D1223" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4EFC0109" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F24306C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="207B50F6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6267C3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="35DDA14B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C339D72" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="12818F5E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F65C9D1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-ден 20-ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54EE55D1" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="73688F0D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="122D75FA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="34C09342" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7513A034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="5ADE0E69" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF5E76D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>Техническое и профессиональное = 1 балл</w:t>
+          <w:p w14:paraId="13DBBE45" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="701F14A9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсіби = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="49D24573" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33E605E3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="565F0CEA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0D44E913" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="177F4C9E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="27AE416A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09AB1A8D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Высшее очное = 2 баллов</w:t>
+          <w:p w14:paraId="63104C3C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="034973A4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="553F8954" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1826F17E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BF3C46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1A7CAEDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D7807B3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3C4CECCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20CC0F55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Высшее очное с отличием = 3 балла</w:t>
+          <w:p w14:paraId="6E24C411" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1382B358" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6E85A16E" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2E9749C0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0184453E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="290B1CEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A611A50" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2A61AC1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A3B5126" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Магистр = 5 баллов</w:t>
+          <w:p w14:paraId="001452E4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26BCA875" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="423BE6BB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="02077555" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178EDFB1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7CF52988" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64473DFD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>PHD-доктор = 10 баллов</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C220F38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61AE97EE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="799E4257" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5F638E37" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F0F7412" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="732CF89F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EE48BBD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1F4AD531" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00D1AA28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Доктор наук = 10 баллов</w:t>
+          <w:p w14:paraId="14E172B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27FAE658" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6A048508" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A9C0F9E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4763FCF2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0953C26E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61EBBBBC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6D569F65" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B8E03C0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Кандидат наук = 10 баллов</w:t>
+          <w:p w14:paraId="2F2DD0B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BABD877" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="092FFC89" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="07D46AD4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A7074D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="300FF7B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="573EA93A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+          <w:p w14:paraId="6F9E0C3A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19EF0976" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="1D47FF7D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>квалификационная категория "педагог" плюс 5 баллов</w:t>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E211FF8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="29D78AC2" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="20F86098" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10F7C84D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7B12F2B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Квалификационная категория</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F592E6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08113B54" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="181DBAB8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4790D6F8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A93D5CB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="347D7D3A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D39E18D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="408EC300" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FDBBC9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BDF4579" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>2 категория = 1 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F791184" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12A1D7C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E003F9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E054C02" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C41DFCB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="563313E9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="008FAF16" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="233C7F83" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62F497FC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C778A41" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік, басқа құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70FFD0C1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="22708D9B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5194ABFA" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CF30C71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="739E7105" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23312E55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2062C9CD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="30CB4035" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>1 категория = 2 балла</w:t>
+          <w:p w14:paraId="08E4700E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAB6D80" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="772F5498" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="734C5356" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52F52955" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4F9685EA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="223F85CC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5C9C31A8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79FCB215" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Высшая категория = 3 балла</w:t>
+          <w:p w14:paraId="6F29D717" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332D7E20" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7B366CCD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6B48AE4C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DCD36E3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5225EF8B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74BFA36A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="14639784" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76ED0A92" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Педагог-модератор = 3 балла</w:t>
+          <w:p w14:paraId="4BB86BA2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D060708" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="48A57543" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="455BAFDF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71F8ED08" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5E538521" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75AA2FC8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="45273601" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CF810CE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Педагог-эксперт = 5 баллов</w:t>
+          <w:p w14:paraId="0C4F973D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6469AE96" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="45115F88" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="179861D3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E906E2C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6976CFC2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="55DF57DD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0E0D25D6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="743A96DE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Педагог-исследователь = 7 баллов</w:t>
+          <w:p w14:paraId="29714CD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9DECF5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4F34E52F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="57169E04" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="468AC55D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4BEDA801" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="54C25C46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="77530BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F5ABAF4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Педагог-мастер = 10 баллов</w:t>
+          <w:p w14:paraId="47F59E7C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34CDD2A4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="32588E19" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="77FAD958" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B492D71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="19B8E163" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Опыт административной и методической деятельности</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64AB55F3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C0D33F4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="418EE7F7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2265BDC8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="342E6D56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74254140" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54451941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E6A6C1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="209839A5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE8286A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07632A33" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0256A925" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51A38FE9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AD4C294" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F396595" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7F82E6DA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="6C87A0B5" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A503568" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6D710B76" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="421D8A38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="24D1AFDF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="024C67B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>заместитель директора (стаж в должности не менее 2 лет) = 3 балла</w:t>
+          <w:p w14:paraId="1B54B72F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C045041" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2AAE2B71" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="46CFA5D1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF32F4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2A2D2A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CB29AED" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="21C270CB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AEE393D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>директор (стаж в должности не менее 2 лет) = 5 баллов</w:t>
+          <w:p w14:paraId="3B6DEE9E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0367F932" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4468A310" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C40F96A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76C55DFF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="271914AD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="083AEAD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57502A92" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="397E1588" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="350CCADD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>Результаты педагогической/ профессиональной практики "отлично" = 1 балл</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46CF4C90" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19B906B5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A4311C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A0E4987" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01277D0A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">едагогикалық/ кәсіби тәжірибенің нәтижелері </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F49690" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«өте жақсы» = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="14C18B10" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="613A3301" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D4473A7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="43AD3A6A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4615BB83" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="67A6C55A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AC77585" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>"хорошо" = 0,5 балла</w:t>
+          <w:p w14:paraId="03EE0D87" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E89A2DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«жақсы» = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4033D30D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="77A11515" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="750"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60009DC2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="10C3A015" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12B0F71E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+          <w:p w14:paraId="3BE0FCA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A04F2FF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="41486C67" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="127382F0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7472EAA8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5F2FEF83" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E77F20A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F345DAF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="79B2AFC0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36FAD2C0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="570D52F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F73D0DD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 3 баллов</w:t>
+          <w:p w14:paraId="353464BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36095112" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BD3072B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="059FDD05" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D0460A3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7A8D1C95" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BFC2435" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w14:paraId="128E6DC1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби жетістіктерінің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5305DAAC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+          <w:p w14:paraId="7D152EB2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, білім алушылардың олимпиадалар және конкурстар, ғылыми жобалар бойынша жеңімпаздардың грамоталары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="30AD5B99" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар және конкурстар жеңімпаздары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="10A9E7C9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="005BC6C3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49C6DB1B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="60EEB386" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD07685" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="406A0A0D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="145FB2BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>научных проектов = 1 балл</w:t>
+          <w:p w14:paraId="3F105D8E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар, мұғалімнің олимпиадалар және конкурстар жеңімпаздарының грамоталары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E1D957" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми жобалардың = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="436D61EC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2395534B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="612DC656" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5BE4C688" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="341EB38D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="72A1493D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18DAE7B1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+          <w:p w14:paraId="30839EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="446CF8E5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар мен байқаулардың жүлдегерлері = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BFC83C9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="739BF59E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56527E8A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="32A91F84" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35CD4BE0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1D2AD86E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE49EC1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...36 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0FBDC6C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7ECF4C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E39A1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="18128FE6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3635ACAB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="015897A8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="412A993F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EBEAF25" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1A45E0A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3451F13D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>призер конкурса "Лучший педагог" = 5 баллов</w:t>
+          <w:p w14:paraId="05C732B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F07E9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="1BED1C2D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5AC62DF9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B272B38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="442DE3FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48B1D3D1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2F8FCF14" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6917D5E9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>обладатель медали "Қазақстан еңбек сіңірген ұстазы" = 10 баллов</w:t>
+          <w:p w14:paraId="3B080344" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7208BE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="57C7BC25" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E3F99B3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="725EA1F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7FDE9833" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1981C834" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22EA271E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BEB7488" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62E23595" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B2E8D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F5DD21" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A311F17" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7982A8F7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2499165A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FFB2FAC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02609D13" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МП РК = 5 баллов</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F768F3C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1261C685" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C099F01" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2825B62B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49CA4A11" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70883BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35682856" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77E03618" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F88222A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54939161" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық шығармалары, басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3D1446" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ҚР БҒМ тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54A047C6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61C7E2D9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2489B567" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="38F81A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="520101B7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="211BB759" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BABA665" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+          <w:p w14:paraId="3F5597B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51A92A48" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК тізбесіне енген оқулықтар мен (немесе) ОӘК авторы немесе бірлескен авторы = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="16ED92FC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61DE2C02" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="1035"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23EE5484" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4C567EBD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="092D20C7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D4905AF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="234F1716" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСО, Scopus = 3 балла</w:t>
+          <w:p w14:paraId="656BC910" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="730D5761" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>БҒССҚЕК, Scopus тізбесіне енгізілген ғылыми-зерттеу қызметі бойынша жарияланымның болуы - 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2395ACB7" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="35FF1B5D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="332C78B5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="234B27AA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153D5D8E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E3ADE49" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="636E7E38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20ED132C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="420536E2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D1742E8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="606EB112" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="118BE3DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EB19DCE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFFBFBA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
-[...47 lines deleted...]
-              <w:t>наставник = 0,5 балла</w:t>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="746B1EE1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C8C958C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="485206C8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DDB0837" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26D6EC7D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E3B4E54" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6438BAF7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F697663" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BEF99F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71F194A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық қызметін растайтын құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDFDBC6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="794F7EBD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33CFDB27" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="400FACD1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="16C98FDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34659A94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4DA0B2ED" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38E7F2A3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>руководство МО = 2 балла</w:t>
+          <w:p w14:paraId="28FD1D4B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11598F01" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ басшысы = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="685F645D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4498672E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79BE10C4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="48172D13" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B963601" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3C291DCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CA26F26" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>преподавание на 2 языках, русский/казахский = 2 балла</w:t>
+          <w:p w14:paraId="10690A88" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28C5BAB4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DAABFC8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6C45CC31" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E9A3348" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="25BB16BF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CAE0F6B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1564585C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C9279E6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>иностранный/русский, иностранный/казахский) = 3 балла,</w:t>
+          <w:p w14:paraId="459E7306" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAF9075" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4887647C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6DC72B78" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A8C1DBF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4CB75F06" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C5DE3CE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="31C54053" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78F9313F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...35 lines deleted...]
-              <w:t>преподавание на 3 языках (казахский, русский, иностранный) = 5 баллов</w:t>
+          <w:p w14:paraId="77416D24" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2404F8BD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2846EBE4" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6EB914C0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D26C61C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="0CDB9F5F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="238AEA94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Курсовая подготовка</w:t>
+          <w:p w14:paraId="607DADE4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2355F168" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>курсы ЦПМ НИШ, "Өрлеу"</w:t>
+          <w:p w14:paraId="5084EE60" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік дайындық сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16B9BDF5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="38AE9DF6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="13B2137E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="43D45222" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4D5E0528" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="435FC70E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2AF8AFAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6442B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>= 0,5 балла</w:t>
+          <w:p w14:paraId="2177E853" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық сауаттылық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10186A48" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="3CB09FED" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="24D7D831" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DEEA635" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="31A27941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="676B0FCD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="41127A18" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="114A0F6E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7CE2CF7E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>КАЗТЕСТ,</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>курсы</w:t>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243F20BE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="29EA7D97" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10A30CEA" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="3900"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EF42189" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="078D8800" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56B767D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5BA72451" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5516E870" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="362919BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>IELTS;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...22 lines deleted...]
-            </w:hyperlink>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61CD00C2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 28 қаңтардағы № 95 бұйрығына сәйкес тізімге енгізілген біліктілікті арттыру ұйымдары іске асыратын білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 30068 болып тіркелген)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="32B03C0A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1F90C82B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23E0CA85" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5A3318D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01C620CB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="754CD3E8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="28E4C25F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="1F6A6963" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TOEFL;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5059C96A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрқайсысы бойынша жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="39ACBDDE" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="243418E3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DFC20AE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="105BD93D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C7E6CE8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2EA9B4CE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5924D4E0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3F8A0CCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="750771FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1985F0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="101D31B4" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7FE920C9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32FCC817" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7DAB87FD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2694D70D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="388CF8B6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="370AC625" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...27 lines deleted...]
-          <w:p w14:paraId="33604AAA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="132E2514" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe Zertifikat, "Python бағдарламалау негіздері", "Microsoft корпорациясымен жұмыс істеуге үйрету" бағдарламалары бойынша оқыту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C512443" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4DFB5884" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0DFE4E88" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4B0886FA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D9BC85D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="212F14B1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4C626FAD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2639850C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="77631C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсера</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="07B1E06D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="303C2258" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6DE86D6B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="25B0901B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E7F8C28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="70177299" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3E30A9F5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4E944474" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6BF4E428" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...27 lines deleted...]
-          <w:p w14:paraId="2CE1CFAA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2912ED22" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="562006C5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="35DD7C4F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E707322" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="08BA98B6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="01951BCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="798134E3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="50583F98" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD6E033" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="648C85EE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>TEFL Cambridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0A63E88F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFAED59" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6E827756" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4F4735B7" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF6ABAF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5AFDA64F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E2508E7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4FE1FF10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1DD365D4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="2C02E4E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"CELTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="51F63CAC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06142E77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="3D15ED5F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="26BAFBB1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E290AD1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="79E486F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2790AF0C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4F19C71B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74981EE5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2AF844E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0AE63899" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11773F10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="067BC67E" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="791E3026" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D401A4D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6E567596" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F3DA5B5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="05E9F5DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B0AF143" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7B89777F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5DD66F61" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63BA3207" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="7CAD722D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="06CC8879" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="557A729D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="162A1A71" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="558BDCA2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6845259C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="719C0665" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3FC0B33B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">DELTA (Diploma in Teaching English to Speakers of Other </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA8A4F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...20 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="7B683FAD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="56071303" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="250231C5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6F9C320B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="603C0B23" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5638B0A7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A841CDF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="57DDDCCB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="39548B14" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="756C47B0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="48CA2693" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="322604D4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="695FBFA3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="68713F77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1947D0B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5B9CAF37" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="731EEA06" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="24FABBE8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TKT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0404D774" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42076E7A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="001BF9E5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10736AFE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0E36C067" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="77940FEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="657FF194" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="06341247" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7863A383" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="16ADE82A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Knowledge Test"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="2184D63F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28B059D8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="6BE20C79" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="07DA17FF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C4E72D9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="36DC5C9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7898D28F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3ED960FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="19D2BD79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="346A3947" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="44BB98CF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A242631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="1C5C17A9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="0935006E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A055E8A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="54D73E38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B08B338" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="607AC71A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37D03214" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="61352BB3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="491DEEB9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDA6A83" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="0D421BE0" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4C45D02C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="140469D1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="515E3176" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="085C2BFB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="259C49DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="530FE060" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="77CAA6DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"TESOL"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="231F9273" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34701E43" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="2A3630F5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="73AAD21A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C34088A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D500E0A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33385765" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7337583E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="137D9F8D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D412EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Certificate in teaching English for young learners</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="555EA03D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38AA2DC6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="7D1AAE43" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="031B6C4B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7C00F6F3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7B4B3317" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C0EC136" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0EF3FF1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6D17150C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="418E6B20" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="298F64CC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FB08CEF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="46930F74" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="581D75C1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="039C3D79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4E1626F4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1BEF0B9F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="42E130D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9DA33C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="541B7C8C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="068C11C9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D85FBE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="4B7B6CA6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="4A294BAF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="12C4C144" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7D3B46B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2137054D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="661530B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56D32C45" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="55FA28DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="7E562FF9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78FE2DA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="7835889A" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="03CCD88F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59040C9F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D495C75" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B651452" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="726CACD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3FC93820" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4E2FF173" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Assessment for Learning: Formative Assessment in Science and Maths Teaching</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="257AEF28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="204EA2EB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="77B6BBC5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="080A4A4C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38C66931" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="649C887D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2EBE5059" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="642D197F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="561D2E1D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3138012B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Online Teaching for Educators: Development and Delivery</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="387EE8D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9194E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6CAE8ABF" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10127375" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="384E5B98" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0DD0FA10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="311CA6C5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2515F0FC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33369129" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="55CABDBA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Educational Management</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="4F6B9135" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DDD5BAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="306C9106" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="3DA8743C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7F0DC22F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2EE41C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DDF8E91" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0018FD68" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="146D3682" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="59BE2E36" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="3CD0C6EF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FFFA6A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="06CF79EF" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="4884B5A0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5004509F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0280047B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5095BB81" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="04389EA1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B47123E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0B2A45F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Курсы</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>на</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>платформе</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Coursera, Futute learn</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="109387DA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCA8CB4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5A94AFE2" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="728B050D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60858117" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2638A527" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7CB64331" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="66247D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="773CA7F5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="20EE3631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Teaching Mathematics with Technology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="6D045744" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA1C838" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="3FC63325" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A762748" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="152C4566" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5A4DB58A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5E6F1ACB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="723A45AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6763B52F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="408FCFD2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Special Educational Needs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="772ACB4D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68247A56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00193098" w14:paraId="1070C08B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="0031102D" w14:paraId="417A3A86" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31A4FB1E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="01CDE088" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="21427E39" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="522B800C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0EF11FC2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="69DC2081" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>"Developing expertise in teaching chemistry</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="535C2127" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD7E508" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="790899F6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E8425DB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50975323" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0923FFA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="585D39DC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4512418A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B818617" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="68692F9C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="0301D9AE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="265463C4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="319D8258" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B7161CD" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A076396" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7EACF941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="68844D94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ "С дипломом в село!", "Серпiн", педагог, направленный по молодежной практике Центром занятости населения</w:t>
+          <w:p w14:paraId="4CE32361" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36A109AC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...44 lines deleted...]
-              <w:t>плюс 3 балла</w:t>
+          <w:p w14:paraId="40D12850" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="33046A5E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="298AF82F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="779571BE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="029E3F2B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="57C1E484" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BE9F5E5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="44687D23" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="535FF110" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3B39718C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA42863" w14:textId="12EAEFD9" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="25C5D483" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidSect="00247927">
+    <w:p w14:paraId="45F07E74" w14:textId="29AFCB85" w:rsidR="00834E3A" w:rsidRDefault="00834E3A"/>
+    <w:sectPr w:rsidR="00834E3A" w:rsidSect="00834E3A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...689 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="00116848"/>
+    <w:rsid w:val="00147BCE"/>
+    <w:rsid w:val="00181A23"/>
+    <w:rsid w:val="001F3D7C"/>
+    <w:rsid w:val="00236B15"/>
+    <w:rsid w:val="0025038B"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="0031102D"/>
+    <w:rsid w:val="003174BF"/>
+    <w:rsid w:val="003B5701"/>
+    <w:rsid w:val="0049107F"/>
+    <w:rsid w:val="005870A4"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="006D1A78"/>
+    <w:rsid w:val="0072421B"/>
+    <w:rsid w:val="00746CF6"/>
+    <w:rsid w:val="00747DDB"/>
+    <w:rsid w:val="007A6C2A"/>
+    <w:rsid w:val="007B3B4F"/>
+    <w:rsid w:val="00834E3A"/>
+    <w:rsid w:val="00891390"/>
+    <w:rsid w:val="00952E9D"/>
+    <w:rsid w:val="009654B9"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="00A05967"/>
+    <w:rsid w:val="00A1741E"/>
+    <w:rsid w:val="00A64229"/>
+    <w:rsid w:val="00AB138C"/>
+    <w:rsid w:val="00AD1240"/>
+    <w:rsid w:val="00B270EF"/>
+    <w:rsid w:val="00BB2BC3"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C32595"/>
+    <w:rsid w:val="00C47643"/>
+    <w:rsid w:val="00C50CEC"/>
+    <w:rsid w:val="00C81C1E"/>
+    <w:rsid w:val="00C95952"/>
+    <w:rsid w:val="00CC30B4"/>
+    <w:rsid w:val="00CD317D"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00E11348"/>
+    <w:rsid w:val="00E547E5"/>
+    <w:rsid w:val="00F30E90"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B193A42"/>
-  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
+  <w14:docId w14:val="37D012BC"/>
+  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12676,51 +12474,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -12897,257 +12695,193 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95952"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5698"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C95952"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="530844431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="530996902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
-[...12 lines deleted...]
-    <w:div w:id="1933468713">
+    <w:div w:id="1776053175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13181,84 +12915,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -13389,88 +13125,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1844</Words>
-  <Characters>10514</Characters>
+  <Words>1793</Words>
+  <Characters>10225</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12334</CharactersWithSpaces>
+  <CharactersWithSpaces>11995</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Gulnar</dc:creator>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>