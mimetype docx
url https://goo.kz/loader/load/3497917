--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -1,13144 +1,17513 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7D42BF30" w14:textId="77777777" w:rsidR="00321427" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="034DCC98" w14:textId="77777777" w:rsidR="00036FAE" w:rsidRDefault="00036FAE" w:rsidP="00036FAE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00635CEC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">КГУ </w:t>
+        <w:t>«Павлодар қаласының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t xml:space="preserve"> №2</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="006D1A78">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Средняя общеобразовательная школа № </w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="0029406B">
+      <w:r w:rsidRPr="00635CEC">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>26</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> объявляет конкурс </w:t>
+        <w:t xml:space="preserve">  жалпы орта білім беру мектебі» КММ  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04AD9B63" w14:textId="08A7E427" w:rsidR="00321427" w:rsidRPr="004F2A50" w:rsidRDefault="00321427" w:rsidP="00321427">
+    <w:p w14:paraId="70AADD51" w14:textId="56BF27ED" w:rsidR="00036FAE" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="005870A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
-        <w:outlineLvl w:val="2"/>
+        <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidRPr="00AD1240">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орыс тілінде оқытатын математика мұғалімі лауазымына конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="005870A4" w:rsidRPr="00116848">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0072421B" w:rsidRPr="00116848">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">на </w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="008C4E33">
+      <w:r w:rsidR="00C32595">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">должность </w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="00321427">
+      <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">учителя </w:t>
+        <w:t xml:space="preserve"> бос орын</w:t>
       </w:r>
-      <w:r w:rsidR="008D22B7">
+      <w:r w:rsidR="0072421B" w:rsidRPr="00116848">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
-        </w:rPr>
-[...98 lines deleted...]
-          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10440" w:type="dxa"/>
+        <w:tblInd w:w="-437" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7481"/>
+        <w:gridCol w:w="505"/>
+        <w:gridCol w:w="2683"/>
+        <w:gridCol w:w="7252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="21849EE8" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00542A4B" w14:paraId="195F7939" w14:textId="77777777" w:rsidTr="006C3AC0">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1A343DDC" w14:textId="421A9185" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="0FAE6C39" w14:textId="786F749F" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6135E4E1" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="317A837A" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44129EB6" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006C3AC0">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-              <w:t xml:space="preserve"> города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының №26 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6730AC00" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="648453AB" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="543"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="132EDDB0" w14:textId="76012E6C" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="65F96AD4" w14:textId="5ECBE31D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="07FB6FAC" w14:textId="7BE880D0" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00321427">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C843157" w14:textId="3DB0A039" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="53F7DEF1" w14:textId="5BD42A39" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="006972A3">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>рналасқан жері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6665A6C7" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Пошталық мекенжайы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64BC07C4" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C82E47D" w14:textId="7F9535AB" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...23 lines deleted...]
-              <w:t>, Республика Казахстан, Павлодарская область,                                город Павлодар, улица Семенченко, 70</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>140011, Қазақстан Республикасы, Павлодар облысы,  Павлодар қаласы, Семенченко  көшесі, 70</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="4472A1ED" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="49D4B1AD" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="330"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3AD9BE3C" w14:textId="6CCD74E8" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="438AB32B" w14:textId="21539BA3" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="4E63CDD3" w14:textId="7648AB1B" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B084F9D" w14:textId="528A37AE" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...41 lines deleted...]
-              <w:t>8 (7182) 60-19-20</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>т</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>елефон  нөмірлері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48E30F74" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1692"/>
+                <w:tab w:val="left" w:pos="1872"/>
+                <w:tab w:val="left" w:pos="2052"/>
+                <w:tab w:val="left" w:pos="2592"/>
+                <w:tab w:val="left" w:pos="4397"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 (7182) 601920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="6BF1A3D1" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="4CDF4FC5" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="203"/>
+          <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="1D580DD5" w14:textId="56147069" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+          <w:p w14:paraId="7FB12032" w14:textId="1009107D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="5617553C" w14:textId="10C455BE" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00855F33">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492D2303" w14:textId="22C01E0B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...38 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>э</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лектрондық  пошта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A505E0" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="18"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>sosh26@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D77C62" w:rsidRPr="00DD085B" w14:paraId="5EED469A" w14:textId="77777777" w:rsidTr="00454850">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00542A4B" w14:paraId="78DF8D7B" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="321EA623" w14:textId="31C1E3DC" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00213146">
+          <w:p w14:paraId="23AD5B19" w14:textId="52735F4E" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5CD86BDF" w14:textId="77777777" w:rsidR="00D77C62" w:rsidRPr="00DD085B" w:rsidRDefault="00D77C62" w:rsidP="00454850">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8C8AEC" w14:textId="6C889761" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="00834E3A">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BA6C75" w14:textId="334A1784" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00AD1240" w:rsidP="00AD1240">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AD1240">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс тілінде оқытатын математика мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00831FBB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="006A6B3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5701" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>0</w:t>
-[...25 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="3AA0A1E6" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00542A4B" w14:paraId="62423F24" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1852"/>
+          <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2399F848" w14:textId="0739C74F" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="2CE62E60" w14:textId="3E6D610B" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="64D697CE" w14:textId="32B4CDAF" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="158DEBD3" w14:textId="11E7B25D" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="516058BE" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>н</w:t>
+            </w:r>
+            <w:r w:rsidR="00834E3A" w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>егізгі  функционалдық міндеттері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2739E7B4" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="783961F0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737ABC34" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="178A95C7" w14:textId="4C6F2A20" w:rsidR="0085010B" w:rsidRPr="00855F33" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="071596AE" w14:textId="46931299" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="720BCBF0" w14:textId="77777777" w:rsidTr="0085010B">
+      <w:tr w:rsidR="00834E3A" w:rsidRPr="00116848" w14:paraId="0C493527" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="1128"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcW w:w="505" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="073EE656" w14:textId="725046ED" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+          <w:p w14:paraId="51ECFAAC" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...8 lines deleted...]
-          <w:p w14:paraId="13172B2A" w14:textId="0CE3B326" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B59795F" w14:textId="77777777" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="4A357E69" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C238E1" w14:textId="77777777" w:rsidR="00B270EF" w:rsidRPr="00116848" w:rsidRDefault="00B270EF" w:rsidP="00B270EF">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="6E2145AF" w14:textId="28AC1CE4" w:rsidR="0085010B" w:rsidRPr="00213146" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="313E78C4" w14:textId="0F65A92C" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="006D1A78">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00882FD6">
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC16BD" w:rsidRPr="00DC16BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">205 639,14 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге;;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="7ADFAD64" w14:textId="5526EEE1" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+              <w:t>теңге;;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44ABC249" w14:textId="6C2110E8" w:rsidR="00834E3A" w:rsidRPr="00116848" w:rsidRDefault="00834E3A" w:rsidP="00A64229">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...12 lines deleted...]
-            <w:r w:rsidR="00882FD6">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DC16BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>253 951,96</w:t>
             </w:r>
-            <w:r w:rsidRPr="00213146">
+            <w:r w:rsidR="00DC16BD" w:rsidRPr="00213146">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:color w:val="FF0000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00116848">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="FF0000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="423FFEC1" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="5A18D0B3" w14:textId="5AA452A4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00542A4B" w14:paraId="18346FA7" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="516473D2" w14:textId="30ECAE26" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="050B4B1B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BC202D" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-          <w:p w14:paraId="1D4D09C0" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6D2B0C80" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="2803F05D" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қойылатын біліктілік талаптары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42327C15" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="3A28DA9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25CF1BCE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...10 lines deleted...]
-          <w:p w14:paraId="0A1E2A0E" w14:textId="4C573656" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="48B30E32" w14:textId="156A7013" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="1FEA9F7B" w14:textId="77777777" w:rsidTr="00D77C62">
+      <w:tr w:rsidR="00746CF6" w:rsidRPr="00635CEC" w14:paraId="65D706A1" w14:textId="77777777" w:rsidTr="00746CF6">
         <w:trPr>
-          <w:trHeight w:val="105"/>
+          <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="461" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C1CF746" w14:textId="30018F14" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="505" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EAC2B31" w14:textId="2ACE7D1B" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00834E3A" w:rsidP="00746CF6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E470501" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E01C242" w14:textId="77777777" w:rsidR="00746CF6" w:rsidRPr="00635CEC" w:rsidRDefault="00746CF6" w:rsidP="00746CF6">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...16 lines deleted...]
-          <w:p w14:paraId="3597E9A1" w14:textId="1F37C888" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0084166C" w:rsidP="0084166C">
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44860E15" w14:textId="6E3298CB" w:rsidR="00746CF6" w:rsidRPr="00C32595" w:rsidRDefault="00542A4B" w:rsidP="00542A4B">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>04</w:t>
             </w:r>
-            <w:r w:rsidR="00B12892">
+            <w:r w:rsidR="00C32595">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0056529D">
+            <w:r w:rsidR="00C50CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32595">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00C32595">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00C50CEC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00B12892">
-[...19 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidR="00C32595">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
+            </w:r>
+            <w:r w:rsidR="00746CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:r w:rsidR="00746CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="0056529D">
-[...22 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="6E5C4D84" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="06F4EAEF" w14:textId="50A192D4" w:rsidR="0085010B" w:rsidRPr="002018D2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00542A4B" w14:paraId="1A0CF6EC" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="052647E0" w14:textId="4065E4DF" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7CE57D9B" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28A019BE" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6C335013" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>заявление</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0793E9B5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50798185" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұрғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="606AB111" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">4) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>копии документов об образовании</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7817CCA3" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> трудовую деятельность</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="441285E5" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
-[...32 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="15A785A0" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) справку</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>с психоневрологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="085B9EC8" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="56BE0006" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>справку с наркологической организации</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DE715E1" w14:textId="77777777" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="5213C929" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>сертификат</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>прохождения сертификации</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">действующей </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>категории не ниже педагога-модератора</w:t>
-[...13 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C1901B6" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...332 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">пән бойынша шекті деңгейі кемінде 90% </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сертификаттау нәтижелері туралы сертификаты немесе педагог-модератордың немесе педагог-сарапшының, немесе педагог-зерттеушінің немесе педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе Celta сертификаты (Certificate in English Language Teaching to Adults. Cambridge) pass a; Delta (Diploma in English Language Teaching to Adults) Pass and above немесе IELTS (IELTS) – 6,5 балл; немесе TOEFL (TOEFL) (интернетке негізделген тест (IWT)) - 60-65 балл; болу керек.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="46637876" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
-[...75 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>11) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="40C8D067" w14:textId="77777777" w:rsidR="0085010B" w:rsidRPr="005763A2" w:rsidRDefault="0085010B" w:rsidP="0085010B">
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+          <w:p w14:paraId="71111C6F" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:sz w:val="21"/>
-[...33 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...31 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BCD9D00" w14:textId="387CB8CC" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бейнепрезентациясы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-              </w:rPr>
-[...16 lines deleted...]
-                <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0085010B" w:rsidRPr="00DD085B" w14:paraId="7777B5F0" w14:textId="77777777" w:rsidTr="00D77C62">
-[...4 lines deleted...]
-          <w:p w14:paraId="10E2AD7B" w14:textId="1FBBE863" w:rsidR="0085010B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+      <w:tr w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w14:paraId="7631880F" w14:textId="77777777" w:rsidTr="00746CF6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="505" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E698130" w14:textId="3FB5A5DE" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2372" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6325FA8F" w14:textId="579E2BCE" w:rsidR="0085010B" w:rsidRPr="00DD085B" w:rsidRDefault="0085010B" w:rsidP="0085010B">
+            <w:tcW w:w="2683" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="308E1D41" w14:textId="77777777" w:rsidR="00BB2BC3" w:rsidRPr="00635CEC" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-              <w:jc w:val="both"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00635CEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уақытша бос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7252" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5705022E" w14:textId="29FDF242" w:rsidR="00BB2BC3" w:rsidRPr="00CC30B4" w:rsidRDefault="00BB2BC3" w:rsidP="00BB2BC3">
+            <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6616B17E" w14:textId="77777777" w:rsidR="00D917D6" w:rsidRDefault="00D917D6">
-[...17 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="581F764C" w14:textId="77777777" w:rsidR="007A6C2A" w:rsidRDefault="00834E3A">
       <w:r>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10347" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5387"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="79A6EDBD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B17C7B7" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F2062F9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="606359C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:bookmarkStart w:id="1" w:name="_Hlk146879965"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2881D12F" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="5E7769B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z425"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261EEC65" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B5F958B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CF8A779" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 15-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A3DACB8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="06037347" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7E658435" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13FB53F7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="6A558C26" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2BD0D837" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6EEE7162" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="z426"/>
+            <w:bookmarkEnd w:id="3"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>государственный орган,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурс жариялаған, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C80A5CD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> орган</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t>объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4D6A0E3C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="178DE42F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78B0EA69" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3977AD86" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>______________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>___________________</w:t>
+        <w:br/>
+        <w:t>кандидаттың Т.А.Ә (бар болған жағдайда), ЖСН</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>(лауазымы, жұмыс орны)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>_________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:br/>
+        <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>________</w:t>
+        <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-[...73 lines deleted...]
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t>Нақты тұрғылықты жері, тіркелген мекенжайы, байланыс телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="361DBD73" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3F48CE56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Заявление</w:t>
+        <w:t xml:space="preserve">Өтініш </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DF9AFA2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="67209F38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>      Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
-[...10 lines deleted...]
-        <w:t>должности (нужное подчеркнуть)_____________________________________________________________________</w:t>
+        <w:t>      Мені бос/уақытша бос лауазымға орналасуға конкурсқа жіберуіңізді сұраймын (қажеттісін атап өту керек) _________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5ED39EEF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="69890959" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>В настоящее время работаю _________________________________________________________________________</w:t>
+        <w:t>білім беру ұйымдарының атауы, мекенжайы (облыс, аудан, қала \ ауыл)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>Қазіргі уақытта жұмыс істеймін ______________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымы, ұйымның атауы, мекен-жайы (облыс, аудан, қала \ ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мен өзім туралы келесі мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білімі: жоғары немесе жоғары оқу орнынан кейінгі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="778522CB" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="49388BA6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10057" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3678"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BF6E6C8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3E8D0E52" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4994BC22" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="195243DC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
-            </w:r>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A023DE3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="04021FA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
-            </w:r>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="730D2FFD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="6083E24A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="093569FA" w14:textId="77777777" w:rsidTr="005C6F76">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C22FC29" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3678" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2A0079D3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="446B26AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F4E4E18" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5DB767E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-          <w:p w14:paraId="451B18FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="601902F2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="2D120E63" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A92E072" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="3502D7B2" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2FB949C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="7752C3A9" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="72506BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="6FE0DAEA" w14:textId="77777777" w:rsidR="005C6F76" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="124191E5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...2 lines deleted...]
-          <w:p w14:paraId="4B013AB1" w14:textId="753DFAB6" w:rsidR="005C6F76" w:rsidRPr="00FE63EC" w:rsidRDefault="005C6F76" w:rsidP="00885D38">
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7886B111" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6243BFD3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="612F4ED8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="45308A0F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>      Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
-        <w:t>____________________________________________________________</w:t>
+        <w:t>__________________________________________________________________________________________________</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t>Педагогикалық</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Стаж педагогической работы: ______________________________</w:t>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________________________</w:t>
+        <w:t xml:space="preserve"> өтілі:________________________________________________________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>Менде</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Имею следующие результаты работы: ___________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>________________________________</w:t>
+        <w:t>келесі</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_____________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>Награды, звания, степень, ученая степень, ученое звание,</w:t>
+        <w:t>жұмыс</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>а также дополнительные сведения (при наличии)__________________________</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>_________________</w:t>
+        <w:t>нәтижелері</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>____________</w:t>
+        <w:t xml:space="preserve"> бар:________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Марапаттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EF0A90E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="722D4121" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D288D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21927034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="27C7FF73" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09E746F2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3E9FA3DD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«___</w:t>
+        <w:t>20___</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_»_____________20___</w:t>
+        <w:t>_»_____________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_____________________________</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>подпись</w:t>
+        <w:t>қолы</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01ED06D2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="0D5E1AE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+    </w:p>
+    <w:p w14:paraId="6E3A9336" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9922" w:type="dxa"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="4960"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DF19A63" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="48B96F18" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D2B55F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...1 lines deleted...]
-              <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="582E7E85" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FE63EC">
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="028CEC7A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-            <w:pPr>
+          <w:p w14:paraId="0AB8908F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...78 lines deleted...]
-            <w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="4" w:name="z432"/>
+            <w:bookmarkEnd w:id="4"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="658E6210" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...13 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ірінші басшылары мен педагогтерін</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2254EEC9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F5948DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қағидаларына 16-қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F4D612A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="26954D0B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28BC9F68" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="0CE7CC3B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+        <w:t>Педагогтің</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:br/>
-        <w:t>____________________________________________________________________________</w:t>
+        <w:t xml:space="preserve"> бос </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FE63EC">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
         <w:br/>
-        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>тегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BF2BAE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="470"/>
         <w:gridCol w:w="2649"/>
         <w:gridCol w:w="3255"/>
         <w:gridCol w:w="3549"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="560CABB5" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="46C22111" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="673C31A5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="3392A51D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B49711E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1BD50D6C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Критерийлер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B854E23" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5770B170" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64135E11" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Кол-во баллов</w:t>
+          <w:p w14:paraId="1954014A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Балл сандары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="0D7D1223" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4EFC0109" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F24306C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="207B50F6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6A6267C3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="35DDA14B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5C339D72" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="12818F5E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="432C170C" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+          <w:p w14:paraId="0F65C9D1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1-ден 20-ға дейін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54EE55D1" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="73688F0D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="122D75FA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="34C09342" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7513A034" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w14:paraId="5ADE0E69" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CF5E76D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="13DBBE45" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломның және дипломға қосымшаның көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50BBEFE0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Техническое и профессиональное = 1 балл</w:t>
+          <w:p w14:paraId="701F14A9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="49D24573" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33E605E3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="565F0CEA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="0D44E913" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="177F4C9E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="27AE416A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09AB1A8D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="63104C3C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04263BD6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Высшее очное = 2 баллов</w:t>
+          <w:p w14:paraId="034973A4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="553F8954" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1826F17E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22BF3C46" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1A7CAEDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1D7807B3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="3C4CECCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20CC0F55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="6E24C411" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4F74F749" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Высшее очное с отличием = 3 балла</w:t>
+          <w:p w14:paraId="1382B358" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6E85A16E" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2E9749C0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0184453E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="290B1CEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A611A50" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2A61AC1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A3B5126" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="001452E4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20A4D4D5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Магистр = 5 баллов</w:t>
+          <w:p w14:paraId="26BCA875" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="423BE6BB" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="02077555" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="178EDFB1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00FE63EC">
+          <w:p w14:paraId="7CF52988" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64473DFD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C220F38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61AE97EE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5F638E37" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="732CF89F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4AD531" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14E172B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27FAE658" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A9C0F9E" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0953C26E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D569F65" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2DD0B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BABD877" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ғылыми к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="07D46AD4" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="300FF7B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9E0C3A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жұмыс өтілі жоқ үміткерлер үшін сертификаттау нәтижелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D47FF7D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6E211FF8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="20F86098" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B12F2B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F592E6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="08113B54" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="181DBAB8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4790D6F8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A93D5CB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="347D7D3A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D39E18D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="408EC300" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FDBBC9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BDF4579" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F791184" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="12A1D7C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65E003F9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5E054C02" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C41DFCB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="563313E9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="008FAF16" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="233C7F83" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62F497FC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C778A41" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>уәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70FFD0C1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5194ABFA" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="739E7105" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2062C9CD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="08E4700E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAB6D80" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="734C5356" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F9685EA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9C31A8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F29D717" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="332D7E20" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жоғары санат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6B48AE4C" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5225EF8B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="14639784" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB86BA2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D060708" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="455BAFDF" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E538521" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45273601" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4F973D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6469AE96" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="179861D3" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6976CFC2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0D25D6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="29714CD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9DECF5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="57169E04" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BEDA801" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77530BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47F59E7C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34CDD2A4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="77FAD958" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="19B8E163" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="64AB55F3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1C0D33F4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="418EE7F7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2265BDC8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="342E6D56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="74254140" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54451941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79E6A6C1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="209839A5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AE8286A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07632A33" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0256A925" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="51A38FE9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0AD4C294" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Еңбек кітапшасы/ еңбек қызметін растайтын басқа да құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F396595" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әдіскер (лауазымдық  жұмыс өтілі кемінде 2 жыл) =  1 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="6C87A0B5" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D710B76" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24D1AFDF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B54B72F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C045041" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директордың орынбасары (лауазымдық жұмыс өтілі кемінде 2 жыл) = 3 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="46CFA5D1" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2D2A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21C270CB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6DEE9E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0367F932" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>директор (лауазымдық  жұмыс өтілі кемінде 2 жыл) = 5 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5C40F96A" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="780"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="271914AD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="083AEAD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57502A92" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="397E1588" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="350CCADD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Алғаш рет жұмысқа тұрған педагогтер үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46CF4C90" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19B906B5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A4311C9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A0E4987" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01277D0A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тәжірибенің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F49690" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="613A3301" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43AD3A6A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67A6C55A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03EE0D87" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E89A2DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="77A11515" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="750"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10C3A015" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F283DF9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w14:paraId="3BE0FCA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Бұрынғы жұмыс орнынан (педагог лауазымы бойынша) немесе оқу орнынан ұсыныс хат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25DE6DE6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="41486C67" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат (конкурсты өз бетінше жариялаған білім беру ұйымы соңғы жұмыс/оқу орны бойынша ұйымға/оқу мекемесіне өтініш жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="612ACE5E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="127382F0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оң ұсыныс хатының болуы = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7472EAA8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="799E4257" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E77F20A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F0F7412" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="79B2AFC0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5EE48BBD" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="570D52F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00D1AA28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="353464BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06796181" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Доктор наук = 10 баллов</w:t>
+          <w:p w14:paraId="36095112" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>теріс ұсыныс хатының болуы = 3 балға аз</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="6A048508" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="059FDD05" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
-[...206 lines deleted...]
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="780"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="10F7C84D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>4.</w:t>
+          <w:p w14:paraId="7A8D1C95" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CCBE2BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="128E6DC1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04C66722" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="7D152EB2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A6F45DA" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>2 категория = 1 балл</w:t>
+          <w:p w14:paraId="30AD5B99" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="22708D9B" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="005BC6C3" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60EEB386" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="406A0A0D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F105D8E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71E1D957" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="2395534B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CF30C71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5BE4C688" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23312E55" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="72A1493D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="006AF61E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>1 категория = 2 балла</w:t>
+          <w:p w14:paraId="30839EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="446CF8E5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>байқаулардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жүлдегерлері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="772F5498" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="739BF59E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52F52955" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="32A91F84" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="223F85CC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1D2AD86E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E48BAB3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0FBDC6C3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7ECF4C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="127" w:right="127"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсына қатысушы = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61E39A1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7B366CCD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="3635ACAB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DCD36E3" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="412A993F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="74BFA36A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="1A45E0A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7EBB86FC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-модератор = 3 балла</w:t>
+          <w:p w14:paraId="05C732B2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45F07E9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Үздік педагог» конкурсының жеңімпазы = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="48A57543" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5AC62DF9" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="71F8ED08" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="442DE3FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75AA2FC8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2F8FCF14" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73A98021" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...84 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="3B080344" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06BABDD6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Педагог-исследователь = 7 баллов</w:t>
+          <w:p w14:paraId="3D7208BE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Қазақстан еңбек сіңірген ұстазы» медаль иегері = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4F34E52F" w14:textId="77777777" w:rsidTr="00885D38">
-[...89 lines deleted...]
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="32588E19" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E3F99B3" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3B492D71" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>5.</w:t>
+          <w:p w14:paraId="7FDE9833" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1981C834" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="22EA271E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0BEB7488" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="62E23595" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1B2E8D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63F5DD21" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6A311F17" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7982A8F7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2499165A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FFB2FAC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02609D13" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F768F3C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1261C685" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C099F01" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2825B62B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49CA4A11" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="70883BB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="35682856" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77E03618" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F88222A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54939161" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шығармалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C3D1446" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61C7E2D9" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38F81A74" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="211BB759" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F5597B1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51A92A48" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">РОӘК </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="61DE2C02" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="1035"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C567EBD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4905AF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="656BC910" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="730D5761" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">БҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="35FF1B5D" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="234B27AA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="153D5D8E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E3ADE49" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="636E7E38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20ED132C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="420536E2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5D1742E8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="606EB112" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="118BE3DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EB19DCE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3EFFBFBA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="746B1EE1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C8C958C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="485206C8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0DDB0837" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26D6EC7D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1E3B4E54" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6438BAF7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F697663" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3BEF99F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71F194A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BDFDBC6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тәлімгер = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="33CFDB27" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16C98FDC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA0B2ED" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28FD1D4B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11598F01" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ӘБ басшысы = 2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4498672E" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48172D13" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3C291DCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10690A88" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28C5BAB4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 тілде сабақ беру, орыс/қазақ = 2 балл;             </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6C45CC31" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25BB16BF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1564585C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="459E7306" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6AAF9075" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>шетел/орыс немесе шетел/қазақ = 3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6DC72B78" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB75F06" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31C54053" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77416D24" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2404F8BD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 тілде сабақ беру (қазақ, орыс, шетел) = 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="6EB914C0" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CDB9F5F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01611B13" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="607DADE4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05586546" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="5084EE60" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>пәндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B31D8D8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Методист (стаж в должности не менее 2 лет) = 1 балл</w:t>
+          <w:p w14:paraId="16B9BDF5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ПШО, НЗМ, «Өрлеу» курстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="7F82E6DA" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="13B2137E" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D5E0528" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF8AFAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2177E853" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10186A48" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="24D7D831" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="31A27941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41127A18" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7CE2CF7E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="243F20BE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>тар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10A30CEA" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="3900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="078D8800" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA72451" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="362919BC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IELTS;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61CD00C2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2016 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 28 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 95 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізімге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нормативтік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>құқықтық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № 30068 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>тіркелген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1F90C82B" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3318D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="754CD3E8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6A6963" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TOEFL;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5059C96A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>= 0,5 балл (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>әрқайсысы бойынша жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="243418E3" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="105BD93D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA9B4CE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8A0CCA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E1985F0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="7FE920C9" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="780"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAB87FD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="388CF8B6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="132E2514" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>", "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>корпорациясымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>істеуге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үйрету</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C512443" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0DFE4E88" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D9BC85D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C626FAD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77631C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="303C2258" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="25B0901B" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70177299" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E944474" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2912ED22" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Халықаралық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="562006C5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="1E707322" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="01951BCD" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50583F98" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="648C85EE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DFAED59" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4F4735B7" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFDA64F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE1FF10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C02E4E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"CELTA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06142E77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="26BAFBB1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A503568" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="79E486F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="421D8A38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="4F19C71B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48339FB6" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="2AF844E1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(Certificate in Teaching English to Speakers of Other Languages)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11773F10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2AAE2B71" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="791E3026" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BDF32F4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="6E567596" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1CB29AED" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="05E9F5DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B89777F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="63BA3207" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="06CC8879" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AEE393D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="162A1A71" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6845259C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7016830B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...28 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="3FC0B33B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76C55DFF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5EA8A4F1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="56071303" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9C320B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5638B0A7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CB3F893" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...23 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="57DDDCCB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F53D978" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...45 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="756C47B0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="14C18B10" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="322604D4" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7D4473A7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="68713F77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4615BB83" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="5B9CAF37" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24FABBE8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"TKT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42076E7A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10736AFE" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4AC77585" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="77940FEE" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="06341247" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60F43C7E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...28 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="16ADE82A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Knowledge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Test</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="60009DC2" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...103 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="28B059D8" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5F2FEF83" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="07DA17FF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F345DAF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="36DC5C9A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36FAD2C0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...118 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3ED960FA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5305DAAC" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="346A3947" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22A2D506" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6A242631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="10A9E7C9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="0935006E" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49C6DB1B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="54D73E38" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CD07685" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="607AC71A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="145FB2BF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="61352BB3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3659088D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4FDA6A83" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="436D61EC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4C45D02C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="612DC656" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="515E3176" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="341EB38D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="259C49DF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18DAE7B1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="77CAA6DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20F71F02" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="34701E43" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="5BFC83C9" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="73AAD21A" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="56527E8A" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="2D500E0A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35CD4BE0" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="7337583E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1FE49EC1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="2D412EB9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="20AB0571" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="38AA2DC6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="18128FE6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="031B6C4B" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="015897A8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7B4B3317" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3EBEAF25" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0EF3FF1B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3451F13D" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="418E6B20" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46A08B73" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0FB08CEF" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="1BED1C2D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="581D75C1" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1B272B38" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="4E1626F4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48B1D3D1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="42E130D7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6917D5E9" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...13 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="541B7C8C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>IHCYLT - International House Certificate In Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52763571" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...97 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3D85FBE6" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="57C7BC25" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="4A294BAF" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3B46B9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="661530B3" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="725EA1F1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...23 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="55FA28DB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33779236" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...74 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="78FE2DA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="54A047C6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="03CCD88F" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2489B567" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2D495C75" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="520101B7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="726CACD9" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="531B2D28" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="4E2FF173" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="204EA2EB" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="16ED92FC" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="080A4A4C" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="1035"/>
+          <w:trHeight w:val="525"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="23EE5484" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="649C887D" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="092D20C7" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="642D197F" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C356196" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="3138012B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9194E7" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2395ACB7" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="10127375" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD0FA10" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2515F0FC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="332C78B5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...23 lines deleted...]
-            <w:vMerge w:val="restart"/>
+          <w:p w14:paraId="55CABDBA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C1F8335" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="5DDD5BAA" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="3DA8743C" w14:textId="77777777" w:rsidTr="00E01F98">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="470" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EE41C28" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2649" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0018FD68" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FF95EB8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="59BE2E36" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CB3AA36" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6FFFA6A1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="794F7EBD" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="4884B5A0" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="400FACD1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0280047B" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="34659A94" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="04389EA1" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="35542D02" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0B2A45F5" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6FCA8CB4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="685F645D" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="728B050D" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79BE10C4" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="2638A527" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0B963601" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...6 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="66247D77" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1E8ED3C8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="20EE3631" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA1C838" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2DAABFC8" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="5A762748" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2E9A3348" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="5A4DB58A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6CAE0F6B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="723A45AC" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4A5B5A79" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="408FCFD2" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68247A56" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="4887647C" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00542A4B" w14:paraId="417A3A86" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="525"/>
+          <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0A8C1DBF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="01CDE088" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C5DE3CE" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="522B800C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
-            <w:vMerge/>
-[...17 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0AE32ECF" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="69DC2081" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>"Developing expertise in teaching chemistry</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3CD7E508" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="2846EBE4" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="0E8425DB" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0923FFA0" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4512418A" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2355F168" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="68692F9C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="331ADAC1" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...37 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="265463C4" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="38AE9DF6" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="4B7161CD" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
-          <w:trHeight w:val="300"/>
+          <w:trHeight w:val="2055"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="470" w:type="dxa"/>
-            <w:vMerge/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EACF941" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2649" w:type="dxa"/>
-            <w:vMerge/>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="bottom"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE32361" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты бойынша білім алған жоғары және жоғары оқу орнынан кейінгі білім беру ұйымының түлегі, «Дипломмен ауылға!», «Серпін» мемлекеттік бағдарламаларының қатысушысы, Жұмыспен қамту орталығы жастар тәжірибесі бойынша жіберілген педагог</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3255" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C6442B8" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...22 lines deleted...]
-            <w:tcW w:w="3544" w:type="dxa"/>
+          <w:p w14:paraId="40D12850" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру гранты иегерінің сертификаты, келісім-шарты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3549" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D60767E" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>= 0,5 балла</w:t>
+          <w:p w14:paraId="33046A5E" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3 балл қосылады</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="3CB09FED" w14:textId="77777777" w:rsidTr="00885D38">
-[...3338 lines deleted...]
-      <w:tr w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w14:paraId="298AF82F" w14:textId="77777777" w:rsidTr="00885D38">
+      <w:tr w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w14:paraId="779571BE" w14:textId="77777777" w:rsidTr="00E01F98">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3119" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="029E3F2B" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+          <w:p w14:paraId="57C1E484" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00BF2BAE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BE9F5E5" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRPr="00FE63EC" w:rsidRDefault="00FC23E2" w:rsidP="00885D38">
+          <w:p w14:paraId="44687D23" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00E01F98">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="1"/>
     </w:tbl>
-    <w:p w14:paraId="535FF110" w14:textId="77777777" w:rsidR="00FC23E2" w:rsidRDefault="00FC23E2" w:rsidP="00FC23E2">
+    <w:p w14:paraId="3B39718C" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FA42863" w14:textId="12EAEFD9" w:rsidR="00D77C62" w:rsidRDefault="00D77C62">
+    <w:p w14:paraId="25C5D483" w14:textId="77777777" w:rsidR="00147BCE" w:rsidRPr="00BF2BAE" w:rsidRDefault="00147BCE" w:rsidP="00147BCE">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D77C62" w:rsidSect="00247927">
+    <w:p w14:paraId="45F07E74" w14:textId="29AFCB85" w:rsidR="00834E3A" w:rsidRDefault="00834E3A"/>
+    <w:sectPr w:rsidR="00834E3A" w:rsidSect="00834E3A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="737" w:right="794" w:bottom="737" w:left="1077" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="539" w:right="566" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...21 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...12 lines deleted...]
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...657 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F410E4"/>
-[...688 lines deleted...]
-    <w:rsid w:val="00FF7747"/>
+    <w:rsidRoot w:val="00D81C5D"/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rsid w:val="00063396"/>
+    <w:rsid w:val="00116848"/>
+    <w:rsid w:val="00147BCE"/>
+    <w:rsid w:val="00181A23"/>
+    <w:rsid w:val="001F3D7C"/>
+    <w:rsid w:val="0025038B"/>
+    <w:rsid w:val="002F097F"/>
+    <w:rsid w:val="003174BF"/>
+    <w:rsid w:val="003B5701"/>
+    <w:rsid w:val="0049107F"/>
+    <w:rsid w:val="00542A4B"/>
+    <w:rsid w:val="005870A4"/>
+    <w:rsid w:val="00625E1A"/>
+    <w:rsid w:val="00642E67"/>
+    <w:rsid w:val="006A6B3A"/>
+    <w:rsid w:val="006A7DD0"/>
+    <w:rsid w:val="006D1A78"/>
+    <w:rsid w:val="0072421B"/>
+    <w:rsid w:val="00746CF6"/>
+    <w:rsid w:val="00747DDB"/>
+    <w:rsid w:val="007A6C2A"/>
+    <w:rsid w:val="00831FBB"/>
+    <w:rsid w:val="00834E3A"/>
+    <w:rsid w:val="00952E9D"/>
+    <w:rsid w:val="009654B9"/>
+    <w:rsid w:val="009A4F01"/>
+    <w:rsid w:val="00A05967"/>
+    <w:rsid w:val="00A1741E"/>
+    <w:rsid w:val="00A64229"/>
+    <w:rsid w:val="00AB138C"/>
+    <w:rsid w:val="00AD1240"/>
+    <w:rsid w:val="00B270EF"/>
+    <w:rsid w:val="00BB2BC3"/>
+    <w:rsid w:val="00C06D6F"/>
+    <w:rsid w:val="00C32595"/>
+    <w:rsid w:val="00C50CEC"/>
+    <w:rsid w:val="00C81C1E"/>
+    <w:rsid w:val="00C95952"/>
+    <w:rsid w:val="00CC30B4"/>
+    <w:rsid w:val="00CD317D"/>
+    <w:rsid w:val="00D81C5D"/>
+    <w:rsid w:val="00DC16BD"/>
+    <w:rsid w:val="00E11348"/>
+    <w:rsid w:val="00E547E5"/>
+    <w:rsid w:val="00F30E90"/>
+    <w:rsid w:val="00F948EC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B193A42"/>
-  <w15:docId w15:val="{21C695DB-F4B4-4333-AD0D-D4A1AAB00AF5}"/>
+  <w14:docId w14:val="37D012BC"/>
+  <w15:docId w15:val="{7BE26AFE-CFD8-4F10-AA72-596E0A694D9F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13258,51 +17627,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -13479,257 +17848,193 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00036FAE"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C95952"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-[...48 lines deleted...]
-    <w:rsid w:val="00E702C2"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00036FAE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...1 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
-  </w:style>
-[...31 lines deleted...]
-    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a9">
-    <w:name w:val="Placeholder Text"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00AC5698"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C95952"/>
     <w:rPr>
-      <w:color w:val="808080"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="36"/>
+      <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="335617763">
+    <w:div w:id="530844431">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1190070608">
+    <w:div w:id="530996902">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1199471041">
-[...12 lines deleted...]
-    <w:div w:id="1933468713">
+    <w:div w:id="1776053175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="file:///C:\rus\docs\V2200030068" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13763,84 +18068,86 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -13971,88 +18278,74 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1844</Words>
-  <Characters>10515</Characters>
+  <Words>1793</Words>
+  <Characters>10226</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>85</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Home</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12335</CharactersWithSpaces>
+  <CharactersWithSpaces>11996</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
-  <dc:creator>Gulnar</dc:creator>
+  <dc:subject/>
+  <dc:creator>Бахытнур</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>