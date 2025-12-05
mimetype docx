--- v0 (2025-12-05)
+++ v1 (2025-12-05)
@@ -1,8821 +1,10046 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="7C8D2C68" w14:textId="749E0CC7" w:rsidR="00A97F6B" w:rsidRPr="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
-[...25 lines deleted...]
-    <w:p w14:paraId="4EED968E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="49743E96" w14:textId="47448922" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A97F6B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>№6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» объявляет конкурс на должность </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>педагога-ассистента</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>русским языком обучения (</w:t>
+      </w:r>
+      <w:r w:rsidR="00264651">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">орыс  тілінде оқытатын педагог-ассистент лауазымына </w:t>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вакантные ставки)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB59A55" w14:textId="08C4E190" w:rsidR="00A97F6B" w:rsidRPr="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="0B91E13A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:lang w:val="kk-KZ"/>
-[...39 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="514"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="6627"/>
+        <w:gridCol w:w="392"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="7371"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="6380D346" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="103006EA" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="66C111E4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="767A34A6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17D832F2" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4942C88E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...15 lines deleted...]
-          <w:p w14:paraId="5C271C98" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование организации образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2214B9FE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының </w:t>
+              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">№6 </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00EC773A">
+              <w:t>№6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C800AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
+              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w14:paraId="66829492" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="0152A431" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="60361F63" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="1D85F6FB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="175EF594" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3760C8F6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="30FFF5B9" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>местонахождения, почтового адреса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="170A4DAD" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы,                 Павлодар қаласы, </w:t>
+              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Генерал Смағұлов </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>Генерала Смагулова</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> көшесі, </w:t>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w14:paraId="3065E427" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="4F25A92D" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="328"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3A8A8120" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="5A71A412" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6E888B87" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B03030" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="075DB142" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>номеров телефонов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06358B17" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>8</w:t>
+              <w:t>8 (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t> 777-678-45-99</w:t>
+              <w:t>777</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>78</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>99</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w14:paraId="306B1FED" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="60F53EDD" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="4FEE8854" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="72D8098C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0CF0E865" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F336C5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...23 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>адреса электронной почты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61890798" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="00417D4E" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:r w:rsidRPr="00417D4E">
               <w:t>sosh6@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="002119B3" w14:paraId="3C108F6A" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="6A265C68" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="18B498C6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="3B798CA9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="635596F4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41160A35" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="658D033A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059272CB" w14:textId="090249EF" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Педагог-ассиистент 1 мөлшерлеме</w:t>
-[...23 lines deleted...]
-            </w:r>
+              <w:t>Педагог-ассистент с русским</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> языком обучения,  </w:t>
+            </w:r>
+            <w:r w:rsidR="00264651">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>став</w:t>
+            </w:r>
+            <w:r w:rsidR="00264651">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E4A798F" w14:textId="2B4DBDF0" w:rsidR="007C7ECF" w:rsidRPr="00F63465" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="71ECBD6A" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="68A6ACEF" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="625AB68A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="5CB3EC7A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D19AE97" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D83F755" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="6D4BA441" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>основные функциональные обязанности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB4711D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="09E943CF" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727219">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>психолого-педагогическое сопровождение ребенка с особыми образовательными потребностями по рекомендации психолого-медико-педагогической консультации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07643B7B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="54DB08C8" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727219">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>помощь детям с особыми образовательными потребностями во время организованной учебной и иной деятельности в организации образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">;  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B4A9E46" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727219">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>осуществляет наблюдение и ведет сбор данных о ребенке с особыми образовательными потребностями в процессе обучения, воспитания и развивающей работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="023D8C0B" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="5F10F250" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="638"/>
+          <w:trHeight w:val="639"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcW w:w="392" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="222B86C4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="5D452DEE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7ADDDF65" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FFECE3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="2CD02FDC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>размер и условия оплаты труда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="122F89BF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...31 lines deleted...]
-          <w:p w14:paraId="49C8E2AA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44C43097" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          <w:p w14:paraId="3AAC6222" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- среднее специальное образование( min): 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">00 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>258 тенге;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3588E048" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> 626,94  теңге</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее образование (min): 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 626 тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="5582B8DC" w14:textId="77777777" w:rsidTr="001376EE">
-[...4 lines deleted...]
-          <w:p w14:paraId="0E3245BC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="0A9DC87A" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="282CBDD5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="39A9F891" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="577B54E4" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-          <w:p w14:paraId="48B1B728" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="317497BB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...14 lines deleted...]
-          <w:p w14:paraId="64CC4342" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60ED9FCC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="0B3D30FE" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование или иное профессиональное образование или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17183E29" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...10 lines deleted...]
-          <w:p w14:paraId="458D36F9" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="181577B3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...7 lines deleted...]
-              <w:t>- және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл.</w:t>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w14:paraId="08C31ABC" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="12FAB7ED" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="35086D55" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62209782" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_Hlk152337886"/>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="376EB712" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17612FFE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...16 lines deleted...]
-              <w:spacing w:line="345" w:lineRule="atLeast"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок приема документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="067AEDFB" w14:textId="3E2A94BD" w:rsidR="007C7ECF" w:rsidRPr="008D234C" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>01.12.2023-11.12.2023</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A234B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A234B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023-1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A234B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.1</w:t>
+            </w:r>
+            <w:r w:rsidR="00264651">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.2023</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="18C81D2E" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="3FE55CA3" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+      <w:bookmarkEnd w:id="0"/>
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="08256179" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5723BB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="5D1FB7D9" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D028C35" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...18 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Перечень необходимых документов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C9ADD7" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
-[...56 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>өтініш</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>заявление</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об участии в конкурсе по форме согласно приложению 10 к настоящим Правилам;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="751EC9D3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>2) документ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> удостоверяющий личность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="393190C0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>3) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...31 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> личный листок по учету кадров</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D8ADB36" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...27 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t>копии документов об образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="130868B5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>5)  копию документа, подтверждающую</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...12 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44A5A32C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...84 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>денсаулық жағдайы туралы анықтама</w:t>
-[...23 lines deleted...]
-            <w:pPr>
+              <w:t xml:space="preserve">справку о состоянии здоровья </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>РК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> от 30 октября 2020 года № ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения»;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2171AA66" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>) справку</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>с психоневрологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A71F391" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="20A2D59C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...5 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>справку с наркологической организации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1099E82E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="21E9913F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t>) сертификаттаудан өту</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> сертификат </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">педагог-модератордан </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t>удостоверение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о наличии </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> қолданыстағы</w:t>
-[...20 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              <w:t xml:space="preserve">действующей </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve"> куәлік </w:t>
-[...22 lines deleted...]
-            <w:pPr>
+              <w:t>категории не ниже педагога-модератора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (при наличии);</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1875F3FB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) для кандидатов на занятие должности педагогов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t>английского языка сертификат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о результатах сертификации с пороговым уровнем не менее 90% по предмету или удостоверение о наличии квалификационной категории педагога-модератора или педагога-эксперта, или педагога-исследователя, или педагога-мастера (при наличии) или сертификат CELTA (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> English Language </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Adults</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cambridge) PASS A; DELTA (Diploma in English Language Teaching to Adults) Pass and above, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (IELTS) – 6,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тойфл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (TOEFL) (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>nternet</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Based Test (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>і</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT)) – 60 – 65 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="001DB2B6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...19 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) педагоги, приступившие к педагогической деятельности в организации технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования на должности педагогов по специальным дисциплинам и мастеров производственного обучения, имеющие стаж работы на производстве по соответствующей специальности или профилю не менее двух лет освобождаются от прохождения сертификации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27DA9799" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-            <w:pPr>
+          <w:p w14:paraId="0E5DB162" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>) заполненный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...25 lines deleted...]
-            <w:pPr>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оценочный лист </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B6AB819" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t>видеопрезентация</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кандидата</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-            <w:r w:rsidRPr="001F4BA9">
+              </w:rPr>
+              <w:t xml:space="preserve"> без стажа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> продолжительностью </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>не менее 15 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>, с минимальным разрешением – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w14:paraId="3B8460C8" w14:textId="77777777" w:rsidTr="001376EE">
-[...7 lines deleted...]
-          <w:p w14:paraId="501432A5" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+      <w:tr w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w14:paraId="14920391" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="392" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D19021A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2996" w:type="dxa"/>
-[...4 lines deleted...]
-          <w:p w14:paraId="31E7C1FA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63725A30" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001F4BA9">
-[...17 lines deleted...]
-          <w:p w14:paraId="23096C17" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="008F0C1B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r w:rsidRPr="005763A2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Срок временно вакантной должности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FACCDD" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="005763A2" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
-                <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-              <w:t>тұрақты</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>постоянно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6081BBDC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="409F9DE1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRPr="001F4BA9" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:szCs w:val="21"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6C10D3A4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="4678902A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A3F636B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C9429EC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="001F4BA9" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="0CD5B047" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3B191994" w14:textId="77777777" w:rsidR="00FE4AA4" w:rsidRDefault="00FE4AA4"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="55E4B526" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B"/>
+    <w:p w14:paraId="7CD8544E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12271D3D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="01996C07" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="75D20B3A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="1605A33D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="71542137" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="438B34D0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="4E75F6E3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="1E8D4ED0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="2E154E11" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="0260A71D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="50F7BB35" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="4AD5B885" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5778"/>
-        <w:gridCol w:w="4359"/>
+        <w:gridCol w:w="5495"/>
+        <w:gridCol w:w="4819"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="12E78D0F" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="71FE9327" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5778" w:type="dxa"/>
-[...7 lines deleted...]
-          <w:p w14:paraId="42065B54" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:tcW w:w="5495" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0414B61D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="08EA8E45" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...24 lines deleted...]
-            </w:tcBorders>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4819" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29609DFF" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="299B2A50" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="7A9A0A90" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Приложение 10 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40B3063F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="029428BB" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t xml:space="preserve">назначения на должности, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F0367CB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>бірінші басшылары мен педагогтерін</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="08EB4F80" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t xml:space="preserve">освобождения от должностей </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30B1A679" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="46559281" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t xml:space="preserve">первых руководителей и педагогов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A4C2DA0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 10-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5BE247C1" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t>государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="477F1968" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="581B3909" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="4E604058" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D914F80" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA3D20B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="10"/>
-          <w:szCs w:val="10"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>государственный орган, объявивший конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69BDC317" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:spacing w:after="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF2340E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__</w:t>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8D65D2" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="79C3C9BC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t xml:space="preserve"> Ф.И.О. кандидата (при его наличии), ИИН</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A8812B6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="671F2A87" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3142BFC3" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="31AF795A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C3680A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="33CF3249" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(должность, место работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EC8E407" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BE09B49" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (үміткердің Т.А.Ә. (бар болса), ЖСН</w:t>
+        <w:t>(фактическое место проживания, адрес прописки, контактный телефон)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B7B3D6C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="22B228F2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B262FC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_______________________________________________________________________________________</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64177318" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="00B262FC" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
-[...84 lines deleted...]
-    <w:p w14:paraId="1B2496AD" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="27D99545" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65B537A6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="61404B3C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өтініш</w:t>
+        <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7424C79C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="7A932E76" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Мені </w:t>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6A53C2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должности (нужное подчеркнуть) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="391C3316" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>_________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>_______ бос/уақытша бос лауазымға орналасуға арналған конкурсқа қатысуға рұқсат беруіңізді сұраймын (қажеттісінің астын сызыңыз)</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="420AAE32" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="09E0A558" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EC99E30" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
-[...20 lines deleted...]
-    <w:p w14:paraId="07C6721B" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="0A33C5FD" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(білім беру ұйымының атауы, мекен-жайы (облыс, аудан,қала/ауыл)</w:t>
+        <w:t>(наименование организаций образования, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6314210A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="7F3F240B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1644756C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="3456AF7C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">В настоящее время работаю: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C96FAB0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471C3F8D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>__________________________________________________________________________________________</w:t>
+        <w:t>_</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CE9D7B4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="21BEE9C1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>(лауазымы, білім беру ұйымның атауы, мекенжайы (облыс, аудан, қала/ауыл)</w:t>
+        <w:t>(должность, наименование организации, адрес (область, район, город/село)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="620509E0" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="341A4950" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7658CF62" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="6F7B3E61" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Өзім туралы келесіні хабарлаймын:</w:t>
+        <w:t>Сообщаю о себе следующие сведения:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4818C9DA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="6614F18B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
-        <w:gridCol w:w="3260"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="2197"/>
+        <w:gridCol w:w="2765"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="370279D4" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="0D7FCC5C" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="1052"/>
+          <w:trHeight w:val="951"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A0495B8" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="4C834753" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Білімі</w:t>
-[...21 lines deleted...]
-            <w:tcW w:w="3260" w:type="dxa"/>
+              <w:t>Образование: высшее или послевузовское</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59ED1A08" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="63540F38" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Наименование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AD8CFE8" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="780C9525" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="5AACB4B9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу кезеңі</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2977" w:type="dxa"/>
+              <w:t>Период</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="15C2B065" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9DF4F3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>Специальность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="68F5C138" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CCADCA6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="76609C07" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="2F0C12EA" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="895"/>
+          <w:trHeight w:val="979"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="750896D9" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="7ACFA93B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6590050E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="0B9C2509" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="2197" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="611EDE99" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="004593A1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2977" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="784E7EBA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="083D344D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="734EBF7C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="7D3E71E9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F14FD7F" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="5FA50392" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-        <w:t>Біліктілік санатының болуы (бер</w:t>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>(раста</w:t>
+        </w:rPr>
+        <w:t>подтверждения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>):_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5886ED4D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B4A8714" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="052CD785" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>у</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>) күні):</w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2454C736" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="636B1771" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6F2611" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29140FC0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01AD0DB9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F424EE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F39BD8B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25294A60" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C17064A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A590E50" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2586ED34" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4446AB13" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="661DC0CE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7A94ED" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>__________________________________________</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="534DB7F1" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="5FB005C3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="20"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="67968B57" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="7ED9F67B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AD1DB6D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>Педагогикалық</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t>_</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>жұмыс</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_»_____________20___года</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve">              ______________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...2 lines deleted...]
-        <w:t>өтілі</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-        <w:t>:</w:t>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-        <w:t>Келесі</w:t>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...83 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>подпись</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...295 lines deleted...]
-        <w:br/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                         </w:t>
-[...34 lines deleted...]
-        <w:t>олы)</w:t>
+        <w:t xml:space="preserve">                   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="430AD811" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="2FDB9920" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5920"/>
-        <w:gridCol w:w="4217"/>
+        <w:gridCol w:w="4394"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="313E6C0C" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="36B90C9C" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="120FED4E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="168E20C4" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="080F76BF" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="658BC542" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4217" w:type="dxa"/>
+            <w:tcW w:w="4394" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="544B33B5" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+          <w:p w14:paraId="3E1B6ECF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Мемлекеттік білім беру ұйымдарының</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="640B9B0A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t>Приложение 11 к Правилам</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D76E260" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...12 lines deleted...]
-          <w:p w14:paraId="2C47CB3D" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>назначения на должности,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14D75B4A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="594CBF9F" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t>освобождения от должностей</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D5D444" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>қағидаларына 11-қосымша</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="70601625" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+              <w:t>первых руководителей и педагогов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A3CF8E3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Нысан</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> государственных организаций образования</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5025018B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="42C3E3B2" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="742591B6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70030D9C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="6053F989" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>Б</w:t>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-        <w:t>немесе</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1098F7E1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...132 lines deleted...]
-        <w:t xml:space="preserve">  </w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402E13BB" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
-[...35 lines deleted...]
-    <w:p w14:paraId="42B7C2BA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="576A36EC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10395" w:type="dxa"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="10425" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="468"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="502"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3970"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="4D0C1BCD" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="482D1FD2" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="521"/>
+          <w:trHeight w:val="366"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1EB63296" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="20C9E0D1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-                <w:szCs w:val="19"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4EBF763D" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="7BC266AC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2227E285" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6BE9CFE4" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Подтверждающий документ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...5 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6F29D26B" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="03D93DF7" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Кол-во баллов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="18"/>
-[...8 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="327A455D" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="402AE201" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...21 lines deleted...]
-            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Баға </w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="659A20AE" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="7D034945" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="966"/>
+          <w:trHeight w:val="1036"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64935DDD" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="062AA4DE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0484D1B0" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="2D038981" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="766CFDB6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7BBEDDD2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4E4E38D6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...95 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6450B7D3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-т</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ехническое</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и профессиональное = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A90148" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное = 2 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79A2E2A5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> очное с отличием = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78DDDCAF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>- м</w:t>
             </w:r>
-            <w:r>
-[...40 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>агистр</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72681271" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшее</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = минус 2 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D987669" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="0AA7C62E" w14:textId="77777777" w:rsidTr="001376EE">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="007C7ECF" w14:paraId="085ACACD" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64E4A6AC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="021EE5F0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="32DB112B" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="7667E40D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ученая/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192E5BB1" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="0AA4CBF3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Копии диплома об образовании и приложения к диплому</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="22804A34" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="6F30F22E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...66 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43C7C4CC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>октор</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D5AA23" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>андидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CECED5C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="58886A0E" w14:textId="77777777" w:rsidTr="001376EE">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="007C7ECF" w14:paraId="47DB56FC" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-          </w:tcPr>
-[...3 lines deleted...]
-              <w:ind w:left="20"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E22CEED" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="01AAAD8B" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="38691345" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Результаты прохождения сертификации для кандидатов без стажа</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BD06EC3" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...13 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="3215083F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4252" w:type="dxa"/>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...31 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BEA2BFB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">квалификационная категория «педагог» плюс 5 баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11A626E2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2E78C1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="2DAD269E" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="77F61FB3" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1447"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="04599034" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="44A4D757" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AFDCAB1" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="02E5FDA0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификационная категория </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
-[...32 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C3F8E82" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D4AF196" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7B1EB61C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...254 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="7F22E899" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- вторая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79421F01" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- первая</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78AC5914" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- в</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ысшая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06E24DE1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32D25CB9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B3BF096" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="558979FD" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>едагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1619D467" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="798CB702" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="249AC650" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="807"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="66AF59E2" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="382AFD48" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70180ED0" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="64437252" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Опыт административной и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65FD27FD" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="0A85925A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3BF3FA70" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...65 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="414C4303" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>- м</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>етодист</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (стаж в должности не менее</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">               </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2 лет) = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="25B3AC66" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заместитель директора (стаж в должности не менее </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>лет) = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="78E98484" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор (стаж в должности не менее 2 лет) = 5 баллов </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="318DB663" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="6F1E834E" w14:textId="77777777" w:rsidTr="001376EE">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="007C7ECF" w14:paraId="0EAC8F67" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2655C229" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="60B6B670" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4306713E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="5C81DC8C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Для педагогов, впервые поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="693322E6" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7CF6DC58" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="69CEC76A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...40 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="257014FB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>езультаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогической/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>рофессиональной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практики </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E1A225" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061651CB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="214C7EE3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="64994069" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="571F77E2" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="797"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00A04C43" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="0D061A18" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="209A62CF" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="3E23BC9F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (по должности педагога) или учебы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DCD6914" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="7C07F88C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо (организация образования, объявившая конкурс самостоятельно делает запрос в организацию/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>учебное заведение по последнему месту работы/учебы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2C450D5B" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...44 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="58D71C6D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>аличие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> положительного рекомендательного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  п</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>исьма</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F6A6E51" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-н</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>егативное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> рекомендательное письмо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="411708C5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>минус 3 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB84443" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="4E18DFD3" w14:textId="77777777" w:rsidTr="001376EE">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="007C7ECF" w14:paraId="53C49E1A" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6648DB4D" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="6D47061F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="14120D0A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="58C2B81D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="138AF9F9" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...68 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="411E1D42" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3B5535F5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F03CEB2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D93ADAA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...31 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+          <w:p w14:paraId="601D6292" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625B680F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67B3EC4D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C7D328A" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">участник конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A08DFE7" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71827FD9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">призер конкурса «Лучший педагог» = </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="366FAD5B" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="755A49E8" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...69 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...83 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D23EEC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="47B108C0" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="1FB3B5C8" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1694"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B4F8E00" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="38F23864" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              </w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26076281" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="3F6A3237" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="045AB3CD" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...30 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="6815324F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...19 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1037E1BC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4ADBA564" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...18 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6764BABA" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наличие публикации по</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">научно-исследовательской деятельности, включенный в перечень КОКСОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E5C63C3" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="596C02C9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="6DFE3A08" w14:textId="77777777" w:rsidTr="001376EE">
-[...5 lines deleted...]
-            <w:tcW w:w="467" w:type="dxa"/>
+      <w:tr w:rsidR="007C7ECF" w14:paraId="6A65B38B" w14:textId="77777777" w:rsidTr="008957BB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DA976BA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4C518E8D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="193CBAA1" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="6FD68957" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49D06C1C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="145FD1CF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Документ, подтверждающий общественно-педагогическую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BD03BCC" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...86 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="3B00A7C6" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23312BE7" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>руководство МО = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="306DEFA5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках, русский/ казахский</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, иностранный/казахский) = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="048F65A9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">преподавание на 3 языках (казахский, русский, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ностранный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3BBA45" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w:rsidRPr="007A26AC" w14:paraId="2167C89B" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="7E48BA78" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="687"/>
+          <w:trHeight w:val="10729"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4D052770" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="5AA5CA77" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...11 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="19"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59C6C821" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...21 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="25551172" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Курсовая подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39F88F07" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...51 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="4B8B1090" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31074F76" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="008031F8" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5109B13D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучение по программам «Основы программирования в Python», </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BE14933" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...21 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Обучение работе с Microsoft» </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="0CC21F3E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Международные курсы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E354ECA" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TEFL Cambridge </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E1C56E1" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>«CELTA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Certificate in Teaching English to Speakers of Other </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Languages)»</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w14:paraId="103DB1C2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29D925E9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>DELTA (Diploma in Teaching English to Speakers of Other Languages)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A902B99" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>CELT-S (Certificate in English Language Teaching – Secondary) «TKT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...22 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>Teaching Knowledge Test»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in EMI Skills (English as a Medium of Instruction)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Teacher of English to Speakers of Other Languages (TESOL) «TESOL»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Certificate in teaching English for young learners</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>International House Certificate in Teaching English as a Foreign Language (IHC)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57E538CA" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IHCYLT - International House Certificate </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>In</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching Young Learners and Teenagers</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FC07DAB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Becoming a Better Teacher: Exploring Professional Development</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment for Learning: Formative Assessment in Science and </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Teaching</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Online Teaching for Educators: Development and Delivery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Educational Management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Key Ideas in Mentoring Mathematics Teachers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66A1CC41" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>платформе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> Coursera, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> TEFL Cambridge </w:t>
-[...9 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+              <w:t xml:space="preserve"> learn</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6825D039" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>«CELTA</w:t>
-[...14 lines deleted...]
-                <w:szCs w:val="18"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(Certificate in Teaching English to Speakers of Other Languages)»</w:t>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>Teaching Mathematics with Technology Special Educational Needs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB20928" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-                <w:szCs w:val="18"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CELT-P (Certificate in English Language Teaching – Primary)</w:t>
-[...443 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+              <w:t>«Developing expertise in teaching chemistry»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E354562" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...42 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="0215ECF9" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы ЦПМ НИШ, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Өрле</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">у» </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E30AABB" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141" w:right="142"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курсы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>повышения квалификации по программам,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">согласованным с уполномоченным органом в области образования, реализуемым организациями повышения квалификации включенных в список в соответствии с приказом Министра образования и науки Республики Казахстан от 28 января 2016 года № 95 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="kk-KZ"/>
-[...16 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+              </w:rPr>
+              <w:t>(зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 30068)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C128A19" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="57B317D8" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="62EC885D" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="2280"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="467" w:type="dxa"/>
+            <w:tcW w:w="501" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2587B435" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...2 lines deleted...]
-              <w:ind w:left="20"/>
+          <w:p w14:paraId="4726822F" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="-142" w:right="-75"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...26 lines deleted...]
-            <w:tcW w:w="1985" w:type="dxa"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62191D2F" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          <w:p w14:paraId="2B5D10D4" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="66"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Выпускник организации высшего и послевузовского образования, обучившийся по государственному образовательному гранту, участник государственной программ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>С дипломом в село!</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>Серпiн</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+              </w:rPr>
+              <w:t>, педагог, направленный по молодежной практике Центром занятости населения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78817C4C" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+          <w:p w14:paraId="2C5B60FF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="67"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Сертификат обладателя государственного образовательного гранта, договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:tcMar>
-[...4 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1A8A62DA" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...23 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+          <w:p w14:paraId="48A4D128" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="141"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>плюс 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="75F8C00C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F6B" w14:paraId="79079EB9" w14:textId="77777777" w:rsidTr="001376EE">
+      <w:tr w:rsidR="007C7ECF" w14:paraId="7A1E33CC" w14:textId="77777777" w:rsidTr="008957BB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="185"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5287" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0CA68B5E" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="001376EE">
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w14:paraId="2738494E" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:sz w:val="19"/>
-[...8 lines deleted...]
-            <w:tcW w:w="4252" w:type="dxa"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6521" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
-[...17 lines deleted...]
-            <w:tcW w:w="851" w:type="dxa"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3560EFEE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-          </w:tcPr>
-[...8 lines deleted...]
-                <w:szCs w:val="19"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E158F2" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="008957BB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="34610DF4" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="73B60AEC" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="10"/>
+          <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A610F1A" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRPr="00B262FC" w:rsidRDefault="00A97F6B" w:rsidP="00A97F6B">
+    <w:p w14:paraId="29CDFCA4" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
       <w:pPr>
-        <w:tabs>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:ind w:hanging="142"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="488D1A88" w14:textId="77777777" w:rsidR="00A97F6B" w:rsidRDefault="00A97F6B"/>
-    <w:sectPr w:rsidR="00A97F6B" w:rsidSect="00A97F6B">
+    <w:p w14:paraId="5E61F1A0" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E7F5CFE" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="271F5C42" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79231DAD" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53365D8C" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67AFACAF" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF">
+      <w:pPr>
+        <w:ind w:hanging="142"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598093D5" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="34B43F8D" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="01F6D0A7" w14:textId="77777777" w:rsidR="007C7ECF" w:rsidRDefault="007C7ECF" w:rsidP="007C7ECF"/>
+    <w:p w14:paraId="74AF54A1" w14:textId="77777777" w:rsidR="003D1547" w:rsidRDefault="003D1547"/>
+    <w:sectPr w:rsidR="003D1547" w:rsidSect="00887B98">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="566" w:bottom="568" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="850" w:bottom="1134" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B7079F"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00FE4AA4"/>
+    <w:rsidRoot w:val="00F83908"/>
+    <w:rsid w:val="00264651"/>
+    <w:rsid w:val="003D1547"/>
+    <w:rsid w:val="00760D06"/>
+    <w:rsid w:val="007C7ECF"/>
+    <w:rsid w:val="0093561A"/>
+    <w:rsid w:val="00A234B6"/>
+    <w:rsid w:val="00E32ABE"/>
+    <w:rsid w:val="00F83908"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="kk-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6F16CDD9"/>
-  <w15:docId w15:val="{B65F18D3-ECC4-423F-A721-A27AC409C474}"/>
+  <w14:docId w14:val="365014B2"/>
+  <w15:docId w15:val="{5788D715-39FC-476A-AF18-E8743A3BA148}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9161,134 +10386,94 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A97F6B"/>
+    <w:rsid w:val="007C7ECF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...14 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00A97F6B"/>
+    <w:rsid w:val="007C7ECF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
@@ -9562,55 +10747,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1988</Words>
-  <Characters>11337</Characters>
+  <Words>2064</Words>
+  <Characters>11770</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>94</Lines>
-  <Paragraphs>26</Paragraphs>
+  <Lines>98</Lines>
+  <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13299</CharactersWithSpaces>
+  <CharactersWithSpaces>13807</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Люда</dc:creator>
+  <dc:creator>56</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>