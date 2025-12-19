--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,831 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000364A1" w:rsidRDefault="000364A1" w:rsidP="00F96D8A">
+    <w:p w:rsidR="0026426F" w:rsidRDefault="0026426F" w:rsidP="00F96D8A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000364A1">
-[...4 lines deleted...]
-        <w:t>2023-2024 оқу жылының 1 тоқсанын</w:t>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Информация по оказанию государственных  услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>за 1 четверть 2023-2024 учебного года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В КГУ «Средняя общеобразовательная школа-гимназия имени Ш.Шөкин г.Павлодара» за  1 четверть 2023-2024 учебного года с 01.09.2023 года по 05.11.2023 года  оказано  9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...22 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  государственных услуг. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Из них:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Прием документов и зачисление в организации образования независимо от ведомственной подчиненности для обучения по общеобразовательным программам начального, основного среднего, общего среднего образования (приказ МОН РК от 12 октября 2018 года № 564, Ответственный ЗДУР  Бабашаикова К.С.)  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-  0 предоставленных гос. услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Прием документов для организации индивидуального бесплатного обучения на дому детей, которые по состоянию здоровья в течение длительного времени не могут посещать организации начального, основного среднего, общего среднего образования   (приказ МОН РК от 27 мая 2020 года № 223, ответственный ЗДУР Шлейхер В.М.) – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7 предоставленных  гос. услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Прием документов для перевода детей между организациями основного среднего, общего среднего образованиях (приказ МОН РК от 12 октября 2018 года № 564, ответственный ЗДУР  Бабашаикова К.С.)  – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>43 предоставле-х гос.услуг (на прибытие -21, выбытие-22).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Предоставление бесплатного и льготного питания отдельным категориям обучающихся и воспитанников в общеобразовательных школах  (Приказу МОН РК от 24 апреля 2020 года № 158, ответственный  и.о.ЗДВР Бостекпаев О.В.)   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 48 предоставленных гос. услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Прием документов и выдача направлений на предоставление отдыха в загородных и пришкольных лагерях отдельным категориям обучающихся и воспитанников государственных учреждений образования  (приказ МОН РК от 24 апреля 2020 года № 158, ответственный  и.о.ЗДВР Бостекпаев О.В)  - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 предоставленных гос. услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Выдача дубликатов документов об основном среднем, общем среднем образовании (приказ МОН РК от 28 января 2015 года № 39, ответственный ЗДУР  Мусабаева Р.О.)  </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>м</w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>– 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставленных гос. услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Все виды государственных услуг осуществляются в будние дни с 9.00 до 18.30 часов, с перерывом на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, согласно правилам гос. услуги. Существуют правила и стандарты оказания государственных услуг для информирования населения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Основные принципы оказания услуг:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) Соблюдение законодательства Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) Предоставление полной информации об оказываемой государственной услуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...81 lines deleted...]
-        <w:t xml:space="preserve">09.2023-11.05.2023 аралығында </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidR="00D46308" w:rsidRPr="00071DE5">
-[...581 lines deleted...]
-    <w:sectPr w:rsidR="000364A1" w:rsidRPr="000364A1" w:rsidSect="00D46308">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Обеспечение сохранности документов, не полученных получателем государственной услуги в установленные сроки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4)  Своевременное предоставление государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRDefault="0026426F" w:rsidP="0026426F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0026426F">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5)  Тактичность и вежливость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0026426F" w:rsidRPr="000364A1" w:rsidRDefault="0026426F" w:rsidP="00F96D8A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0026426F" w:rsidRPr="000364A1" w:rsidSect="00D46308">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C30FAF"/>
     <w:rsid w:val="000364A1"/>
-    <w:rsid w:val="00071DE5"/>
+    <w:rsid w:val="0026426F"/>
     <w:rsid w:val="002F7F24"/>
     <w:rsid w:val="005131C3"/>
-    <w:rsid w:val="006554EE"/>
+    <w:rsid w:val="009C062B"/>
+    <w:rsid w:val="00BB4D43"/>
     <w:rsid w:val="00C30FAF"/>
     <w:rsid w:val="00CA790F"/>
     <w:rsid w:val="00D10C7F"/>
     <w:rsid w:val="00D46308"/>
     <w:rsid w:val="00F96D8A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -1209,51 +886,50 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1508,69 +1184,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>424</Words>
-  <Characters>2417</Characters>
+  <Words>390</Words>
+  <Characters>2228</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>18</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2836</CharactersWithSpaces>
+  <CharactersWithSpaces>2613</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>School nine</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>