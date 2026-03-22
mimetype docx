--- v0 (2025-12-08)
+++ v1 (2026-03-22)
@@ -1,3390 +1,2977 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="08CC97F5" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="000D0AFE">
-[...59 lines deleted...]
-    <w:p w14:paraId="70761FA3" w14:textId="3FA51685" w:rsidR="000D0AFE" w:rsidRPr="004E22AB" w:rsidRDefault="004E22AB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="550AC3DE" w14:textId="6B21F7B9" w:rsidR="009B650A" w:rsidRPr="006A38B8" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕР</w:t>
+      </w:r>
+      <w:r w:rsidR="006A38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ДІҢ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19090081" w14:textId="158B0FDD" w:rsidR="009B650A" w:rsidRPr="006A38B8" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАР</w:t>
+      </w:r>
+      <w:r w:rsidR="006A38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЫНА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09651B13" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00534D62" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC62F3" w14:textId="221BAAF0" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="008A142E" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...12 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>08</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5" w:rsidRPr="006E24FB">
-[...25 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00F9243B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="002E58C5">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>.2023</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA89477" w14:textId="4C1B1318" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="69FCBCD9" w14:textId="2ABF8884" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...31 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар облысы білім беру басқармасының Павлодар қаласы білім бөлімінің «Павлодар қаласының № </w:t>
+      </w:r>
+      <w:r w:rsidR="0088087E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>116</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...75 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер бақшасы» коммуналдық мемлекеттік қазыналық кәсіпорны бос лауазымға орналасуға ашық конкурс жариялайды:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
-[...2 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblW w:w="10307" w:type="dxa"/>
+        <w:tblInd w:w="-106" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="00A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="673"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="2720"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="2285"/>
+        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="1495"/>
+        <w:gridCol w:w="1776"/>
+        <w:gridCol w:w="2749"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00315FB3" w14:paraId="47084721" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="009B650A" w14:paraId="4209BE02" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5CC8867C" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="1FE5AFFE" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...3 lines deleted...]
-                <w:bCs/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="13DC1DB7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="499D70F9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Вакантная должность</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бос орын лауазымы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E6CA0B6" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="3803E829" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Объем нагрузки</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1593" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="285E5EE7" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="08EE2F5C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Язык обучения</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқытылу тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="476B9644" w14:textId="473F65A9" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="34CCD771" w14:textId="77777777" w:rsidR="00A43974" w:rsidRDefault="00A43974" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">Адрес </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МДҰ</w:t>
             </w:r>
-            <w:r w:rsidR="007D75B5">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+          <w:p w14:paraId="349B9452" w14:textId="0407A836" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>ДО</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="05707A16" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="002973E1" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="4F95D498" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002973E1">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Контакты, электронный адрес</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Байланыс телефондары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, электрон</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дыадресі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00315FB3" w:rsidRPr="00AC4F80" w14:paraId="5C05A879" w14:textId="77777777" w:rsidTr="000D0AFE">
+      <w:tr w:rsidR="009B650A" w:rsidRPr="006A38B8" w14:paraId="05A2CF51" w14:textId="77777777" w:rsidTr="0012129B">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="239D8C1D" w14:textId="77777777" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="0ACB370F" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="0012129B">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1626" w:type="dxa"/>
+            <w:tcW w:w="2285" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6E15072E" w14:textId="354FAB32" w:rsidR="000D0AFE" w:rsidRPr="00315FB3" w:rsidRDefault="0049473F" w:rsidP="002973E1">
+          <w:p w14:paraId="310BF63E" w14:textId="5A1A9416" w:rsidR="009B650A" w:rsidRPr="006F469A" w:rsidRDefault="00534D62" w:rsidP="00534D62">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Логопед</w:t>
-            </w:r>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1590" w:type="dxa"/>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F04F60E" w14:textId="40418768" w:rsidR="002973E1" w:rsidRDefault="008D7FB0" w:rsidP="002973E1">
+          <w:p w14:paraId="32F2806A" w14:textId="32C2C12C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00F60B2A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r w:rsidR="000D0AFE" w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="009B650A" w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ставк</w:t>
-[...80 lines deleted...]
-              <w:t>русский</w:t>
+              <w:t xml:space="preserve"> ставка </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1907" w:type="dxa"/>
+            <w:tcW w:w="1495" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0C592FC1" w14:textId="1DD0AB57" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="00AC4F80">
+          <w:p w14:paraId="1C353ED2" w14:textId="78F5BB7F" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="00026C6C" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:r w:rsidR="004764CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тілі</w:t>
+            </w:r>
+            <w:r w:rsidR="006F469A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және орыс тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41B7CFBD" w14:textId="41F5C877" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="006A38B8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006A38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t xml:space="preserve">ул. </w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Камзин</w:t>
             </w:r>
-            <w:r w:rsidR="00AC4F80">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="009B650A">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-              <w:t>Камзина,</w:t>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көш. </w:t>
             </w:r>
-            <w:r w:rsidR="008C4D49">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="006A38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>360</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2720" w:type="dxa"/>
+            <w:tcW w:w="2749" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="125C97B9" w14:textId="0BC97470" w:rsidR="00672B92" w:rsidRPr="00672B92" w:rsidRDefault="00672B92" w:rsidP="002973E1">
+          <w:p w14:paraId="2D34C190" w14:textId="124F2652" w:rsidR="004764CC" w:rsidRPr="00A25445" w:rsidRDefault="004764CC" w:rsidP="0012129B">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00672B92">
-[...2 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8 (7812) </w:t>
             </w:r>
-            <w:r w:rsidR="00AC4F80" w:rsidRPr="00AC4F80">
-[...4 lines deleted...]
-              <w:t>57-73-59</w:t>
+            <w:r w:rsidR="006A38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>57</w:t>
             </w:r>
-            <w:r w:rsidRPr="00672B92">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">; </w:t>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006A38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="006A38B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>59</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A25445">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="69CF21F1" w14:textId="77777777" w:rsidR="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="508E4807" w14:textId="48AFEA6E" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="006A38B8" w:rsidP="00534D62">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00315FB3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk94085354"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">email: </w:t>
+              <w:t>email:</w:t>
             </w:r>
+            <w:hyperlink r:id="rId5" w:history="1">
+              <w:r w:rsidRPr="004F7FF2">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>sad</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004F7FF2">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="kk-KZ"/>
+                </w:rPr>
+                <w:t>116</w:t>
+              </w:r>
+              <w:r w:rsidRPr="004F7FF2">
+                <w:rPr>
+                  <w:rStyle w:val="a3"/>
+                  <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>@goo.edu.kz</w:t>
+              </w:r>
+              <w:bookmarkEnd w:id="0"/>
+            </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="42E84D44" w14:textId="5B25BEBD" w:rsidR="000D0AFE" w:rsidRPr="00672B92" w:rsidRDefault="000D0AFE" w:rsidP="002973E1">
+          <w:p w14:paraId="7D6E2588" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="00A25445" w:rsidRDefault="009B650A" w:rsidP="009B650A">
             <w:pPr>
+              <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:ind w:firstLine="709"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...118 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="601D2284" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRPr="00672B92" w:rsidRDefault="00315FB3" w:rsidP="002973E1">
-[...14 lines deleted...]
-    <w:p w14:paraId="58C205C2" w14:textId="7065B750" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+    <w:p w14:paraId="51F8021C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...20 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе тиісті бейін бойынша педагогикалық қайта даярлауды немесе техникалық және кәсіптік білімді растайтын құжат, жұмыс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өтіліне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> талаптар қойылмайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы</w:t>
-[...7 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="6794905F" w14:textId="30750415" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
+    <w:p w14:paraId="4F73CCC5" w14:textId="58C37F88" w:rsidR="00534D62" w:rsidRPr="00534D62" w:rsidRDefault="009B650A" w:rsidP="00534D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0049473F">
-[...24 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Баланың дене, психикалық, сөйлеу, неврологиялық</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәртебесін ескере отырып, ерекше білім беру қажеттілігін бағалауды жүзеге асырады,</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың сөйлеу және психофизикалық дамуына тексеру жүргізеді, құжаттаманы</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізеді және талдайды.</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жеке оқу, жеке-дамыту бағдарламаларын әзірлейді, әртүрлі білім беру жағдайында</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше білім беру қажеттілігі бар балаларды психологиялық-педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...14 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сүйемелдеуді жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>потребностями.</w:t>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілермен және басқа да мамандармен тығыз байланыста топтық және жеке</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және түзету, бұзылған функцияларды қалпына келтіру және ерекше білім беру</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі бар тәрбиеленушіні әлеуметтендіру бойынша қызметті жүзеге асырады.</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтерге, ата-аналарға немесе оларды алмастыратын тұлғаларға балаларды</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологиялық-педагогикалық қолдау көрсету жөнінде кеңес береді.</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру"</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00534D62" w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасыларының қатысуымен енгізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2941BB78" w14:textId="412A2C81" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
+    <w:p w14:paraId="7C3ECAFB" w14:textId="0FD5EE34" w:rsidR="00534D62" w:rsidRPr="00534D62" w:rsidRDefault="00534D62" w:rsidP="00534D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Развивает принцип инклюзивного образования.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұлғаның жалпы мәдениетін қалыптастыруға ықпал етеді, стандарт талаптарына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Консультирует педагогов, родителей или лиц, их заменяющих, по вопросам</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес оқытудың алуан түрлерін, тәсілдерін, әдістері мен құралдарын қолданады.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>психолого-педагогической поддержки детей.Внедряет концепцию "Образование, основанное на ценностях" в организации с</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арнайы білім беру бағдарламаларын іске асырады.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби біліктілігін арттырады.Әдістемелік бірлестіктердің қызметіне, семинарларға, конференцияларға қатысады.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Способствует формированию общей культуры личности, использует разнообразные</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қажетті құжаттаманы жүргізеді.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>формы, приемы, методы и средства обучения в соответствии с требованиями Стандарта.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақпараттық-коммуникативтік құзыреттілікті меңгерген.Қоғамның мүмкіндігі шектеулі тұлғаларға толерантты қарым-қатынасын</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Реализует типовые специальные, индивидуальные учебные программы.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптастыру бойынша жұмыс жүргізеді.Еңбекті қорғау, қауіпсіздік техникасы және өртке қарсы қорғау ережелері мен</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Повышает профессиональную квалификацию.Участвует в деятельности методических объединений, семинарах, конференциях.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормаларын орындайды.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="0049473F">
-[...6 lines deleted...]
-        <w:t>Ведет необходимую документацию.</w:t>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбие-білім беру процесін ұйымдастыру кезеңінде балалардың өмірін,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00534D62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулығын және құқықтарын қорғауды қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1209220C" w14:textId="15B2F124" w:rsidR="0049473F" w:rsidRPr="0049473F" w:rsidRDefault="0049473F" w:rsidP="0049473F">
-[...98 lines deleted...]
-    <w:p w14:paraId="13F46A45" w14:textId="579A2550" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="0049473F">
+    <w:p w14:paraId="0A7213F7" w14:textId="66AAD3DE" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="00534D62">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...93 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Лауазымдық жалақы мөлшері білім деңгейіне, еңбек өтіліне,біліктілік санатына байланысты: </w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidR="00470491">
-[...23 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0 000 теңгеден 1</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00470491">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> тенге.</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 000 теңгеге дейін. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229D8D5E" w14:textId="7B94B0DF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00470491">
+    <w:p w14:paraId="55749404" w14:textId="1DBFBBFA" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...51 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 202</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>22</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...15 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>желтоқсан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дағы № 5</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> года</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығы негізінде өткізіледі "Мемлекеттік білім беру ұйымдарының бірінші басшылары мен педагогтерін лауазымға тағайындау, лауазымнан босату қағидалары"</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="114520C0" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="745F3A83" w14:textId="32E47C2C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты өткізу күні мен орны: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A142E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9243B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="008A142E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.2023</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="008A142E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00666764">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9243B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A70A71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:r w:rsidR="006133CD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдар аралығында</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Павлодар қаласы № </w:t>
+      </w:r>
+      <w:r w:rsidR="006A38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>116</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...7 lines deleted...]
-        <w:t>«Правила назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования»</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәбилер  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бақшасы" коммуналдық мемлекеттік қазыналық кәсіпорны, Павлодар қаласы, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Камзин көшесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F469A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006A38B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>360</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F469A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17E6048C" w14:textId="2983E1D7" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="0049473F">
+    <w:p w14:paraId="0454A45C" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...333 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="6E493A3C" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="3E321F22" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...9 lines deleted...]
-        <w:t>Этапы конкурса:</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Байқау кезеңдері: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A4C05AA" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="23E140A8" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...6 lines deleted...]
-        <w:t>1) публикация объявления о проведении конкурса;</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Конкурс өткізу туралы хабарландыруды жариялау; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2181F399" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="137A36B0" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...16 lines deleted...]
-        <w:t>Определение даты и времени проведения конкурса, формирование конкурсной комиссии</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) конкурсты өткізу күні мен уақытын айқындау, конкурстық комиссияны қалыптастыру </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="116AE7D6" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="5290C69E" w14:textId="6159C43C" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">3) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...7 lines deleted...]
-        <w:t>Прием документов</w:t>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұжаттарды қабылдау </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D4CB982" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00607A21">
+    <w:p w14:paraId="17207C95" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (в течение 5 рабочих дней)</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) құжаттарды қарау (біліктілік талаптарына сәйкестігі</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="137595FB" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00607A21" w:rsidP="00607A21">
+    <w:p w14:paraId="54582A28" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...17 lines deleted...]
-        <w:t>Собеседование в случае одинаковых баллов кандидатов</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>5) кандидаттардың балдары бірдей болған жағдайда әңгімелесу</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="397745D6" w14:textId="38561FB5" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="001A1273">
+    <w:p w14:paraId="55562C0D" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...86 lines deleted...]
-        <w:t>о нарушении педагогической этики в Комитет по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кандидаттың құжаттары қабылданғаннан кейін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үш жұмыс күні ішінде:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтық статистика және арнайы есепке алу жөніндегі уәкілетті органға немесе оның аумақтық бөлімшелеріне Сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны туралы мәліметтердің болуы не болмауы туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау салу жіберіледі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогикалық этиканың бұзылуы туралы Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитетіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сұрау жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FBF062C" w14:textId="3B26241D" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
-[...78 lines deleted...]
-    <w:p w14:paraId="4E5CA13F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+    <w:p w14:paraId="65E4E1A9" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...8 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының қолданыстағы заңнамасына сәйкес жұмысқа орналасуға тыйым салатын сыбайлас жемқорлық қылмыс және/немесе қылмыстық құқық бұзушылық жасағаны және/немесе педагогикалық әдеп нормаларын бұзғаны туралы мәліметтерді білгеннен кейін педагог кез келген кезеңде конкурстан шеттетіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A2D0DE" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="18B202AA" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B33AC77" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="001CE750" w14:textId="23A5A170" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...26 lines deleted...]
-        <w:t>либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) осы </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="186C2694" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="6FE29A56" w14:textId="3D23F7F2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...26 lines deleted...]
-        <w:t>(с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0810AAF9" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="6347D0E0" w14:textId="3B24BA65" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> педагогов;</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="0012129B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="027BD692" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="5524FE5C" w14:textId="1E2C32AF" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...26 lines deleted...]
-        <w:t>(при наличии);</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E356C9" w14:textId="63E882E2" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="073EF939" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...44 lines deleted...]
-        <w:t xml:space="preserve"> № 21579);</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> растайтын құжаттың көшірмесі (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23853C42" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="15EBC578" w14:textId="27EBDA8E" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...17 lines deleted...]
-        <w:t>справку с психоневрологической организации;</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық жағдайы туралы анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49657549" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="11034432" w14:textId="3F688282" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> справку с наркологической организации;</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сихоневрологиялық ұйымнан анықтама; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54514C08" w14:textId="42DED2EF" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="455BDD19" w14:textId="313513B2" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...13 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...37 lines deleted...]
-        <w:t xml:space="preserve">педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии); </w:t>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аркологиялық ұйымнан анықтама; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DDEB8EE" w14:textId="60C3A448" w:rsidR="00DD09CB" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="703DE4FE" w14:textId="0D5B2945" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...44 lines deleted...]
-        <w:t>на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE5998">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ТБЖ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар болса); </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C82590A" w14:textId="41859064" w:rsidR="002E58C5" w:rsidRPr="002E58C5" w:rsidRDefault="002E58C5" w:rsidP="000D0AFE">
+    <w:p w14:paraId="1186C71B" w14:textId="3A9B747D" w:rsidR="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...15 lines deleted...]
-        <w:t>) видеопрезентация для кандидата без стажа продолжительностью не менее 15 минут, с минимальным разрешением – 720 х 480</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) педагогтің бос немесе уақытша бос лауазымына кандидаттың 11-қосымшаға сәйкес нысан бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>толтырылған бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74695D1F" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="00D1415C">
+    <w:p w14:paraId="78D0BEB7" w14:textId="18ADF747" w:rsidR="0058040B" w:rsidRPr="0058040B" w:rsidRDefault="0058040B" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...6 lines deleted...]
-        <w:t>Документы, указанные в подпунктах 3), 4), 5) заверяются печатью кадровой службой с места работы или ответственным работником организации образования.</w:t>
+      <w:r w:rsidRPr="0058040B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) еңбек өтілімі жоқ үміткерлер 15 минуттан кем емес бейнепрезентация дайындау керек.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0926663A" w14:textId="77777777" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="7A9120C2" w14:textId="77777777" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...16 lines deleted...]
-        <w:t>Для участия в конкурсном назначении кандидат предоставляет на рассмотрение органу управления образованием материалы о его профессиональных достижениях, повышении квалификации, научных исследованиях, обобщении собственного педагогического опыта, наградах, информацию о достижении показателей эффективности.</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        3), 4), 5) тармақшаларда көрсетілген құжаттарды жұмыс орнының кадр қызметі немесе білім беру ұйымының жауапты қызметкері мөрмен куәландырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="212C6B35" w14:textId="5EC9A3B1" w:rsidR="00DD09CB" w:rsidRPr="00315FB3" w:rsidRDefault="00DD09CB" w:rsidP="000D0AFE">
+    <w:p w14:paraId="2CA2BD65" w14:textId="564E8D46" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315FB3">
-[...13 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстық тағайындауға қатысу үшін кандидат білім беруді басқару органының қарауына өзінің кәсіби жетістіктері, біліктілігін арттыруы, ғылыми зерттеулері, өзінің педагогикалық тәжірибесін жинақтауы, наградалары туралы материалдарды, тиімділік көрсеткіштеріне қол жеткізу туралы ақпаратты ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A489C89" w14:textId="34D64D82" w:rsidR="009B650A" w:rsidRPr="009B650A" w:rsidRDefault="009B650A" w:rsidP="009B650A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе)</w:t>
+      </w:r>
+      <w:r w:rsidR="00F8475B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00315FB3">
-[...6 lines deleted...]
-        <w:t>данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      <w:r w:rsidRPr="009B650A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40198335" w14:textId="77777777" w:rsidR="00034120" w:rsidRDefault="00034120" w:rsidP="000D0AFE">
+    <w:p w14:paraId="23E573A7" w14:textId="77777777" w:rsidR="00927359" w:rsidRPr="009B650A" w:rsidRDefault="00927359">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DCB4F83" w14:textId="77777777" w:rsidR="00315FB3" w:rsidRDefault="00315FB3" w:rsidP="000D0AFE">
-[...4 lines deleted...]
-    <w:sectPr w:rsidR="00315FB3" w:rsidSect="00465BBF">
+    <w:sectPr w:rsidR="00927359" w:rsidRPr="009B650A" w:rsidSect="009B650A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="707" w:bottom="993" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...1 lines deleted...]
-    <w:charset w:val="CC"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
-    <w:pitch w:val="variable"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E84E7E"/>
-[...59 lines deleted...]
-    <w:rsid w:val="00FD5443"/>
+    <w:rsidRoot w:val="00927359"/>
+    <w:rsid w:val="00026C6C"/>
+    <w:rsid w:val="000B2F9A"/>
+    <w:rsid w:val="0012129B"/>
+    <w:rsid w:val="002E0C16"/>
+    <w:rsid w:val="003924ED"/>
+    <w:rsid w:val="004024A4"/>
+    <w:rsid w:val="00402B31"/>
+    <w:rsid w:val="004764CC"/>
+    <w:rsid w:val="0047768B"/>
+    <w:rsid w:val="00534D62"/>
+    <w:rsid w:val="0058040B"/>
+    <w:rsid w:val="006133CD"/>
+    <w:rsid w:val="00666764"/>
+    <w:rsid w:val="006A38B8"/>
+    <w:rsid w:val="006F469A"/>
+    <w:rsid w:val="0074062D"/>
+    <w:rsid w:val="007A7E15"/>
+    <w:rsid w:val="007D0D1C"/>
+    <w:rsid w:val="007E0CF4"/>
+    <w:rsid w:val="0088087E"/>
+    <w:rsid w:val="008A142E"/>
+    <w:rsid w:val="008C2606"/>
+    <w:rsid w:val="00927359"/>
+    <w:rsid w:val="00967D5C"/>
+    <w:rsid w:val="009B650A"/>
+    <w:rsid w:val="009D4656"/>
+    <w:rsid w:val="00A23B20"/>
+    <w:rsid w:val="00A25445"/>
+    <w:rsid w:val="00A43974"/>
+    <w:rsid w:val="00A70A71"/>
+    <w:rsid w:val="00AE5998"/>
+    <w:rsid w:val="00AF2CBA"/>
+    <w:rsid w:val="00BC09FC"/>
+    <w:rsid w:val="00C46EAA"/>
+    <w:rsid w:val="00F5345F"/>
+    <w:rsid w:val="00F60B2A"/>
+    <w:rsid w:val="00F8475B"/>
+    <w:rsid w:val="00F9243B"/>
+    <w:rsid w:val="00FA5CD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="45A1B4D5"/>
+  <w14:docId w14:val="006D75FF"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3457,269 +3044,147 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...86 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -3792,578 +3257,449 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D0AFE"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="1">
-[...86 lines deleted...]
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
     <w:name w:val="Неразрешенное упоминание1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="008C4D49"/>
+    <w:rsid w:val="00C46EAA"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="127863403">
+    <w:div w:id="931594349">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sad116@goo.edu.kz" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>978</Words>
-  <Characters>5581</Characters>
+  <Words>955</Words>
+  <Characters>5445</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>SPecialiST RePack</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6546</CharactersWithSpaces>
+  <CharactersWithSpaces>6388</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь</dc:creator>
+  <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>