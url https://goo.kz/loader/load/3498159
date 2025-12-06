--- v0 (2025-12-05)
+++ v1 (2025-12-06)
@@ -2,7911 +2,17785 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00A40329">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="001F4BA9" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
-        <w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+      </w:pPr>
+      <w:r w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...7 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">имени Бауыржана Момышулы </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A40329" w:rsidRPr="001F4BA9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="21"/>
-[...16 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>математики</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00456389">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> с казахским языком обучения</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FD3568">
+        <w:t xml:space="preserve">Павлодар қаласының </w:t>
+      </w:r>
+      <w:r w:rsidR="00A668A3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00552BF6">
+        <w:t>Бауыржан Момышұлы</w:t>
+      </w:r>
+      <w:r w:rsidR="00873C6B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>20</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00275F05">
+        <w:t xml:space="preserve"> атындағы</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> часов)</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> жалпы орта білім беру мектебі</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101BB4" w:rsidRDefault="00F82876" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қазақ тілінде оқытатын</w:t>
+      </w:r>
+      <w:r w:rsidR="00456389">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00697430">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>математика</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мұғалімі</w:t>
+      </w:r>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="001F4BA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс жариялайды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00101BB4" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00942862">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 сағат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="001F4BA9" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10314" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="392"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7371"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2996"/>
+        <w:gridCol w:w="6627"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009B385A" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование организации образования</w:t>
+              <w:t>Білім беру ұйымының атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение «Средняя общеобразовательная школа </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">имени </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00A668A3">
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Бауыржана Момышулы</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00C800AA" w:rsidRPr="00C800AA">
+              <w:t xml:space="preserve">Павлодар қаласының </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005763A2">
+              <w:t>Бауыржан Момышұлы</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC773A" w:rsidRPr="00EC773A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t xml:space="preserve"> атындағы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жалпы орта білім беру мектебі</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF4A7D" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="453"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>местонахождения, почтового адреса</w:t>
+              <w:t>орналасқан жері, пошталық мекенжайы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00A668A3">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">140008, Республика Казахстан, Павлодарская область,                                город Павлодар, улица </w:t>
+              <w:t xml:space="preserve">140008, Қазақстан Республикасы, Павлодар облысы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4B1E" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
             </w:r>
             <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Чокина, 27</w:t>
+              <w:t>Шөкин  көшесі, 27</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="328"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="00A668A3" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>номеров телефонов</w:t>
+              <w:t xml:space="preserve">телефон нөмірлері, </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00A668A3">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1692"/>
                 <w:tab w:val="left" w:pos="1872"/>
                 <w:tab w:val="left" w:pos="2052"/>
                 <w:tab w:val="left" w:pos="2592"/>
                 <w:tab w:val="left" w:pos="4397"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">8 (7182) </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0033199C">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(7182)</w:t>
+            </w:r>
+            <w:r w:rsidR="00932150" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0033199C" w:rsidRPr="0033199C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00A668A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7-11-77,  8 (7182)67-09-07</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="00A668A3" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="203"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00245AC0">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>адреса электронной почты</w:t>
+              <w:t>электрондық пошта</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A668A3" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00EE2CA2">
+          <w:p w:rsidR="00CB6B4F" w:rsidRPr="001F4BA9" w:rsidRDefault="00A668A3" w:rsidP="00A668A3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>momyshuly@goo.edu.kz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009B385A" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="570"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование вакантной или временно вакантной должности, нагрузка</w:t>
+              <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A668A3" w:rsidP="00552BF6">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="00F82876" w:rsidP="00101BB4">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A668A3">
-[...9 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>математики</w:t>
+              <w:t>қазақ тілінде оқытатын</w:t>
             </w:r>
             <w:r w:rsidR="00456389">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> с казахским языком обучения</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00552BF6">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00697430">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (2 должности по 20</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00275F05">
+              <w:t>математика</w:t>
+            </w:r>
+            <w:r w:rsidR="00456389">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> часов)</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A668A3" w:rsidRPr="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мұғалімі</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00101BB4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r w:rsidR="00942862">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сағат</w:t>
+            </w:r>
+            <w:r w:rsidR="00697430">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009B385A" w:rsidTr="009540D9">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>основные функциональные обязанности</w:t>
+              <w:t>негізгі функционалдық міндеттері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- обучение и воспитание обучающихся с учетом специфики преподаваемого предмета и возраста обучающихся; </w:t>
+              <w:t xml:space="preserve">- оқытылатын пәннің ерекшелігін және білім алушылардың жасын ескере отырып, білім алушыларды оқыту және тәрбиелеу; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- содействие социализации обучающихся, формированию у них общей культуры, осознанному выбору ими и последующему освоению профессиональных образовательных программ;  </w:t>
+              <w:t xml:space="preserve">- білім алушылардың әлеуметтенуіне, олардың жалпы мәдениетін қалыптастыруға, олардың саналы түрде таңдауына және кейіннен кәсіптік білім беру бағдарламаларын меңгеруіне жәрдемдесу; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00BA4B1E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- обеспечение режима соблюдения норм и правил техники безопасности в учебном процессе.</w:t>
+              <w:t>- оқу процесінде қауіпсіздік техникасы нормалары мен қағидаларын сақтау режимін қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
         <w:trPr>
-          <w:trHeight w:val="639"/>
+          <w:trHeight w:val="638"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>размер и условия оплаты труда</w:t>
+              <w:t>еңбекке ақы төлеу мөлшері мен шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- выплачивается в соответствии со стажем и квалификационной категорией;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>еңбек өтілі мен біліктілік санатына сәйкес төленеді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="00AC5698">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>- среднее с</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve">- арнайы орта білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="0075034F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">пециальное образование( min): </w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t>221,577</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>221,557</w:t>
-[...4 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге;</w:t>
+              <w:t xml:space="preserve"> теңге;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="0075034F">
+          <w:p w:rsidR="008E7665" w:rsidRPr="001F4BA9" w:rsidRDefault="008E7665" w:rsidP="0075034F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">- высшее образование (min): </w:t>
+              <w:t xml:space="preserve">- жоғары білім (min): </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2E41" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0075034F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:bCs/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>266,913</w:t>
             </w:r>
-            <w:r w:rsidRPr="005763A2">
-[...2 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> тенге</w:t>
+              <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009B385A" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="001F4BA9" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Квалификационные требования, предъявляемые к кандидату, утвержденные</w:t>
+              <w:t>Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген кандидатқа</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Типовыми квалификационными характеристиками педагогов</w:t>
+              <w:t>қойылатын біліктілік талаптары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="000B74EC" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="000B74EC">
+          <w:p w:rsidR="00C75E82" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="00F52F7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="000B74EC" w:rsidRPr="005763A2">
+            <w:r w:rsidR="00F52F7C" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>высшее и (или) послевузовское педагогическое или техническое и профессиональное, послесреднее педагогическое образование по соответствующему профилю или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, без предъявления требований к стажу работы, или документ об окончании средней школы с XI педагогическим классом до 1995 года, относящиеся к среднему уровню квалификации;</w:t>
+              <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе техникалық және кәсіптік, орта білімнен кейінгі педагогикалық білім немесе тиісті бейін бойынша өзге де кәсіптік білім немесе жұмыс стажына талап қоймастан, педагогикалық қайта даярлығын растайтын құжат немесе біліктіліктің орташа деңгейіне жататын XI педагогикалық сыныбы бар 1995 жылға дейін орта мектепті бітіргені туралы құжат;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00276140" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="00276140">
+          <w:p w:rsidR="007078F2" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="00276140" w:rsidRPr="005763A2">
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>и (или) при наличии высшего и среднего уровня квалификации стаж педагогической работы: для педагога-модератора не менее 2 лет; для педагога-эксперта – не менее 3 лет; педагога-исследователя не менее 4 лет;</w:t>
+              <w:t>және (немесе) біліктілігінің жоғары және орта деңгейі болған кезде педагогикалық жұмыс өтілі: педагог-модератор үшін-кемінде 2 жыл; педагог-сарапшы үшін-кемінде 3 жыл; педагог-зерттеуші үшін-кемінде 4 жыл;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A40329" w:rsidRPr="005763A2" w:rsidRDefault="00A40329" w:rsidP="001F4BA9">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00C75E82" w:rsidP="007078F2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidR="001F4BA9" w:rsidRPr="005763A2">
+            <w:r w:rsidR="007078F2" w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>и (или) при наличии высшего уровня квалификации стаж педагогической работы для педагога-мастера – 5 лет;</w:t>
+              <w:t>және (немесе) біліктілігінің жоғары деңгейі болған жағдайда педагог-шебер үшін педагогикалық жұмыс өтілі – 5 жыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+        <w:trPr>
+          <w:trHeight w:val="423"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00266BEF">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Срок приема документов</w:t>
+              <w:t xml:space="preserve">Құжаттарды қабылдау мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="008D234C" w:rsidRDefault="00690F85" w:rsidP="003E43ED">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="009B385A" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
+              <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12.12-21.12.2023</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="009B385A" w:rsidTr="009540D9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="392" w:type="dxa"/>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidRDefault="008D234C" w:rsidP="008D234C">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="008D234C" w:rsidRPr="005763A2" w:rsidRDefault="008D234C" w:rsidP="00245AC0">
+          <w:p w:rsidR="00B1578A" w:rsidRPr="001F4BA9" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005763A2">
+            <w:r w:rsidRPr="001F4BA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Перечень необходимых документов</w:t>
+              <w:t>Қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00020349">
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00020349">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қағидалардың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Конкурс</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қатысу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 15 к настоящим Правилам;</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z224"/>
-[...20 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алынған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>электронды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="z225"/>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>іс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нақты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="z226"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Педагогтердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қойылатын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>талаптарына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>білімі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="4" w:name="z227"/>
-[...21 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> (при наличии);</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>көшірмесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="5" w:name="z228"/>
-[...30 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>6) «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>есепке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>алу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысандарын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекіту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">» </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сақтау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бекітілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
-[...12 lines deleted...]
-              <w:t>, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>денсаулық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>жағдайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>анықтама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>сертификаттаудан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>өту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>модератордан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>төмен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>емес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>қолданыстағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>куәлі</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00020349">
-[...7 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00020349">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00020349" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
-[...639 lines deleted...]
-          <w:p w:rsidR="008D234C" w:rsidRPr="003E43ED" w:rsidRDefault="008D234C" w:rsidP="007129B6">
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-                <w:szCs w:val="21"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10) ағылшын тілі педагогтері лауазымына орналасуға кандидаттар үшін  пән бойынша сертификаттау нәтижелері туралы сертификаты немесе педагог – модератордың немесе педагог – сарапшының немесе педагог – зерттеушінің  немесе педагог – шебердің біліктілік санатының болуы туралы куәлік (бар болса) немесе </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>CELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Adults.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Cambridge)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>PASS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>A;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Adults)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Pass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>above</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>айелтс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IELTS</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="-67"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>IELTS) – 6,5 балл; немесе тойфл TOEFL (іnternet Based Test (іBT)) сертификаты - 60-65</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10) техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында арнайы пәндер бойынша педагогтер және өндірістік оқыту шеберлері лауазымдарына педагогикалық қызметке кіріскен, тиісті мамандық немесе бейін бойынша өндірісте кемінде 2 жыл жұмыс өтілі бар педагогтер сертификаттаудан өтуден босатылады</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BB2800" w:rsidRPr="004F0789" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">12) 16-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағалау парағы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00520C9B" w:rsidRPr="001F4BA9" w:rsidRDefault="00BB2800" w:rsidP="00BB2800">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тәжірибе жоқ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кандидаттың </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бейнепрезентациясы (өзін – өзі таныстыру) ұзақтығы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 минут</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>, ең төменгі ажыратымдылығы – 720 x 480</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidTr="009540D9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="514" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="00D478D0" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2996" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="001F4BA9" w:rsidRDefault="0075034F" w:rsidP="00B0496E">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r w:rsidR="00D478D0" w:rsidRPr="001F4BA9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ос лауазымының мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6627" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00D478D0" w:rsidRPr="00A668A3" w:rsidRDefault="00A668A3" w:rsidP="00B475E6">
+            <w:pPr>
+              <w:textAlignment w:val="baseline"/>
+              <w:outlineLvl w:val="2"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A668A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>01</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>.09.2023ж. бастап</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003153C2" w:rsidRPr="001F4BA9" w:rsidRDefault="003153C2" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001F4BA9" w:rsidRPr="001F4BA9" w:rsidRDefault="001F4BA9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008540D3" w:rsidRDefault="008540D3" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD1DD9" w:rsidRDefault="00AD1DD9" w:rsidP="00A40329">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpXSpec="center" w:tblpY="69"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5784"/>
+        <w:gridCol w:w="2803"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AC513E" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="525"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5784" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="2"/>
+                <w:szCs w:val="2"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2803" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="620" w:right="526" w:hanging="124"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Конкурс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>болса)),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:before="270" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="608"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:t xml:space="preserve"> _____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>лауазымдық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>рұқсат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>беруіңізді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(қажетінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сызыңыз)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:t xml:space="preserve"> _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>___________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:right="1776"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00785C62">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:right="-93" w:firstLine="439"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">істеймін: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0789">
+        <w:t>________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:right="-93"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0789">
+        <w:t>_______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:right="1776"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>мекен-жайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>қала\ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:right="1776"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>келесіні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:after="21"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>кейін</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a8"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="250" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3741"/>
+        <w:gridCol w:w="3004"/>
+        <w:gridCol w:w="3256"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AC513E" w:rsidTr="00472BDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>Оқыту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:t>мамандық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidTr="00472BDB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3074" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3320" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="aa"/>
+              <w:spacing w:after="21"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D234C" w:rsidRPr="001F4BA9" w:rsidTr="008D234C">
-[...85 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00452A41" w:rsidRPr="001F4BA9" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="35"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(растау)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="35"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9140"/>
+        </w:tabs>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="785" w:right="276" w:hanging="246"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">                                                  Наградалары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="53"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="54"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>болса): _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9123"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="785" w:right="276" w:hanging="246"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:t>____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F24D9F" w:rsidRDefault="00F24D9F" w:rsidP="001F4BA9">
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...24 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>Күні:  ____ «____________» 20___ж.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0789">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0789">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F0789">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>Қолы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F0789">
+        <w:rPr>
+          <w:sz w:val="27"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00785C62" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:before="26" w:line="273" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="1935" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0075034F" w:rsidRDefault="0075034F" w:rsidP="001F4BA9">
-[...197 lines deleted...]
-    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00785C62">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="-235" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="-235" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мемлекеттік білім </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдарының </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="-235" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қағидаларына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="6402" w:right="-235" w:firstLine="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:spacing w:before="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="14"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үміткердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="15"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F0789">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
+      <w:pPr>
+        <w:pStyle w:val="aa"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>(Тегі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>әкесінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>аты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F962E3">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>болса))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...769 lines deleted...]
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10228" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="447"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3685"/>
+        <w:gridCol w:w="3119"/>
+        <w:gridCol w:w="850"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidTr="00472BDB">
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidTr="00472BDB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="447" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00080F62">
-[...4 lines deleted...]
-              <w:t>Наименование учебного заведения</w:t>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00080F62">
-[...4 lines deleted...]
-              <w:t>Период обучения</w:t>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="192"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00080F62">
-[...4 lines deleted...]
-              <w:t>Специальность по диплому</w:t>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сандары</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(1-ден</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>20-ға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дейін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidTr="00472BDB">
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="1045"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="447" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="933"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломның  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дипломға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="77"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі үздік= 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="77"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="705"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="933"/>
+              </w:tabs>
+              <w:spacing w:before="65"/>
+              <w:ind w:left="40" w:right="29"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломға</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшаның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="43"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="43"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кандидат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="43"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="646"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="967"/>
+                <w:tab w:val="left" w:pos="1457"/>
+                <w:tab w:val="left" w:pos="1665"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="269"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="967"/>
+                <w:tab w:val="left" w:pos="1457"/>
+                <w:tab w:val="left" w:pos="1665"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="269"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">             </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ү  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>міткерлер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1175"/>
+              </w:tabs>
+              <w:spacing w:before="176"/>
+              <w:ind w:left="40" w:right="266"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1175"/>
+              </w:tabs>
+              <w:spacing w:before="176"/>
+              <w:ind w:left="40" w:right="266"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1582"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>куәлік,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="136"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екінші санат = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="136"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бірінші санат = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="136"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жоғары санат = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="136"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="77"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="136"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1522"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1424"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="166"/>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әкімшілік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                              </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметтегі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1095"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="166"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кітапшасы/еңбек</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>да</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="23"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл) = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="23"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Директордың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="19"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="134"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>директор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(лауазымдық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жыл)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="23"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="002A7118" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="853"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Алғаш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>рет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмысқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тұрған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40" w:right="24"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосымшасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="002A7118" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="166"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибенің нәтижелері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="166"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жақсы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"жақсы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="166"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1154"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1088"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="28"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Бұрынғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(педагог</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан ұсыныс хат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1370"/>
+                <w:tab w:val="left" w:pos="1439"/>
+              </w:tabs>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="95"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Конкурсты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>өз</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бетінше</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>соңғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыс/оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымға/оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мекемесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>өтініш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жасайды)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-48"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>хатының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>минус</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1259"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жетістіктерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="320"/>
+                <w:tab w:val="left" w:pos="1119"/>
+                <w:tab w:val="left" w:pos="1334"/>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="235"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>дипломдар,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">конкурстар, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="93"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Олимпиадалар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="56"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="93"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жобалардың</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="273"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">олимпиадалар </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>онкурста</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="93"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2746" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2127" w:type="dxa"/>
+            <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3685" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="178"/>
+                <w:tab w:val="left" w:pos="1578"/>
+              </w:tabs>
+              <w:spacing w:before="10"/>
+              <w:ind w:right="99" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дипломдар,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мұғалімнің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="50"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>к о н к у р с т а р</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>грамоталары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:spacing w:before="25"/>
+              <w:ind w:left="157" w:hanging="118"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1059"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="94"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Үздік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1059"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="89"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Үздік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпазы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A7118">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="27"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Қазақстан еңбек сіңірген</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұстазы"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>медаль</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегері</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1059"/>
+              </w:tabs>
+              <w:spacing w:before="30"/>
+              <w:ind w:left="40" w:right="94"/>
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="003E43ED" w:rsidRPr="00080F62" w:rsidRDefault="003E43ED" w:rsidP="00472BDB">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="2131"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="4"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="137"/>
+              <w:ind w:left="40" w:right="69"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-авторлық шығармалары,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>басылымдары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="95"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ҚР</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОАМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">            </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(немесе)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="103"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>оқулықтар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="42"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(немесе)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ОӘК</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бірлескен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>авторы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1106"/>
+                <w:tab w:val="left" w:pos="1285"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="90"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>БССҚЕК,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>б о й ы н ш а</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40" w:right="95"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="1388"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="30"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1095"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="44"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қоғамдық-педагогикалық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәлімгер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="004F0789" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="28"/>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ӘБ басшылығы = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40" w:right="28"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Екі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс/қазақ = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел/орыс</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F0789">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>/қазақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>үш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сабақ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қазақ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орыс,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>шетел)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="009B385A" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="2429"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсқа</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="319"/>
+                <w:tab w:val="left" w:pos="320"/>
+                <w:tab w:val="left" w:pos="1129"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="234"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаттары;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="002A7118" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:ind w:right="255" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">цифрлық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сауаттылық,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:ind w:right="91" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ,  IELTS;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOEFL;  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DELF сертификаттары;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:ind w:right="29" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Zertifikat,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тілінде   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>негіздері "</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> б</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ағдарламалары </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша  оқыту,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:ind w:right="266" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Microsoft"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсера</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жұмыстарына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқыту; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="7"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="158"/>
+              </w:tabs>
+              <w:ind w:right="266" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Халықаралық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">курстар: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>TEFL Cambridge</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"CELTA (Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="44"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Languages)"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Language  Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Primary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>DELTA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Diploma</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Other  Languages)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>CELT-S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EnglishLanguage</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Secondary)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>EMI</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Skills</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Medium</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Instruction)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Speakers ofOther</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Languages</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(TESOL)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"TESOL"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="82"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="32"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>teaching English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learners</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>International House</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Certificate</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>English</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Foreign</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1063"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="266"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Language</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(IHC) IHCYLT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>International</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">         </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>House  Certificate In</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Young</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Learners  and Teenagers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Becoming</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Better</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teacher:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Exploring</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Professional</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Development</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment for Learning:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Formative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Science</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Maths</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="823"/>
+                <w:tab w:val="left" w:pos="1819"/>
+              </w:tabs>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="40" w:right="166"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Online</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>Teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educators:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="45"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Development  and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Delivery</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Management</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Key</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ideas</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mentoring  Mathematics</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Teachers</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00993BFE" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="823"/>
+                <w:tab w:val="left" w:pos="1819"/>
+              </w:tabs>
+              <w:spacing w:before="12"/>
+              <w:ind w:left="40" w:right="166"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="87"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="35"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>платформе Coursera,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Futute</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>learn</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Teaching  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mathematics</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="002A7118" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="40" w:right="306"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>with</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Technology</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Special</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Educational</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Needs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Developing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>expertise</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>in</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>teaching</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>chemistry</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993BFE">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ПШО,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="77"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>"Өрлеу"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Курстары</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="756"/>
+                <w:tab w:val="left" w:pos="1430"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="40" w:right="88"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="21"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>ғылым</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2016</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жылғы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қаңтардағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>95</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сәйкес</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізбеге</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>іске</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>органмен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>келісілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">біліктілікті </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>арттыру</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Нормативтік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">құқықтық </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>актілерді</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тізілімінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>30068</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>болып</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тіркелген)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="18"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(әрқайсысы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жеке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="2429"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="447" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2127" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3685" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="319"/>
+                <w:tab w:val="left" w:pos="320"/>
+                <w:tab w:val="left" w:pos="1129"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="234"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="78"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>алған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="86"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқу  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>түлегі,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">" Дипломмен  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ауылға!",  "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Серпін"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қатысушысы,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыспен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қамту</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>орталығы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="48"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жастар</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00574C31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>жіберілген</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3119" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1046"/>
+              </w:tabs>
+              <w:ind w:left="40" w:right="119"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>гранты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>иегерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="16"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>келісім-шарты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F962E3">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>қосылады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidTr="00472BDB">
+        <w:trPr>
+          <w:trHeight w:val="396"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9378" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00574C31" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                                                                                                          </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Барлы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ғы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00472BDB">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+    <w:p w:rsidR="00AC513E" w:rsidRPr="00F962E3" w:rsidRDefault="00AC513E" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...145 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003E43ED" w:rsidRDefault="003E43ED" w:rsidP="003E43ED">
+    <w:p w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidRDefault="00B67487" w:rsidP="00AC513E">
       <w:pPr>
-        <w:spacing w:after="0"/>
-[...4077 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B67487" w:rsidRPr="0075034F" w:rsidSect="00B67487">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="737" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -8266,50 +18140,282 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="229D1A41"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B3E29CBE"/>
+    <w:lvl w:ilvl="0" w:tplc="AE0EF01E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4634B072">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="265" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B2F4D37C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="491" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F86842D8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="716" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AB1E0D60">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="942" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="67DCD550">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1168" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="F392B16E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1393" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="5616F556">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1619" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="91805696">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1844" w:hanging="138"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="45742402"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F4ECF84"/>
+    <w:lvl w:ilvl="0" w:tplc="9BD4B350">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="40" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="95B6FF24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="265" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="9068732A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="491" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A27039F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="716" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="548AA43C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="942" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="02D299BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1168" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="77988C22">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1393" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8D6AB41A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1619" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B65C612C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1844" w:hanging="279"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8378,51 +18484,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8491,51 +18597,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8585,253 +18691,257 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5531" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6251" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="117"/>
+  <w:zoom w:percent="116"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
     <w:rsid w:val="000B0E84"/>
     <w:rsid w:val="000B74EC"/>
     <w:rsid w:val="000C18A7"/>
     <w:rsid w:val="000C51F6"/>
     <w:rsid w:val="000D42B8"/>
     <w:rsid w:val="000D75B6"/>
     <w:rsid w:val="000D7E12"/>
     <w:rsid w:val="000E42D5"/>
     <w:rsid w:val="000E588C"/>
     <w:rsid w:val="000E7BC7"/>
     <w:rsid w:val="000F5AB2"/>
     <w:rsid w:val="000F7F2D"/>
+    <w:rsid w:val="00101BB4"/>
     <w:rsid w:val="00107931"/>
     <w:rsid w:val="0011447E"/>
     <w:rsid w:val="00114B74"/>
     <w:rsid w:val="00117287"/>
     <w:rsid w:val="001216CA"/>
     <w:rsid w:val="00122C56"/>
     <w:rsid w:val="00123C01"/>
     <w:rsid w:val="001360EE"/>
     <w:rsid w:val="00142D11"/>
     <w:rsid w:val="001436E9"/>
     <w:rsid w:val="00155EE7"/>
-    <w:rsid w:val="001573A0"/>
     <w:rsid w:val="001615CA"/>
     <w:rsid w:val="001650C0"/>
     <w:rsid w:val="00170E9A"/>
     <w:rsid w:val="00176CE7"/>
     <w:rsid w:val="0017753F"/>
     <w:rsid w:val="00183FF8"/>
     <w:rsid w:val="001917EE"/>
     <w:rsid w:val="00193898"/>
     <w:rsid w:val="00194690"/>
     <w:rsid w:val="00194744"/>
     <w:rsid w:val="001A24F6"/>
     <w:rsid w:val="001A30E3"/>
     <w:rsid w:val="001B2280"/>
     <w:rsid w:val="001B6127"/>
     <w:rsid w:val="001B695E"/>
     <w:rsid w:val="001B7F01"/>
     <w:rsid w:val="001C6E63"/>
     <w:rsid w:val="001D32DA"/>
     <w:rsid w:val="001D47B9"/>
     <w:rsid w:val="001E17F9"/>
     <w:rsid w:val="001F22F5"/>
     <w:rsid w:val="001F2460"/>
     <w:rsid w:val="001F3C49"/>
     <w:rsid w:val="001F4BA9"/>
     <w:rsid w:val="00200BD1"/>
     <w:rsid w:val="00201B90"/>
     <w:rsid w:val="002034CA"/>
     <w:rsid w:val="00204794"/>
     <w:rsid w:val="002075F7"/>
     <w:rsid w:val="00210F6E"/>
     <w:rsid w:val="002135D2"/>
     <w:rsid w:val="00217711"/>
     <w:rsid w:val="002200D5"/>
     <w:rsid w:val="00222BA2"/>
-    <w:rsid w:val="0022311F"/>
     <w:rsid w:val="0022382E"/>
     <w:rsid w:val="00231724"/>
     <w:rsid w:val="00231ED7"/>
     <w:rsid w:val="002408F8"/>
     <w:rsid w:val="00243836"/>
     <w:rsid w:val="0024625B"/>
     <w:rsid w:val="00250563"/>
     <w:rsid w:val="00250C53"/>
     <w:rsid w:val="00253201"/>
     <w:rsid w:val="00254628"/>
     <w:rsid w:val="00261786"/>
     <w:rsid w:val="00263268"/>
     <w:rsid w:val="002647B4"/>
     <w:rsid w:val="00272A89"/>
     <w:rsid w:val="00273774"/>
     <w:rsid w:val="00275389"/>
-    <w:rsid w:val="00275F05"/>
     <w:rsid w:val="002760FC"/>
     <w:rsid w:val="00276140"/>
     <w:rsid w:val="00280FE3"/>
     <w:rsid w:val="0028281D"/>
     <w:rsid w:val="0028430C"/>
     <w:rsid w:val="002848B9"/>
     <w:rsid w:val="002848BD"/>
     <w:rsid w:val="00294615"/>
     <w:rsid w:val="002A4A6C"/>
     <w:rsid w:val="002A50CA"/>
     <w:rsid w:val="002A6FF7"/>
     <w:rsid w:val="002B2DDC"/>
     <w:rsid w:val="002B5FB8"/>
     <w:rsid w:val="002B65FC"/>
     <w:rsid w:val="002B68B2"/>
     <w:rsid w:val="002C2698"/>
     <w:rsid w:val="002C3DE4"/>
     <w:rsid w:val="002C5543"/>
     <w:rsid w:val="002D081D"/>
     <w:rsid w:val="002D5996"/>
     <w:rsid w:val="002D7E2F"/>
     <w:rsid w:val="002E65E4"/>
     <w:rsid w:val="002E7C30"/>
     <w:rsid w:val="002F37F7"/>
     <w:rsid w:val="002F3E78"/>
     <w:rsid w:val="002F4145"/>
     <w:rsid w:val="002F677E"/>
     <w:rsid w:val="00301843"/>
     <w:rsid w:val="00305D41"/>
     <w:rsid w:val="00306541"/>
     <w:rsid w:val="003153C2"/>
     <w:rsid w:val="003221E8"/>
     <w:rsid w:val="00323CC6"/>
     <w:rsid w:val="0032543F"/>
     <w:rsid w:val="0033199C"/>
     <w:rsid w:val="00334CC0"/>
+    <w:rsid w:val="00335ACF"/>
     <w:rsid w:val="00344934"/>
     <w:rsid w:val="00344A1A"/>
     <w:rsid w:val="0035742D"/>
     <w:rsid w:val="003579A8"/>
     <w:rsid w:val="0037198C"/>
     <w:rsid w:val="00373625"/>
     <w:rsid w:val="00373F82"/>
     <w:rsid w:val="00375274"/>
     <w:rsid w:val="00375557"/>
     <w:rsid w:val="003811EF"/>
     <w:rsid w:val="00390F02"/>
     <w:rsid w:val="003920E0"/>
     <w:rsid w:val="00393EEA"/>
     <w:rsid w:val="003A2172"/>
     <w:rsid w:val="003A5835"/>
     <w:rsid w:val="003A6132"/>
     <w:rsid w:val="003B10DA"/>
     <w:rsid w:val="003B611D"/>
     <w:rsid w:val="003B6A0B"/>
     <w:rsid w:val="003B722D"/>
     <w:rsid w:val="003B7991"/>
     <w:rsid w:val="003C073C"/>
     <w:rsid w:val="003C16F9"/>
     <w:rsid w:val="003C21A6"/>
     <w:rsid w:val="003C6B17"/>
     <w:rsid w:val="003C6CE8"/>
     <w:rsid w:val="003C740D"/>
     <w:rsid w:val="003D3661"/>
     <w:rsid w:val="003D4D1F"/>
     <w:rsid w:val="003D6E6F"/>
     <w:rsid w:val="003E0D68"/>
     <w:rsid w:val="003E0EB1"/>
     <w:rsid w:val="003E3EEA"/>
-    <w:rsid w:val="003E43ED"/>
     <w:rsid w:val="003F0467"/>
     <w:rsid w:val="003F0710"/>
     <w:rsid w:val="003F6A1A"/>
     <w:rsid w:val="003F793F"/>
     <w:rsid w:val="00402778"/>
     <w:rsid w:val="00406E1A"/>
     <w:rsid w:val="0040774B"/>
     <w:rsid w:val="004107DB"/>
     <w:rsid w:val="00412E97"/>
     <w:rsid w:val="00412EE6"/>
     <w:rsid w:val="00414D8A"/>
     <w:rsid w:val="004158B1"/>
     <w:rsid w:val="00415A88"/>
     <w:rsid w:val="00420B8F"/>
     <w:rsid w:val="00424A81"/>
     <w:rsid w:val="00430029"/>
     <w:rsid w:val="0043056F"/>
     <w:rsid w:val="00431819"/>
     <w:rsid w:val="00437A2D"/>
     <w:rsid w:val="00440BF7"/>
     <w:rsid w:val="00442569"/>
     <w:rsid w:val="00444289"/>
     <w:rsid w:val="00444E34"/>
     <w:rsid w:val="00445B92"/>
     <w:rsid w:val="00452A41"/>
@@ -8850,161 +18960,162 @@
     <w:rsid w:val="004A5758"/>
     <w:rsid w:val="004B1185"/>
     <w:rsid w:val="004B289B"/>
     <w:rsid w:val="004C0AB4"/>
     <w:rsid w:val="004D120D"/>
     <w:rsid w:val="004D7E10"/>
     <w:rsid w:val="004E116A"/>
     <w:rsid w:val="004E1DA3"/>
     <w:rsid w:val="004F115C"/>
     <w:rsid w:val="004F3AA7"/>
     <w:rsid w:val="004F5BBF"/>
     <w:rsid w:val="005116C4"/>
     <w:rsid w:val="005135A5"/>
     <w:rsid w:val="00517B75"/>
     <w:rsid w:val="00520636"/>
     <w:rsid w:val="00520C9B"/>
     <w:rsid w:val="0052206B"/>
     <w:rsid w:val="00523AD9"/>
     <w:rsid w:val="0052544D"/>
     <w:rsid w:val="00527372"/>
     <w:rsid w:val="00527961"/>
     <w:rsid w:val="00530F67"/>
     <w:rsid w:val="005345C3"/>
     <w:rsid w:val="0053507A"/>
     <w:rsid w:val="005357A3"/>
-    <w:rsid w:val="00552BF6"/>
     <w:rsid w:val="00552FDD"/>
     <w:rsid w:val="00560EEB"/>
     <w:rsid w:val="005621FC"/>
     <w:rsid w:val="00566BA8"/>
     <w:rsid w:val="00570619"/>
     <w:rsid w:val="0057164C"/>
     <w:rsid w:val="0057567C"/>
     <w:rsid w:val="005763A2"/>
     <w:rsid w:val="00577E4B"/>
     <w:rsid w:val="00582E6E"/>
     <w:rsid w:val="00584212"/>
     <w:rsid w:val="0058750D"/>
     <w:rsid w:val="00591889"/>
     <w:rsid w:val="005934B1"/>
     <w:rsid w:val="0059502E"/>
     <w:rsid w:val="005A1889"/>
     <w:rsid w:val="005A46ED"/>
     <w:rsid w:val="005B317E"/>
     <w:rsid w:val="005C050E"/>
     <w:rsid w:val="005C264A"/>
     <w:rsid w:val="005C2C35"/>
     <w:rsid w:val="005C3950"/>
     <w:rsid w:val="005C51B0"/>
     <w:rsid w:val="005C798F"/>
     <w:rsid w:val="005D01BB"/>
     <w:rsid w:val="005D3884"/>
     <w:rsid w:val="005D7C3A"/>
     <w:rsid w:val="005E1449"/>
     <w:rsid w:val="005E3F53"/>
     <w:rsid w:val="005E42E7"/>
     <w:rsid w:val="005E7D3C"/>
     <w:rsid w:val="005F1273"/>
     <w:rsid w:val="005F2715"/>
     <w:rsid w:val="005F3B49"/>
     <w:rsid w:val="005F64A7"/>
     <w:rsid w:val="005F6C95"/>
     <w:rsid w:val="00602344"/>
     <w:rsid w:val="00602932"/>
+    <w:rsid w:val="006030DA"/>
     <w:rsid w:val="00604AF0"/>
     <w:rsid w:val="00610B31"/>
     <w:rsid w:val="006176A1"/>
     <w:rsid w:val="0062378C"/>
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="00630AA8"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
-    <w:rsid w:val="00690F85"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
+    <w:rsid w:val="00697430"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="007078F2"/>
     <w:rsid w:val="007129B6"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="0075034F"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
     <w:rsid w:val="00775FEF"/>
     <w:rsid w:val="007827E9"/>
     <w:rsid w:val="007844FC"/>
     <w:rsid w:val="007A2085"/>
     <w:rsid w:val="007A339B"/>
     <w:rsid w:val="007A3FA2"/>
     <w:rsid w:val="007A5711"/>
     <w:rsid w:val="007B3459"/>
     <w:rsid w:val="007D5A26"/>
     <w:rsid w:val="007E07E6"/>
     <w:rsid w:val="007E3D0C"/>
     <w:rsid w:val="007F3DBC"/>
     <w:rsid w:val="00800002"/>
     <w:rsid w:val="00801FDE"/>
+    <w:rsid w:val="00804041"/>
     <w:rsid w:val="0081008A"/>
     <w:rsid w:val="00821210"/>
     <w:rsid w:val="00822C55"/>
     <w:rsid w:val="00834BCF"/>
     <w:rsid w:val="00837CF1"/>
     <w:rsid w:val="00844A40"/>
     <w:rsid w:val="008540D3"/>
     <w:rsid w:val="00854F32"/>
     <w:rsid w:val="00855143"/>
     <w:rsid w:val="00855F75"/>
     <w:rsid w:val="00861BC7"/>
     <w:rsid w:val="00863F2F"/>
     <w:rsid w:val="00866E0F"/>
     <w:rsid w:val="00873C6B"/>
     <w:rsid w:val="00876656"/>
     <w:rsid w:val="00884531"/>
     <w:rsid w:val="00884A28"/>
     <w:rsid w:val="00886E3A"/>
     <w:rsid w:val="0089147B"/>
     <w:rsid w:val="00891D42"/>
     <w:rsid w:val="008968DC"/>
     <w:rsid w:val="008A16AC"/>
     <w:rsid w:val="008A2C7C"/>
     <w:rsid w:val="008A33E1"/>
     <w:rsid w:val="008A35DF"/>
@@ -9016,152 +19127,156 @@
     <w:rsid w:val="008C0E1A"/>
     <w:rsid w:val="008C14C4"/>
     <w:rsid w:val="008C155B"/>
     <w:rsid w:val="008C2523"/>
     <w:rsid w:val="008D234C"/>
     <w:rsid w:val="008D6A9A"/>
     <w:rsid w:val="008E2502"/>
     <w:rsid w:val="008E2539"/>
     <w:rsid w:val="008E7003"/>
     <w:rsid w:val="008E7665"/>
     <w:rsid w:val="008F0FD6"/>
     <w:rsid w:val="008F1837"/>
     <w:rsid w:val="008F25A6"/>
     <w:rsid w:val="008F2B8E"/>
     <w:rsid w:val="008F5280"/>
     <w:rsid w:val="00902819"/>
     <w:rsid w:val="0090293E"/>
     <w:rsid w:val="00912432"/>
     <w:rsid w:val="009217D4"/>
     <w:rsid w:val="00922249"/>
     <w:rsid w:val="00923618"/>
     <w:rsid w:val="00927984"/>
     <w:rsid w:val="00932150"/>
     <w:rsid w:val="00933282"/>
     <w:rsid w:val="00936046"/>
+    <w:rsid w:val="00942862"/>
     <w:rsid w:val="009540D9"/>
     <w:rsid w:val="00954670"/>
     <w:rsid w:val="00957FE3"/>
     <w:rsid w:val="00961F9A"/>
     <w:rsid w:val="009665C6"/>
     <w:rsid w:val="00967BC8"/>
     <w:rsid w:val="00977DC7"/>
     <w:rsid w:val="009808C8"/>
     <w:rsid w:val="0098399D"/>
     <w:rsid w:val="00983D2D"/>
     <w:rsid w:val="0098517B"/>
     <w:rsid w:val="00996AA2"/>
     <w:rsid w:val="009974AD"/>
     <w:rsid w:val="009A254D"/>
     <w:rsid w:val="009A7000"/>
     <w:rsid w:val="009B02DF"/>
+    <w:rsid w:val="009B385A"/>
     <w:rsid w:val="009B4730"/>
     <w:rsid w:val="009B58A3"/>
     <w:rsid w:val="009C2DEB"/>
     <w:rsid w:val="009C5EFE"/>
     <w:rsid w:val="009D0772"/>
     <w:rsid w:val="009D184B"/>
     <w:rsid w:val="009D7C3F"/>
     <w:rsid w:val="009E1D6B"/>
     <w:rsid w:val="009E3B07"/>
     <w:rsid w:val="009E46F6"/>
     <w:rsid w:val="009F11CC"/>
     <w:rsid w:val="009F3B01"/>
     <w:rsid w:val="009F528F"/>
     <w:rsid w:val="00A00C92"/>
     <w:rsid w:val="00A03802"/>
     <w:rsid w:val="00A053FC"/>
     <w:rsid w:val="00A0584B"/>
     <w:rsid w:val="00A1198D"/>
     <w:rsid w:val="00A132B7"/>
     <w:rsid w:val="00A24390"/>
     <w:rsid w:val="00A3160D"/>
     <w:rsid w:val="00A32D0C"/>
     <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A34082"/>
     <w:rsid w:val="00A345CF"/>
     <w:rsid w:val="00A40329"/>
     <w:rsid w:val="00A40E8A"/>
     <w:rsid w:val="00A4619D"/>
     <w:rsid w:val="00A46ACF"/>
     <w:rsid w:val="00A4714E"/>
     <w:rsid w:val="00A477C4"/>
     <w:rsid w:val="00A50463"/>
     <w:rsid w:val="00A51052"/>
     <w:rsid w:val="00A555E8"/>
     <w:rsid w:val="00A5737A"/>
     <w:rsid w:val="00A668A3"/>
     <w:rsid w:val="00A70E7A"/>
     <w:rsid w:val="00A71A5A"/>
     <w:rsid w:val="00A71D18"/>
     <w:rsid w:val="00A76515"/>
     <w:rsid w:val="00A7718F"/>
     <w:rsid w:val="00A86EE1"/>
     <w:rsid w:val="00A90563"/>
     <w:rsid w:val="00A949A2"/>
     <w:rsid w:val="00AA107F"/>
     <w:rsid w:val="00AA5364"/>
+    <w:rsid w:val="00AC0ADF"/>
     <w:rsid w:val="00AC386E"/>
+    <w:rsid w:val="00AC513E"/>
     <w:rsid w:val="00AC5698"/>
     <w:rsid w:val="00AD1DD9"/>
     <w:rsid w:val="00AD2280"/>
     <w:rsid w:val="00AD52EF"/>
     <w:rsid w:val="00AD6598"/>
-    <w:rsid w:val="00AD7433"/>
     <w:rsid w:val="00AE4097"/>
     <w:rsid w:val="00AE7F11"/>
     <w:rsid w:val="00AF1068"/>
     <w:rsid w:val="00B00AEE"/>
     <w:rsid w:val="00B01C75"/>
     <w:rsid w:val="00B02706"/>
     <w:rsid w:val="00B1578A"/>
     <w:rsid w:val="00B163FC"/>
     <w:rsid w:val="00B22BF1"/>
     <w:rsid w:val="00B23414"/>
     <w:rsid w:val="00B2533F"/>
     <w:rsid w:val="00B2612E"/>
     <w:rsid w:val="00B261A2"/>
     <w:rsid w:val="00B304F9"/>
     <w:rsid w:val="00B343E1"/>
     <w:rsid w:val="00B365AE"/>
     <w:rsid w:val="00B4007E"/>
     <w:rsid w:val="00B41896"/>
     <w:rsid w:val="00B46010"/>
     <w:rsid w:val="00B47336"/>
     <w:rsid w:val="00B475E6"/>
     <w:rsid w:val="00B4786A"/>
     <w:rsid w:val="00B552A1"/>
     <w:rsid w:val="00B57A82"/>
     <w:rsid w:val="00B6112C"/>
     <w:rsid w:val="00B67487"/>
     <w:rsid w:val="00B73D07"/>
     <w:rsid w:val="00B820C6"/>
     <w:rsid w:val="00B86124"/>
     <w:rsid w:val="00B940DA"/>
     <w:rsid w:val="00B9715B"/>
     <w:rsid w:val="00BA4B1E"/>
     <w:rsid w:val="00BA612E"/>
+    <w:rsid w:val="00BB2800"/>
     <w:rsid w:val="00BC0FA0"/>
     <w:rsid w:val="00BD00E0"/>
     <w:rsid w:val="00BD1E4A"/>
     <w:rsid w:val="00BD2BA7"/>
     <w:rsid w:val="00BD3A11"/>
     <w:rsid w:val="00BD4143"/>
     <w:rsid w:val="00BE0EE5"/>
     <w:rsid w:val="00BE40D3"/>
     <w:rsid w:val="00BE4202"/>
     <w:rsid w:val="00BE6061"/>
     <w:rsid w:val="00BE6D49"/>
     <w:rsid w:val="00BF329F"/>
     <w:rsid w:val="00BF4C3B"/>
     <w:rsid w:val="00BF77B4"/>
     <w:rsid w:val="00C02A78"/>
     <w:rsid w:val="00C04805"/>
     <w:rsid w:val="00C204AD"/>
     <w:rsid w:val="00C27AB3"/>
     <w:rsid w:val="00C3590E"/>
     <w:rsid w:val="00C35D2C"/>
     <w:rsid w:val="00C424F6"/>
     <w:rsid w:val="00C44EA1"/>
     <w:rsid w:val="00C47811"/>
     <w:rsid w:val="00C478E1"/>
     <w:rsid w:val="00C56FDD"/>
@@ -9196,135 +19311,133 @@
     <w:rsid w:val="00D4365F"/>
     <w:rsid w:val="00D478D0"/>
     <w:rsid w:val="00D51286"/>
     <w:rsid w:val="00D54740"/>
     <w:rsid w:val="00D60CA1"/>
     <w:rsid w:val="00D627E1"/>
     <w:rsid w:val="00D70D9E"/>
     <w:rsid w:val="00D8716B"/>
     <w:rsid w:val="00D91558"/>
     <w:rsid w:val="00D922C4"/>
     <w:rsid w:val="00D974D0"/>
     <w:rsid w:val="00DA1DDF"/>
     <w:rsid w:val="00DA2C9B"/>
     <w:rsid w:val="00DA2D05"/>
     <w:rsid w:val="00DA4F44"/>
     <w:rsid w:val="00DB2E41"/>
     <w:rsid w:val="00DB5787"/>
     <w:rsid w:val="00DB5C62"/>
     <w:rsid w:val="00DB69D5"/>
     <w:rsid w:val="00DB73BF"/>
     <w:rsid w:val="00DC10A3"/>
     <w:rsid w:val="00DC1E1E"/>
     <w:rsid w:val="00DC545C"/>
     <w:rsid w:val="00DC78A3"/>
     <w:rsid w:val="00DD0B6A"/>
-    <w:rsid w:val="00DD6871"/>
     <w:rsid w:val="00DD7F5E"/>
     <w:rsid w:val="00DE4B0E"/>
     <w:rsid w:val="00DF2BA9"/>
     <w:rsid w:val="00DF4A7D"/>
     <w:rsid w:val="00DF7C53"/>
     <w:rsid w:val="00E00904"/>
     <w:rsid w:val="00E02EAC"/>
     <w:rsid w:val="00E06644"/>
     <w:rsid w:val="00E112B0"/>
     <w:rsid w:val="00E128AD"/>
     <w:rsid w:val="00E16050"/>
     <w:rsid w:val="00E20179"/>
     <w:rsid w:val="00E221C6"/>
     <w:rsid w:val="00E23E0F"/>
     <w:rsid w:val="00E333F9"/>
     <w:rsid w:val="00E40125"/>
     <w:rsid w:val="00E43AF2"/>
     <w:rsid w:val="00E50152"/>
     <w:rsid w:val="00E50C66"/>
     <w:rsid w:val="00E51F29"/>
     <w:rsid w:val="00E537BC"/>
     <w:rsid w:val="00E54AD2"/>
     <w:rsid w:val="00E55C49"/>
     <w:rsid w:val="00E5742B"/>
     <w:rsid w:val="00E57671"/>
     <w:rsid w:val="00E64EE3"/>
     <w:rsid w:val="00E702C2"/>
     <w:rsid w:val="00E71B62"/>
     <w:rsid w:val="00E73552"/>
     <w:rsid w:val="00E74948"/>
     <w:rsid w:val="00E74C95"/>
     <w:rsid w:val="00E77FFD"/>
     <w:rsid w:val="00E92116"/>
     <w:rsid w:val="00E95246"/>
     <w:rsid w:val="00E97C39"/>
     <w:rsid w:val="00EB1451"/>
     <w:rsid w:val="00EB2F11"/>
     <w:rsid w:val="00EB3A68"/>
     <w:rsid w:val="00EB3D30"/>
     <w:rsid w:val="00EB44A6"/>
     <w:rsid w:val="00EB6C2D"/>
     <w:rsid w:val="00EC48A6"/>
-    <w:rsid w:val="00EC4925"/>
     <w:rsid w:val="00EC57EE"/>
     <w:rsid w:val="00EC773A"/>
     <w:rsid w:val="00ED17B4"/>
     <w:rsid w:val="00ED3B15"/>
     <w:rsid w:val="00ED521E"/>
     <w:rsid w:val="00EE68A3"/>
     <w:rsid w:val="00EF1FD6"/>
     <w:rsid w:val="00EF2BA0"/>
     <w:rsid w:val="00EF5AEE"/>
     <w:rsid w:val="00F02467"/>
     <w:rsid w:val="00F02FA4"/>
     <w:rsid w:val="00F03DC3"/>
     <w:rsid w:val="00F16017"/>
     <w:rsid w:val="00F17FB1"/>
     <w:rsid w:val="00F23564"/>
     <w:rsid w:val="00F23E99"/>
     <w:rsid w:val="00F24D9F"/>
     <w:rsid w:val="00F275A4"/>
     <w:rsid w:val="00F313C7"/>
     <w:rsid w:val="00F36FB3"/>
     <w:rsid w:val="00F410E4"/>
     <w:rsid w:val="00F41301"/>
     <w:rsid w:val="00F42855"/>
     <w:rsid w:val="00F47591"/>
     <w:rsid w:val="00F4763A"/>
     <w:rsid w:val="00F52F7C"/>
     <w:rsid w:val="00F56B91"/>
     <w:rsid w:val="00F60C7B"/>
     <w:rsid w:val="00F63B83"/>
     <w:rsid w:val="00F64577"/>
     <w:rsid w:val="00F655DE"/>
     <w:rsid w:val="00F7191E"/>
     <w:rsid w:val="00F72CF7"/>
     <w:rsid w:val="00F7514F"/>
+    <w:rsid w:val="00F82876"/>
     <w:rsid w:val="00F8329A"/>
     <w:rsid w:val="00FA3BCC"/>
     <w:rsid w:val="00FA78E4"/>
     <w:rsid w:val="00FC2ABC"/>
     <w:rsid w:val="00FC6E8F"/>
     <w:rsid w:val="00FD0105"/>
-    <w:rsid w:val="00FD3568"/>
     <w:rsid w:val="00FE1190"/>
     <w:rsid w:val="00FF12C4"/>
     <w:rsid w:val="00FF231B"/>
     <w:rsid w:val="00FF3B2F"/>
     <w:rsid w:val="00FF4B7F"/>
     <w:rsid w:val="00FF50F4"/>
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
@@ -9355,50 +19468,51 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -9621,93 +19735,172 @@
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00AC513E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -9928,50 +20121,128 @@
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="ab"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="100"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00AC513E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC513E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -10278,78 +20549,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{393C5ECE-C87D-4139-94CC-C1503243B0F2}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97362100-62C7-4C1D-AC91-3CDF6715C70B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1810</Words>
-  <Characters>10317</Characters>
+  <Words>1760</Words>
+  <Characters>10035</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>83</Lines>
+  <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12103</CharactersWithSpaces>
+  <CharactersWithSpaces>11772</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>