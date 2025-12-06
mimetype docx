--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,2515 +1,2290 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="279B7878" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="004B244F">
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w14:paraId="0C09DD11" w14:textId="77777777" w:rsidR="00BA65FF" w:rsidRPr="00490226" w:rsidRDefault="00BA65FF" w:rsidP="00BA65FF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12695336" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
-[...23 lines deleted...]
-    <w:p w14:paraId="6DA9FA42" w14:textId="7A54A71A" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+    <w:p w14:paraId="279B7878" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="004B244F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3382176E" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Павлодар қаласының №6 жалпы орта білім беру мектебі " КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB46469" w14:textId="46A4F844" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-426" w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F541AF">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DF61921" w14:textId="5DE7FC19" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F541AF">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00F541AF">
+    </w:p>
+    <w:p w14:paraId="352EB3CC" w14:textId="7A478179" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00F541AF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орынбасарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (2 бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нәтижелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="20C99587" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50EABC0A" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="583CB98D" w14:textId="5F9CEDE8" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшының тәрбие жұмысы жөніндегі орынбасарының</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысқан (құжаттар берген) </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаттардың </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болмауына байланысты </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CA741F9" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="279AA894" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="198FC484" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комиссияның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        Федорова Л.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B72CBC1" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="6E29889D" w14:textId="17D22C24" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk153373794"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00364348" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00364348" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қараша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2023 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="4A6ACF8B" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00AA25BE" w:rsidRDefault="00B6329A" w:rsidP="004B244F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3741F86F" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7459DDD3" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C30351B" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52FE5CD0" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F541AF">
-[...43 lines deleted...]
-      <w:r w:rsidR="00B6329A" w:rsidRPr="00F541AF">
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мектебі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
-    </w:p>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КММ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="033B8B8E" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аға тәлімгердің бос лауазымына орналасуға арналған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E6580F5" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурстың нәтижелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3710FD97" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21DD5862" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="439468DD" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w14:paraId="583CB98D" w14:textId="1865DD9B" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Аға тәлімгердің бос лауазымына орналасуға конкурсқа қатысқан (құжаттар берген) кандидаттардың болмауына байланысты конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F87C825" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0715EF76" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>омисси</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>яның хатшысы                      Федорова Л.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F90484C" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404249DE" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22 қараша 2023 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AF0D61" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07A1297E" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E3F4313" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="065D04E9" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34A5973C" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F184D69" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54ED19D6" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0727B7F7" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="596F2C34" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="266EE1F0" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F947B67" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53ED8C4C" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="486B64D5" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3217D0FB" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Павлодар қаласының №6 жалпы орта білім беру мектебі " КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56B904A0" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12F346FE" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19F74216" w14:textId="464472F8" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk153374106"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілі мен әдебиет пәнінің мұғалімі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бос лауазымына орналасуға  конкурс  нәтижелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DAF083B" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EDB88C9" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00F541AF">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>В</w:t>
-[...40 lines deleted...]
-      <w:r w:rsidRPr="00F541AF">
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="471B808E" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="051F930B" w14:textId="4B54A50B" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F541AF">
-[...77 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орыс тілі мен әдебиет пәнінің мұғалімі   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос лауазымына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысқан (құжаттар берген) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаттардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болмауына байланысты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2758BD1A" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125B5974" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="558363CC" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C986CD7" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00AE2142" w:rsidRPr="00F541AF">
-[...7 lines deleted...]
-        <w:t>онкурс</w:t>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AE2142" w:rsidRPr="00F541AF">
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       Федорова Л.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E9444E0" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49233E3C" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>22 қараша 2023 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68175D2F" w14:textId="77777777" w:rsidR="00364348" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62F85147" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="511875B8" w14:textId="79621C3C" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00364348" w:rsidP="00364348">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Hlk153373936"/>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>"Павлодар қаласының №6 жалпы орта білім беру мектебі " КММ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3268F5DA" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бойынша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FAC7625" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="163D745D" w14:textId="54212D9C" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00893F52" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-426" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагог-ассистент </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына орналасуға (</w:t>
+      </w:r>
+      <w:r w:rsidR="00364348" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос жұмыс орны) конкурс  нәтижелері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EA5BE45" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E768420" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D42A85" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="136E451C" w14:textId="1F17B445" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="002F2A05">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог-ассистент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына орналасуға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қатысқан (құжаттар берген) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кандидаттардың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">болмауына байланысты </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс өткізілмеді деп танылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46443808" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42267228" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57F64DE8" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EE15336" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00F541AF">
-[...7 lines deleted...]
-        <w:t>призн</w:t>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурстық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00AE2142" w:rsidRPr="00F541AF">
-[...60 lines deleted...]
-    <w:p w14:paraId="7341F54D" w14:textId="77777777" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> комиссия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                       Федорова Л.Н.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="754201D3" w14:textId="77777777" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F541AF">
-[...11 lines deleted...]
-    <w:p w14:paraId="446C8C60" w14:textId="14F4BFDC" w:rsidR="00B6329A" w:rsidRPr="00F541AF" w:rsidRDefault="00B6329A" w:rsidP="00B6329A">
+      <w:r w:rsidRPr="00AA25BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="151515"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хатшысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="004CF93D" w14:textId="491D78EC" w:rsidR="00BB6F1E" w:rsidRPr="00AA25BE" w:rsidRDefault="00BB6F1E" w:rsidP="00BB6F1E">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F541AF">
-[...10 lines deleted...]
-      <w:r w:rsidR="00AE2142" w:rsidRPr="00F541AF">
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                       </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00490226" w:rsidRPr="00F541AF">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00364348" w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Федорова Л.Н.</w:t>
-[...5 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>2 қараша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA25BE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="151515"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...718 lines deleted...]
-    <w:p w14:paraId="42C947F0" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00F541AF" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
+        <w:t xml:space="preserve"> 2023 жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w14:paraId="42C947F0" w14:textId="77777777" w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidRDefault="002F2A05" w:rsidP="002F2A05">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FDB637B" w14:textId="77777777" w:rsidR="00023CE3" w:rsidRPr="00F541AF" w:rsidRDefault="00023CE3" w:rsidP="00305E0A">
-[...1206 lines deleted...]
-    <w:sectPr w:rsidR="00305E0A" w:rsidRPr="00F541AF" w:rsidSect="00490226">
+    <w:sectPr w:rsidR="002F2A05" w:rsidRPr="00AA25BE" w:rsidSect="00490226">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="424" w:bottom="851" w:left="709" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2589,138 +2364,136 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="353968250">
+  <w:num w:numId="1" w16cid:durableId="790518721">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0090705F"/>
-    <w:rsid w:val="00023CE3"/>
     <w:rsid w:val="00113FCF"/>
     <w:rsid w:val="00154C33"/>
     <w:rsid w:val="00260DF1"/>
     <w:rsid w:val="002F2A05"/>
-    <w:rsid w:val="00305E0A"/>
-    <w:rsid w:val="003F3B79"/>
+    <w:rsid w:val="00364348"/>
     <w:rsid w:val="00404AFB"/>
     <w:rsid w:val="00490226"/>
     <w:rsid w:val="004B244F"/>
     <w:rsid w:val="00570347"/>
-    <w:rsid w:val="00574B57"/>
     <w:rsid w:val="00711A0A"/>
     <w:rsid w:val="00727830"/>
     <w:rsid w:val="00737477"/>
     <w:rsid w:val="0074089D"/>
     <w:rsid w:val="00794310"/>
     <w:rsid w:val="007957B1"/>
     <w:rsid w:val="00833E3D"/>
+    <w:rsid w:val="00893F52"/>
     <w:rsid w:val="008A77C8"/>
     <w:rsid w:val="008B0E33"/>
     <w:rsid w:val="0090705F"/>
     <w:rsid w:val="00926690"/>
     <w:rsid w:val="0094391B"/>
     <w:rsid w:val="00967565"/>
     <w:rsid w:val="009D6FA9"/>
-    <w:rsid w:val="00A03351"/>
     <w:rsid w:val="00A11340"/>
     <w:rsid w:val="00A16DBB"/>
     <w:rsid w:val="00A42D80"/>
+    <w:rsid w:val="00AA25BE"/>
     <w:rsid w:val="00AA268F"/>
     <w:rsid w:val="00AE2142"/>
     <w:rsid w:val="00B3099C"/>
     <w:rsid w:val="00B6329A"/>
     <w:rsid w:val="00BA65FF"/>
-    <w:rsid w:val="00C103C7"/>
+    <w:rsid w:val="00BB6F1E"/>
     <w:rsid w:val="00C363E3"/>
     <w:rsid w:val="00DE78FB"/>
     <w:rsid w:val="00F029EE"/>
     <w:rsid w:val="00F46589"/>
-    <w:rsid w:val="00F541AF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="2F947505"/>
-  <w15:docId w15:val="{7B69CC74-C348-4D74-98FE-DEE134359627}"/>
+  <w15:docId w15:val="{47D7D5CB-1372-4D7D-BEF9-4B0CC8760428}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3078,50 +2851,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00BB6F1E"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
@@ -3441,70 +3215,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>275</Words>
-  <Characters>1574</Characters>
+  <Words>251</Words>
+  <Characters>1435</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>11</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1846</CharactersWithSpaces>
+  <CharactersWithSpaces>1683</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>