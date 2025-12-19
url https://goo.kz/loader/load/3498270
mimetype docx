--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -11,101 +11,101 @@
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4311"/>
         <w:gridCol w:w="1676"/>
         <w:gridCol w:w="4218"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00F3F" w:rsidRPr="00503A42" w14:paraId="310A4A7E" w14:textId="77777777" w:rsidTr="00723A8F">
+      <w:tr w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w14:paraId="310A4A7E" w14:textId="77777777" w:rsidTr="00723A8F">
         <w:trPr>
           <w:trHeight w:val="999"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3E8416EB" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="3E8416EB" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk117690747"/>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C6FF8A8" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="6C6FF8A8" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Шапық Шөкин атындағы жалпы орта білім беру гимназия-мектебі» коммуналдық мемлекеттік мекемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA32338" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="1EA32338" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D334AE8" wp14:editId="53CD6C0A">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-2701710</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="paragraph">
                         <wp:posOffset>1271200</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6480175" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="15875" b="19050"/>
                       <wp:wrapNone/>
                       <wp:docPr id="24" name="Прямая соединительная линия 24"/>
                       <wp:cNvGraphicFramePr>
                         <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                       </wp:cNvGraphicFramePr>
                       <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                         <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                           <wps:wsp>
                             <wps:cNvCnPr>
@@ -137,1636 +137,1256 @@
                                 </a:ext>
                                 <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
                                   <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                     <a:effectLst>
                                       <a:outerShdw dist="28398" dir="3806097" algn="ctr" rotWithShape="0">
                                         <a:srgbClr val="7F7F7F"/>
                                       </a:outerShdw>
                                     </a:effectLst>
                                   </a14:hiddenEffects>
                                 </a:ext>
                               </a:extLst>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
-                <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+                <mc:Fallback xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml">
                   <w:pict>
-                    <v:line w14:anchorId="4B0D76F7" id="Прямая соединительная линия 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-212.75pt,100.1pt" to="297.5pt,100.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB3pFVgtQEAAFcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCrS2MOD2k6y7d&#10;FqDdBzCSbAuTRYFU4uTvJ6lxVmy3YT4Qokg9vfdEr+9PoxNHQ2zRt3K5qKUwXqG2vm/lj5fHD3dS&#10;cASvwaE3rTwblveb9+/WU2jMCgd02pBIIJ6bKbRyiDE0VcVqMCPwAoPxqdghjRBTSn2lCaaEPrpq&#10;Vdc31YSkA6EyzGn34bUoNwW/64yK37uOTRSulYlbLJFK3OdYbdbQ9ARhsOpCA/6BxQjWp0uvUA8Q&#10;QRzI/gU1WkXI2MWFwrHCrrPKFA1JzbL+Q83zAMEULckcDleb+P/Bqm/Hrd9Rpq5O/jk8ofrJwuN2&#10;AN+bQuDlHNLDLbNV1RS4uR7JCYcdif30FXXqgUPE4sKpozFDJn3iVMw+X802pyhU2rz5eFcvbz9J&#10;oeZaBc18MBDHLwZHkRetdNZnH6CB4xPHTASauSVve3y0zpW3dF5Mie3qtq7LCUZnda7mPqZ+v3Uk&#10;jpDHoXxFVqq8bSM8eF3QBgP682UdwbrXdbrd+YxnyoRdKM125NnjZo/6vKPZs/R6hfRl0vJ4vM2L&#10;s7//h80vAAAA//8DAFBLAwQUAAYACAAAACEAjDGiFOAAAAAMAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPTUvDQBCG74L/YRnBW7trcMXGbIoKFUE8tBa1t212TEKzsyG7baO/3hEEPc47D+9HMR99Jw44&#10;xDaQgYupAoFUBddSbWD9sphcg4jJkrNdIDTwiRHm5elJYXMXjrTEwyrVgk0o5tZAk1KfSxmrBr2N&#10;09Aj8e8jDN4mPodausEe2dx3MlPqSnrbEic0tsf7Bqvdau8N9K/rr8Wjerrbvbdvs4161g/Yb4w5&#10;Pxtvb0AkHNMfDD/1uTqU3Gkb9uSi6AxMLjOtmTXAORkIRvRM87ztryLLQv4fUX4DAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAd6RVYLUBAABXAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAjDGiFOAAAAAMAQAADwAAAAAAAAAAAAAAAAAPBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABwFAAAAAA==&#10;" strokeweight="1pt">
+                    <v:line w14:anchorId="716E14C3" id="Прямая соединительная линия 24" o:spid="_x0000_s1026" style="position:absolute;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="-212.75pt,100.1pt" to="297.5pt,100.1pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKLdaNygIAAJQFAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHazcZ0narE2jtdOWptzw&#10;M2lDXLux01gkdmS7TSeEBFwj7RF4BS5AmjTgGdI34thtwzpuEForRcc+Pp+/853jc3K6rkq0olIx&#10;wcdOcOQ7iPJMEMYXY+f11cyNHKQ05gSXgtOxc02Vczp5+uSkqWPaE4UoCZUIQLiKm3rsFFrXseep&#10;rKAVVkeiphycuZAV1rCUC49I3AB6VXo93x94jZCkliKjSsHudOt0JhY/z2mmX+W5ohqVYwe4afuV&#10;9js3X29yguOFxHXBsh0N/B8sKsw4XNpBTbHGaCnZX1AVy6RQItdHmag8kecsozYHyCbwH2RzWeCa&#10;2lxAHFV3MqnHg81eri4kYmTs9EIHcVxBjdovmw+bm/ZH+3VzgzYf21/t9/Zbe9v+bG83n8C+23wG&#10;2zjbu932DYJw0LKpVQyQCb+QRo1szS/r5yJ7qxAXSYH5gtqcrq5ruCcwEd5BiFmoGhjNmxeCwBm8&#10;1MIKu85lZSBBMrS29bvu6kfXGmWwOQgjPxgeOyjb+zwc7wNrqfQzKipkjLFTMm6kxTFePVfaEMHx&#10;/ojZ5mLGytK2R8lRA2x7Q9+3EUqUjBivOafkYp6UEq2w6TD7s2mB5/4xKZacWLSCYpLubI1ZubXh&#10;9pIbPGqbdksJVmsNpt2HHG1DvRv5ozRKo9ANe4PUDf3p1D2bJaE7mEHu0/40SabBe0M0COOCEUK5&#10;4bpv7iD8t+bZPbNtW3bt3aniHaJb+YDsIdOz2bE/DPuROxwe992wn/rueTRL3LMkGAyG6Xlynj5g&#10;mtrs1eOQ7aQ0rMRSU3lZkAYRZurfi/ojmE2EwTDoR/7AHw0dhMsFTLFMSwdJod8wXdh2NY1mMA5q&#10;PZyZ/67WHfpWiH0Nzaqrwi63P1JBzff1ta/ANP72Cc0Fub6Q+9cBT98G7caUmS3312DfH6aT3wAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAIwxohTgAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj01Lw0AQ&#10;hu+C/2EZwVu7a3DFxmyKChVBPLQWtbdtdkxCs7Mhu22jv94RBD3OOw/vRzEffScOOMQ2kIGLqQKB&#10;VAXXUm1g/bKYXIOIyZKzXSA08IkR5uXpSWFzF460xMMq1YJNKObWQJNSn0sZqwa9jdPQI/HvIwze&#10;Jj6HWrrBHtncdzJT6kp62xInNLbH+war3WrvDfSv66/Fo3q62723b7ONetYP2G+MOT8bb29AJBzT&#10;Hww/9bk6lNxpG/bkougMTC4zrZk1wDkZCEb0TPO87a8iy0L+H1F+AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAEot1o3KAgAAlAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAIwxohTgAAAADAEAAA8AAAAAAAAAAAAAAAAAJAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAAAxBgAAAAA=&#10;" strokeweight="1pt">
                       <v:shadow color="#7f7f7f" offset="1pt"/>
                     </v:line>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="738ADB41" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="738ADB41" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Коммунальное государственное учреждение </w:t>
-[...8 lines deleted...]
-              <w:t>имени Шапық Шөкин города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
+              <w:t>Коммунальное государственное учреждение «Средняя общеобразовательная школа-гимназия имени Шапық Шөкин города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F3F" w:rsidRPr="00503A42" w14:paraId="1BD0C7B5" w14:textId="77777777" w:rsidTr="00723A8F">
+      <w:tr w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w14:paraId="1BD0C7B5" w14:textId="77777777" w:rsidTr="00723A8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="72D8A39B" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="72D8A39B" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="7C09575C" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="7C09575C" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D694D8D" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="0D694D8D" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F3F" w:rsidRPr="00503A42" w14:paraId="1E2BF551" w14:textId="77777777" w:rsidTr="00723A8F">
+      <w:tr w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w14:paraId="1E2BF551" w14:textId="77777777" w:rsidTr="00723A8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="338A280C" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="338A280C" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БҰЙРЫҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="562F1E2A" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="562F1E2A" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68A507DF" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="68A507DF" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00503A42">
+            <w:r w:rsidRPr="009E0A8B">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ПРИКАЗ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D00F3F" w:rsidRPr="00503A42" w14:paraId="2D1E5A2C" w14:textId="77777777" w:rsidTr="00723A8F">
+      <w:tr w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w14:paraId="2D1E5A2C" w14:textId="77777777" w:rsidTr="00723A8F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4311" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="176EEF35" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="176EEF35" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="15DB825F" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="15DB825F" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2125403E" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
+          <w:p w14:paraId="2125403E" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00723A8F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0076270D" w14:textId="344770D9" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="007200D0" w:rsidP="00D00F3F">
+    <w:p w14:paraId="0076270D" w14:textId="3CF9F85A" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00D00F3F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D00F3F" w:rsidRPr="001B7915">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D011A">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t>қыркүйек 2023ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D00F3F" w:rsidRPr="00503A42">
-[...11 lines deleted...]
-      <w:r w:rsidR="00D00F3F" w:rsidRPr="00503A42">
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>№</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="4FC4C1C3" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="00503A42" w:rsidRDefault="00D00F3F" w:rsidP="00D00F3F">
+        <w:t>№ 1-22/_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC4C1C3" w14:textId="77777777" w:rsidR="00D00F3F" w:rsidRPr="009E0A8B" w:rsidRDefault="00D00F3F" w:rsidP="00D00F3F">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00503A42">
+      <w:r w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                             Павлодар қаласы                                                                                             г. Павлодар</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="3F17BC68" w14:textId="77777777" w:rsidR="00FA4DB8" w:rsidRDefault="00FA4DB8" w:rsidP="00FA4DB8">
+    <w:p w14:paraId="3F17BC68" w14:textId="77777777" w:rsidR="00FA4DB8" w:rsidRPr="009E0A8B" w:rsidRDefault="00FA4DB8" w:rsidP="00FA4DB8">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...198 lines deleted...]
-    <w:p w14:paraId="4DE2D2A0" w14:textId="77777777" w:rsidR="00AE7362" w:rsidRDefault="00AE7362" w:rsidP="00AE7362">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0958CDE0" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00AE7362">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3709"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023-2024 оқу жылының басталу және аяқталу мерзімдерін, сондай-ақ орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттаудан өткізу мерзімдерін айқындау туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE2D2A0" w14:textId="351C1E5A" w:rsidR="00AE7362" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00AE7362">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3709"/>
         </w:tabs>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...23 lines deleted...]
-    <w:p w14:paraId="5265B942" w14:textId="7A42682F" w:rsidR="00AE7362" w:rsidRDefault="00AE7362" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім Министрінің 2022 жылғы 3 тамыздағы №348 бұйрығымен, Қазақстан Республикасы Білім Министрінің 4 қазандағы бұйрығымен бекітілген "Білім туралы" Қазақстан Республикасы Заңының 5-бабының 38) тармақшасына және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім берудің мемлекеттік жалпы білім беру стандарттарына сәйкес 2023-2024 оқу жылының басталу және аяқталу мерзімдерін айқындау туралы "2023 жылғы №304, сондай ақ орта білім беру ұйымдарында білім алушыларды қорытынды аттестаттаудан өткізу мерзімдері" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE7362" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36A0467E" w14:textId="7A5D0B2F" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3709"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...18 lines deleted...]
-    <w:p w14:paraId="60A3D719" w14:textId="2FACCCB7" w:rsidR="00D64782" w:rsidRPr="00AE7362" w:rsidRDefault="00D64782" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1.2023-2024 оқу жылының басталуы мен аяқталуының мынадай мерзімдері айқындалсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBD324E" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3709"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2023 жылғы 1 қыркүйек – 2024 жылғы 25 мамыр қоса алғанда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60A3D719" w14:textId="1E3FAEB5" w:rsidR="00D64782" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3709"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-11 сыныптардағы оқу жылындағы тоқсандар мен демалыстардың ұзақтығы</w:t>
+      </w:r>
+      <w:r w:rsidR="001B4EDE" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A8FB261" w14:textId="77777777" w:rsidR="001B4EDE" w:rsidRDefault="001B4EDE" w:rsidP="007200D0">
+    <w:p w14:paraId="5EE95CDA" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...142 lines deleted...]
-    <w:p w14:paraId="43F481DA" w14:textId="491E226A" w:rsidR="003C26A7" w:rsidRDefault="003C26A7" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 тоқсан – 8 оқу аптасы, күзгі демалыс-7 күнтізбелік күн (2023 жылғы 30 қазаннан 5 қарашаны қоса алғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6130365B" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="783E07E4" w14:textId="2B88D8E7" w:rsidR="001B4EDE" w:rsidRDefault="001B4EDE" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 тоқсан – 8 оқу аптасы, қысқы демалыс-10 күн (2023 жылғы 29 желтоқсаннан бастап 2024 жылғы 7 қаңтарды қоса алғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17278A9A" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="2084EA75" w14:textId="537EDCFF" w:rsidR="001B4EDE" w:rsidRDefault="001B4EDE" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 тоқсан-10 оқу аптасы, көктемгі демалыс-11 күн (2024 жылғы 21-31 наурыз аралығында қоса алғанда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4817430E" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 1 сыныптарда қосымша демалыс-7 күн (2024 жылғы 5-11 ақпан аралығында қоса алғанда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DA35F7B" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...45 lines deleted...]
-    <w:p w14:paraId="4842A180" w14:textId="18EBEB7D" w:rsidR="00216D0D" w:rsidRDefault="00216D0D" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 тоқсан-8 оқу аптасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AF7BEB4" w14:textId="7BD0D68F" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...29 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды аттестаттаудың мынадай мерзімдері бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5BC945" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9 сынып оқушылары үшін қорытынды қорытынды емтихандар-2024 жылғы 29 мамырдан 10 маусымға дейін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C43359" w14:textId="314DC3FF" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...75 lines deleted...]
-    <w:p w14:paraId="3EDC289C" w14:textId="14DE668A" w:rsidR="003C68A4" w:rsidRDefault="003C68A4" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">    11 сынып оқушылары үшін қорытынды қорытынды емтихандар - 2024 жылғы     28 мамырдан 11 маусымға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="486F2D75" w14:textId="32F7DFD5" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-    <w:p w14:paraId="289669DA" w14:textId="58AF176A" w:rsidR="003C68A4" w:rsidRPr="003C68A4" w:rsidRDefault="003C68A4" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. 9 сынып оқушылары үшін қорытынды аттестаттауды өткізудің мынадай мерзімдері бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C2FB3EC" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) орыс тілінен эссе түріндегі жазбаша емтихан-2024 жылғы 29 мамыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D165D71" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) Математика (Алгебра) бойынша жазбаша емтихан (тест) - 3 маусым 2024 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0BA9DE" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) қазақ тілі мен әдебиеті бойынша жазбаша емтихан (мәтінмен жұмыс, мәтін бойынша тапсырмаларды орындау) - 2024 жылғы 6 маусым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FDCE3EB" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, Қазақстан тарихы, дүниежүзілік тарих, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын), информатика) - 2024 жылғы 10 маусым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BAF169B" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...51 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 сынып оқушылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79AFD680" w14:textId="77777777" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="003C68A4" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...15 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) қазақ тілі бойынша жазбаша емтихан – 2024 жылғы 28 мамыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C4EA3A" w14:textId="7594DC0E" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="00CC2C05" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) алгебра және талдау бастамалары бойынша жазбаша емтихан-2024 жылғы 31 мамыр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="425AAB7B" w14:textId="6A9C250C" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="00CC2C05" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...9 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) Қазақстан тарихы бойынша ауызша емтихан - 2024 жылғы 4 маусым;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B71638E" w14:textId="56D90955" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="00CC2C05" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...52 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) қазақ тілі мен әдебиеті бойынша жазбаша емтихан-2024 жылғы 7 маусым; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31B2D6E1" w14:textId="2C370C21" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="00CC2C05" w:rsidP="00CC2C05">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...38 lines deleted...]
-        </w:numPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) Таңдау пәні бойынша жазбаша емтихан (физика, химия, биология, география, геометрия, әмбебап Тарих, Құқық негіздері, әдебиет (оқыту тілі бойынша), шет тілі (ағылшын), информатика) – 11 маусым 2024 жыл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB61BE9" w14:textId="48317B1D" w:rsidR="009E0A8B" w:rsidRPr="009E0A8B" w:rsidRDefault="003C26A7" w:rsidP="00CC2C05">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...57 lines deleted...]
-    <w:p w14:paraId="28A6915F" w14:textId="77777777" w:rsidR="003C26A7" w:rsidRPr="003C26A7" w:rsidRDefault="003C26A7" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC2C05">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу жылының ұйымдастырылған басталуы шеңберінде іс-шараларды өткізу сапасын бақылауды қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A6915F" w14:textId="34F12037" w:rsidR="003C26A7" w:rsidRPr="009E0A8B" w:rsidRDefault="00CC2C05" w:rsidP="00CC2C05">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7FC634F8" w14:textId="2FB43C31" w:rsidR="000A023C" w:rsidRDefault="003C26A7" w:rsidP="007200D0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="009E0A8B" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы бұйрықтың орындалуын бақылау басшының бейінді оқыту жөніндегі орынбасары Е. В. Мұратхожинаға,  оқу ісі жөніндегі орынбасары К. С. Бабашаиковаға жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5389DA3A" w14:textId="44370A96" w:rsidR="000A023C" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="00CC2C05">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="696"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...48 lines deleted...]
-    <w:p w14:paraId="1D6F88C9" w14:textId="77777777" w:rsidR="000A023C" w:rsidRDefault="003C26A7" w:rsidP="003C26A7">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Басшы</w:t>
+      </w:r>
+      <w:r w:rsidR="003C26A7" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: _________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>С.В.</w:t>
+      </w:r>
+      <w:r w:rsidR="003C26A7" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Завальная </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6F88C9" w14:textId="00FF2A20" w:rsidR="000A023C" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="003C26A7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003C26A7">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ознаком</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000A023C">
+        <w:t>танысты</w:t>
+      </w:r>
+      <w:r w:rsidR="000A023C" w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>лены:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4096F6FE" w14:textId="77777777" w:rsidR="000A023C" w:rsidRDefault="000A023C" w:rsidP="003C26A7">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4096F6FE" w14:textId="2BEED635" w:rsidR="000A023C" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B" w:rsidP="003C26A7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Муратхожина Е.В. ________</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t xml:space="preserve">Е.В. </w:t>
+      </w:r>
+      <w:r w:rsidR="000A023C" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Муратхожина ________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="548771F1" w14:textId="4AB74F81" w:rsidR="004E7D26" w:rsidRPr="009E0A8B" w:rsidRDefault="009E0A8B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.С. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бабашаикова </w:t>
+      </w:r>
+      <w:r w:rsidR="000A023C" w:rsidRPr="009E0A8B">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>_________</w:t>
+      </w:r>
+      <w:r w:rsidR="003C26A7" w:rsidRPr="009E0A8B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="458279DE" w14:textId="77777777" w:rsidR="003C26A7" w:rsidRPr="00832B9A" w:rsidRDefault="003C26A7" w:rsidP="003C26A7">
-[...37 lines deleted...]
-    <w:sectPr w:rsidR="004E7D26" w:rsidRPr="004E7D26" w:rsidSect="00DF038E">
+    <w:sectPr w:rsidR="004E7D26" w:rsidRPr="009E0A8B" w:rsidSect="00DF038E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="133C2AE1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE8C5182"/>
+    <w:lvl w:ilvl="0" w:tplc="48400BAA">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="2FD65DFE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D526CC6E"/>
     <w:lvl w:ilvl="0" w:tplc="699E36A8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1811,51 +1431,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="55E0321A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AB148F40"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -1900,51 +1520,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="5948598C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D24C3EFE"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="5"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -1986,51 +1606,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="69425765"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A7EE676"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2072,51 +1692,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="79FF78B3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="114623EA"/>
     <w:lvl w:ilvl="0" w:tplc="699E36A8">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2162,122 +1782,126 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="4"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="70"/>
+  <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DF038E"/>
     <w:rsid w:val="000A023C"/>
     <w:rsid w:val="001B4EDE"/>
     <w:rsid w:val="00216D0D"/>
     <w:rsid w:val="002350F0"/>
-    <w:rsid w:val="00337B09"/>
     <w:rsid w:val="003C26A7"/>
     <w:rsid w:val="003C68A4"/>
     <w:rsid w:val="004E7D26"/>
-    <w:rsid w:val="007200D0"/>
+    <w:rsid w:val="006D011A"/>
     <w:rsid w:val="007958A2"/>
     <w:rsid w:val="00824107"/>
     <w:rsid w:val="00875BDD"/>
+    <w:rsid w:val="009E0A8B"/>
     <w:rsid w:val="00AE7362"/>
+    <w:rsid w:val="00CC2C05"/>
     <w:rsid w:val="00D00F3F"/>
     <w:rsid w:val="00D54F28"/>
     <w:rsid w:val="00D64782"/>
     <w:rsid w:val="00DF038E"/>
     <w:rsid w:val="00F04842"/>
     <w:rsid w:val="00FA4DB8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
@@ -2999,81 +2623,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>581</Words>
-  <Characters>3316</Characters>
+  <Words>574</Words>
+  <Characters>3275</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3890</CharactersWithSpaces>
+  <CharactersWithSpaces>3842</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>